--- v0 (2025-12-05)
+++ v1 (2026-01-30)
@@ -12,100 +12,97 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Первый лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2380">
-[...1 lines deleted...]
-    <t>Прайс-лист магазина «Велес» от 05.12.25</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2355">
+  <si>
+    <t>Прайс-лист магазина «Велес» от 30.01.26</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Вентиляция</t>
   </si>
   <si>
     <t>Автоматика</t>
   </si>
   <si>
     <t>Термостат комнатный ТА2n-S (6010)</t>
   </si>
   <si>
     <t>Регулятор скорости вращения вентилятора Advanced Control ADV 0.40 C220-M</t>
   </si>
   <si>
     <t>Регулятор скорости Vents RS-1-300</t>
   </si>
   <si>
     <t>Регулятор температуры МРТ 380 14-25 16кВт</t>
   </si>
   <si>
     <t>WPF15-K090 Погружной регулируемый термостат 0-90 °C (RGP) аналог ТС2  (542482)</t>
   </si>
   <si>
     <t>Регулятор скорости симисторный СРМ 7А</t>
   </si>
   <si>
     <t>Лючек для замера параметров воздуха (пластик)</t>
   </si>
   <si>
     <t>регулятор скорости SRE-2.5</t>
   </si>
   <si>
     <t>Электропривод LB220-03SR с возвратной пружиной</t>
   </si>
   <si>
     <t>Электропривод LB220-05SR с возвратной пружиной</t>
   </si>
   <si>
-    <t>Дифференциальное реле давления PS-500 B</t>
-[...1 lines deleted...]
-  <si>
     <t>Регулятор скорости СРМ 4А</t>
   </si>
   <si>
     <t>Датчик температуры ТД1</t>
   </si>
   <si>
     <t>Аксессуары для монтажа</t>
   </si>
   <si>
     <t>GPB Перфолента 17мм*25м*0.55мм</t>
   </si>
   <si>
     <t>СВФС Анкер забиваемый ZY М 10 (100шт)</t>
   </si>
   <si>
     <t>Штанга резьбовая М6 2м</t>
   </si>
   <si>
     <t>Шпилька резьбовая оцинкованная М10х2000</t>
   </si>
   <si>
     <t>Лента  уп-ль RDGE 5ммх20мм  10м</t>
   </si>
   <si>
     <t>Лента  уп-ль RDGE 5ммх15мм  10м</t>
@@ -122,83 +119,83 @@
   <si>
     <t>Пенофол клейкий С-05 (цена за 1м)</t>
   </si>
   <si>
     <t>Пенофол клейкий С-10 (цена за 1м)</t>
   </si>
   <si>
     <t>Шайба оцинкованная плоская DIN125 М8 (635)</t>
   </si>
   <si>
     <t>Уголок УГФ-0 (65х18х3)</t>
   </si>
   <si>
     <t>Крепеж Z-образный с виброгасителем</t>
   </si>
   <si>
     <t>СВФС Саморез ШСММ прессшайба сверло 4,2х16 (1000шт</t>
   </si>
   <si>
     <t>Штанга резьбовая М10 1м</t>
   </si>
   <si>
     <t>CVS замок для мультибана</t>
   </si>
   <si>
+    <t>СВФС Саморез ШСММ прессшайба сверло 4,2х19 (1000шт</t>
+  </si>
+  <si>
+    <t>СВФС Анкер забиваемый латунный М 8 (100шт)</t>
+  </si>
+  <si>
+    <t>Лента  уп-ль RDGE 5ммх10мм  10м</t>
+  </si>
+  <si>
+    <t>Лента алюминиевая 50м*50мм 50мк Klebebander</t>
+  </si>
+  <si>
+    <t>Дюбель-гвоздь пластик 6*40 потайной</t>
+  </si>
+  <si>
+    <t>Крепеж L-образный с виброизолятором под сред. нагр</t>
+  </si>
+  <si>
+    <t>Шпилька резьбовая оцинкованная М8х2000</t>
+  </si>
+  <si>
+    <t>FBR Мультибан 30м.</t>
+  </si>
+  <si>
+    <t>Траверса 20х30х1х3000</t>
+  </si>
+  <si>
+    <t>Штанга резьбовая М8 1м</t>
+  </si>
+  <si>
     <t>Шина 20 (3м)</t>
   </si>
   <si>
-    <t>СВФС Саморез ШСММ прессшайба сверло 4,2х19 (1000шт</t>
-[...28 lines deleted...]
-  <si>
     <t>Вентиляторы</t>
   </si>
   <si>
     <t>Вентилятор Dospel EURO 3</t>
   </si>
   <si>
     <t>Вентилятор Dospel EURO 5WC H</t>
   </si>
   <si>
     <t>Вентилятор Dospel EURO 6 WC</t>
   </si>
   <si>
     <t>Вентилятор Dospel POLO 4 RIP</t>
   </si>
   <si>
     <t>Вентилятор ЕСО 100 GG жалюзи</t>
   </si>
   <si>
     <t>Вентилятор Планета канальный П100ВК</t>
   </si>
   <si>
     <t>Вентилятор Blauberg Aero 150 S 309м3/ч</t>
   </si>
   <si>
     <t>Вентилятор Blauberg Aic 100-5 105м3/ч</t>
@@ -209,53 +206,50 @@
   <si>
     <t>Вентилятор Blauberg Lux 100-2 105м3/ч</t>
   </si>
   <si>
     <t>Вентилятор Vents 100 ЛД Fresh time</t>
   </si>
   <si>
     <t>Вентилятор Vents 100 ЦФ</t>
   </si>
   <si>
     <t>Вентилятор Vents 125 ДВ</t>
   </si>
   <si>
     <t>Вентилятор Vents 125 СВ</t>
   </si>
   <si>
     <t>Вентилятор Vents 125 Х</t>
   </si>
   <si>
     <t>Вентилятор Vents 150 СТ</t>
   </si>
   <si>
     <t>Декор.реш .РВ 100 М голубой</t>
   </si>
   <si>
-    <t>Обратный клапан КО 150</t>
-[...1 lines deleted...]
-  <si>
     <t>Вентилятор «GREENWOOD» Д150 БЦ  (шнур,хром)</t>
   </si>
   <si>
     <t>Вентилятор CATA X-MART 15 MATIC INOX S 320м3/ч</t>
   </si>
   <si>
     <t>Вентилятор CATA X-MART 15 MATIC S 320м3/ч</t>
   </si>
   <si>
     <t>Вентилятор CATA В-12 М (автомат. жалюзи)</t>
   </si>
   <si>
     <t>Вентилятор CATA В-15 М (автомат. жалюзи)</t>
   </si>
   <si>
     <t>Вентилятор CATA СВ-100 PLUS</t>
   </si>
   <si>
     <t>Сменная панель E-RP-100 Blue</t>
   </si>
   <si>
     <t>Сменная панель E-RP-100 Red</t>
   </si>
   <si>
     <t>Сменная панель E-RP-100 Steel</t>
@@ -338,53 +332,50 @@
   <si>
     <t>Вентилятор Blauberg Quatro Hi-Tech 125</t>
   </si>
   <si>
     <t>Вентилятор Vents 100 Витро Стар 5</t>
   </si>
   <si>
     <t>Вентилятор Dospel Black/White 100 S Черный</t>
   </si>
   <si>
     <t>Вентилятор Dospel Black/White 120 S Белый</t>
   </si>
   <si>
     <t>Вентилятор Vents 100 ВKO</t>
   </si>
   <si>
     <t>Вентилятор Vents 100 Вэйв</t>
   </si>
   <si>
     <t>Вентилятор Electrolux EAFM-150</t>
   </si>
   <si>
     <t>Вентилятор Vents 100 С12 (безопас. двиг.)</t>
   </si>
   <si>
-    <t>Вентилятор CATA X-MART 10 MATIC INOX S 98м3/ч</t>
-[...1 lines deleted...]
-  <si>
     <t>Вентилятор CATA X-MART 15 S 320м3/ч</t>
   </si>
   <si>
     <t>Вентилятор MMotors MMР 100 с крышкой из стекла, с обратным клапаном</t>
   </si>
   <si>
     <t>Вентилятор Awenta KW125 d-125 без панели</t>
   </si>
   <si>
     <t>Вентилятор Awenta KW100 d-100 без панели</t>
   </si>
   <si>
     <t>Панель декоративная Awenta PEGB100P д/вент. KW черн. стекло глянцевое</t>
   </si>
   <si>
     <t>Вентилятор РВС Мира 100</t>
   </si>
   <si>
     <t>Вентилятор MMotors MM-Р 01 с обратным клапаном</t>
   </si>
   <si>
     <t>Вентилятор CATA X-MART 10 TIMER S 98м3/ч</t>
   </si>
   <si>
     <t>Вентилятор CATA X-MART 12 MATIC INOX S 190м3/ч</t>
@@ -410,512 +401,503 @@
   <si>
     <t>Вентилятор Vents 100 Quiet черный сапфир</t>
   </si>
   <si>
     <t>Гибкая вставка DS 700*400</t>
   </si>
   <si>
     <t>RIO 5C Obsidian, Вентилятор осевой вытяжной с обратным клапаном D 125, декоративный</t>
   </si>
   <si>
     <t>Панель декоративная Awenta PEGB100M д/вент. KW черн. стекло матовое</t>
   </si>
   <si>
     <t>Панель декоративная Awenta PEG100 д/вент. KW бел. стекло матовое</t>
   </si>
   <si>
     <t>Панель декоративная Awenta PTI125 д/вент. KW нерж. сталь</t>
   </si>
   <si>
     <t>Вентилятор MMotors MM-Р-UE 06 стекло квадрат, 100 м³/ч, 5,5 Вт, с обратным клапаном /черный матовый/</t>
   </si>
   <si>
     <t>Вентилятор Ecovent HPS 15, D-178 Оконный</t>
   </si>
   <si>
+    <t>RIO 5C Champagne, Вентилятор осевой вытяжной с обратным клапаном D 125, декоративный</t>
+  </si>
+  <si>
+    <t>RIO 5C Matt black, Вентилятор осевой вытяжной с обратным клапаном D 125, декоративный</t>
+  </si>
+  <si>
+    <t>Вентилятор Ecovent DISK 5, D-125</t>
+  </si>
+  <si>
+    <t>Панель декоративная Awenta PEDW100 д/вент. KW венге</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors MM-Р 06 стекло прямое, ТОНКИЙ, 90 м³/ч, 16 Вт, с обратным клапаном /черный матовы</t>
+  </si>
+  <si>
+    <t>Вентилятор S&amp;P HCM 150N</t>
+  </si>
+  <si>
+    <t>Вентилятор S&amp;P SILENT-200 CZ MARBLE WHITE DESIGN-4C RE</t>
+  </si>
+  <si>
+    <t>Вентилятор канальный Globo ВКМ-160 685м3ч</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors MM-Р-UE 06 стекло квадрат, 100 м³/ч, 5,5 Вт, с обратным клапаном /белый глянец/</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors MM-Р-UE 06 стекло квадрат, 100 м³/ч, 5,5 Вт, с обратным клапаном /черный глянец/</t>
+  </si>
+  <si>
+    <t>BREEZE 4C, Вентилятор осевой вытяжной с обратным клапаном, D 100</t>
+  </si>
+  <si>
+    <t>BREEZE 5C, Вентилятор осевой вытяжной с обратным клапаном D 125</t>
+  </si>
+  <si>
+    <t>Вентилятор канальный Globo ВКМ-100 250м3ч</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors ММ-Р 06 стекло квадрат, 169 м³/ч, 18 Вт,с обратным клапаном /кремовый/</t>
+  </si>
+  <si>
+    <t>Вентилятор Electrolux EAF-150 Т 320м3/ч</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors MM 100 круглый, 60 м³/ч /черный/</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors ММ-Р 06 стекло овал, 169 м³/ч, 18 Вт,с обратным клапаном /черный матовый/</t>
+  </si>
+  <si>
+    <t>DISC 5 BB, Вентилятор осевой вытяжной D 125на подшипниках</t>
+  </si>
+  <si>
+    <t>HOROZ вентилятор встр Орех D200мм 40W 200 м3/ч 260х260х90мм 2000 об/м сетка 500-030-200</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors MM 100 квадратный с обратным клапаном /белый/</t>
+  </si>
+  <si>
+    <t>Storm YWF4E 350, Вентилятор осевой с квадратным фланцем D 350</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors ММ-Р 06 стекло КРУГ , ТОНКИЙ, 90 м³/ч, 16 Вт, с обратным клапаном /черный матовый</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors ММ-Р 09 дерево ТОНКИЙ, 90 м³/ч, 16 Вт, с обратным клапаном  /венге/</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors VА 12/2 T, 150 м³/ч</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors МТ-VО 90 канальный , 65 м³/ч, 11 Вт, Ipx4, Ø 90, 71х90</t>
+  </si>
+  <si>
+    <t>VP 6, Вентилятор осевой канальный вытяжной D 160</t>
+  </si>
+  <si>
+    <t>MARS GDF 315, Вентилятор центробежный канальный D 315</t>
+  </si>
+  <si>
+    <t>RIO 4C Matt black, Вентилятор осевой вытяжной с обратным клапаном D 100, декоративный</t>
+  </si>
+  <si>
+    <t>SILENT 4C Matt black, Вентилятор осевой вытяжной с двигателем повышенной мощности и обр.клапан D100</t>
+  </si>
+  <si>
+    <t>AURA 4C dark gray metal, Вентилятор осевой вытяжной с обратным клапаном D 100</t>
+  </si>
+  <si>
+    <t>Вентилятор Эра NVF10 центробеж, фильтр, клапан</t>
+  </si>
+  <si>
+    <t>Вентилятор S&amp;P SILENT-100 CZ MARBLE  BLACK  DESIGN-4C RE</t>
+  </si>
+  <si>
+    <t>Вентилятор S&amp;P SILENT-100 CZ BLACK SWAROVSKI DESIGN</t>
+  </si>
+  <si>
+    <t>AURA 4C, Вентилятор осевой вытяжной с обратным клапаном D 100</t>
+  </si>
+  <si>
+    <t>Вентилятор S&amp;P SILENT-200 CZ SILVER</t>
+  </si>
+  <si>
+    <t>Storm YWF2E 250, Вентилятор осевой с квадратным фланцем D 250</t>
+  </si>
+  <si>
+    <t>MARS GDF 160, Вентилятор центробежный канальный D 160</t>
+  </si>
+  <si>
+    <t>Вентилятор канальный Globo ВКМ-315 1800м3ч</t>
+  </si>
+  <si>
+    <t>PROFIT 5, Вентилятор осевой канальный вытяжной D 125</t>
+  </si>
+  <si>
+    <t>SILENT 5C Matt black, Вентилятор осевой вытяжной с двигателем повышенной мощности и обр.клапан D100</t>
+  </si>
+  <si>
+    <t>Вентилятор канальный Globo ВКМ-200 960м3ч</t>
+  </si>
+  <si>
+    <t>PROFIT 4 BB, Вентилятор осевой канальный вытяжной с двигателем на шарикоподшипниках D 100</t>
+  </si>
+  <si>
+    <t>ERA 5S-02, Вентилятор накладной D125 сетка тяг.выкл. ERA</t>
+  </si>
+  <si>
+    <t>ERA 4-02, Вентилятор накладной D100 шнурок ERA</t>
+  </si>
+  <si>
+    <t>RIO 4C-02, Вентилятор накладной RIO D100 обр.клапан тяг.выкл. DICITI</t>
+  </si>
+  <si>
+    <t>RIO 5C-02, Вентилятор накладной RIO D125 обр.клапан тяг.выкл. DICITI</t>
+  </si>
+  <si>
+    <t>RIO 4C Champagne, Вентилятор осевой вытяжной с обратным клапаном D 100 декоративный</t>
+  </si>
+  <si>
+    <t>BREEZE 4C Matt black, Вентилятор осевой вытяжной с обратным клапаном D 100, декоративный</t>
+  </si>
+  <si>
+    <t>ERA 5S, Вентилятор накладной ERA D125 сетка ERA</t>
+  </si>
+  <si>
+    <t>MARS GDF 200, Вентилятор центробежный канальный D 200</t>
+  </si>
+  <si>
+    <t>MARS GDF 125, Вентилятор центробежный канальный D 125</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors ММ-Р 06 стекло квадрат, 169 м³/ч, 18 Вт,с обратным клапаном /белый матовый/</t>
+  </si>
+  <si>
+    <t>Вентилятор CATA X-MART 10 INOX S 98м3/ч</t>
+  </si>
+  <si>
+    <t>Вентилятор CATA X-MART 12 TIMER S 190м3/ч</t>
+  </si>
+  <si>
+    <t>QUADRO 4-02, Вентилятор накладной QUADRO D100 тяг.выкл. ERA</t>
+  </si>
+  <si>
+    <t>QUADRO 5-02, Вентилятор накладной QUADRO D125 тяг.выкл. ERA</t>
+  </si>
+  <si>
+    <t>Гибкая вставка H.00.07 (221х221)</t>
+  </si>
+  <si>
+    <t>AURA 5C, Вентилятор осевой вытяжной с обратным клапаном D 125</t>
+  </si>
+  <si>
+    <t>PROFIT 5 BB, Вентилятор осевой канальный вытяжной с двигателем на шарикоподшипниках D 125</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors MM-S 100 с обратным клапаном 100м³/ч</t>
+  </si>
+  <si>
+    <t>Вентилятор Ecovent DISK 4, D-100 72м3/ч</t>
+  </si>
+  <si>
+    <t>RIO 5C Dark gray metal, Вентилятор осевой вытяж, обрат клапан D 125, декор</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors MM-S 120 с обратным клапаном 150 м³/ч</t>
+  </si>
+  <si>
+    <t>CV-160 Вентилятор осевой канальный</t>
+  </si>
+  <si>
+    <t>Вентилятор Dospel POLO 6 AZ</t>
+  </si>
+  <si>
+    <t>TYPHOON 160 2SP, Вентилятор канальный TYPHOON, 2скор., D150/160, ERA PRO</t>
+  </si>
+  <si>
+    <t>BURAN PRO 140 2K M L, Вентилятор радиальный BURAN PRO 140 220V Лв0 2полюс ERA PRO</t>
+  </si>
+  <si>
+    <t>WAVE 120, Вентилятор накладной WAVE D120 ERA</t>
+  </si>
+  <si>
+    <t>AY-KA (АЙКА) вентилятор вытяжной d120мм 15W 120м3/ч моск. сетка, с инд, ABS-пласт. (Турция)</t>
+  </si>
+  <si>
+    <t>WAVE 120 BB, Вентилятор накладной WAVE D120 двигатель BB ERA</t>
+  </si>
+  <si>
+    <t>Вентилятор Electrolux Magic EAFM-120</t>
+  </si>
+  <si>
+    <t>DISC 4 BB, Вентилятор осевой вытяжной D 100 72м3/ч на подшипниках</t>
+  </si>
+  <si>
+    <t>DISC 4C ET, Вентилятор накладной DISC D100 обр.клапан ET ERA</t>
+  </si>
+  <si>
+    <t>EURO 5A, Вентилятор осевой вытяжной с автоматическими жалюзи D 125</t>
+  </si>
+  <si>
+    <t>MARS GDF 250, Вентилятор центробежный канальный D 250</t>
+  </si>
+  <si>
+    <t>HOROZ вентилятор встр бел D200мм 40W 200 м3/ч 260х260х90мм 2000 об/м сетка 500-000-200</t>
+  </si>
+  <si>
+    <t>Storm YWF4E 450, Вентилятор осевой с квадратным фланцем D 450</t>
+  </si>
+  <si>
+    <t>Вентилятор радиальный, BURAN 200 2K M L , левосторонний, двухполюсный двигатель.</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors ММ-Р 06 стекло квадрат, 169 м³/ч, 18 Вт,с обратным клапаном /светло серый/</t>
+  </si>
+  <si>
+    <t>Вентилятор Ecovent HPS 20, D-240 Оконный</t>
+  </si>
+  <si>
+    <t>PROFIT 150, Вентилятор осевой канальный вытяжной D 150</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors MM-OK 100UE, 100 м³/ч, 23 дб, 5,5 вт</t>
+  </si>
+  <si>
+    <t>Storm GR 630, Вентилятор накладной STORM GR 630 4полюс ERA PRO 12560м3ч</t>
+  </si>
+  <si>
+    <t>Storm GR 300, Вентилятор накладной STORM GR 300 2полюс ERA PRO 2200м3ч</t>
+  </si>
+  <si>
+    <t>Storm GR 400, Вентилятор накладной STORM GR 400 4полюс ERA PRO 3980м3ч</t>
+  </si>
+  <si>
+    <t>Storm GR 250, Вентилятор накладной STORM GR 250 2полюс ERA PRO 1300м3ч</t>
+  </si>
+  <si>
+    <t>Storm GR 450, Вентилятор накладной STORM GR 450 4полюс ERA PRO 5380м3ч</t>
+  </si>
+  <si>
+    <t>Storm GR 500, Вентилятор накладной STORM GR 500 4полюс ERA PRO 7150м3ч</t>
+  </si>
+  <si>
+    <t>Storm GR 350, Вентилятор накладной STORM GR 300 4полюс ERA PRO 2450м3ч</t>
+  </si>
+  <si>
+    <t>Вентилятор Vents 100 ДТН</t>
+  </si>
+  <si>
+    <t>CV-300 Вентилятор осевой канальный</t>
+  </si>
+  <si>
+    <t>RIO 4C Dark gray metal, Вентилятор накладной RIO D100 обр.клапан Dark gray metal DICITI</t>
+  </si>
+  <si>
+    <t>WAVE 100C ET, Вентилятор накладной WAVE D100 обр.клапан ET ERA</t>
+  </si>
+  <si>
+    <t>EURO 4A, Вентилятор накладной EURO D100 авт.жалюзи ERA</t>
+  </si>
+  <si>
+    <t>TYPHOON, Вентилятор канальный, 2скор., D125, ERA PRO</t>
+  </si>
+  <si>
+    <t>CV-200 Вентилятор осевой канальный</t>
+  </si>
+  <si>
+    <t>Storm 630, Вентилятор накладной STORM D630 4полюс ERA PRO 12560м3ч</t>
+  </si>
+  <si>
+    <t>Storm 500, Вентилятор накладной STORM D500 4полюс ERA PRO 7155м3ч</t>
+  </si>
+  <si>
+    <t>Вентилятор Blauberg Lux 100-4 105м3/ч</t>
+  </si>
+  <si>
+    <t>Вентилятор CATA X-MART 10 S 98м3/ч</t>
+  </si>
+  <si>
+    <t>Вентилятор CATA X-MART 12 MATIC S 190м3/ч</t>
+  </si>
+  <si>
+    <t>Вентилятор CATA X-MART 12 S 190м3/ч</t>
+  </si>
+  <si>
+    <t>Вентилятор CATA В-8 PLUS</t>
+  </si>
+  <si>
+    <t>Вентилятор CATA X-MART 10 INOX TIMER S</t>
+  </si>
+  <si>
+    <t>Вентилятор радиальный, BURAN 140 2K M L, левосторонний, двухполюсный двигатель.</t>
+  </si>
+  <si>
+    <t>Storm YWF4E 400, Вентилятор осевой с квадратным фланцем D 400</t>
+  </si>
+  <si>
+    <t>Вентилятор радиальный ВР-120-60   75  Вт   280  м/ч</t>
+  </si>
+  <si>
+    <t>Вентилятор радиальный ВР-140-60   160  Вт   500  м/ч</t>
+  </si>
+  <si>
+    <t>ERA 4, Вентилятор накладной D100 ERA</t>
+  </si>
+  <si>
+    <t>BREEZE 5C Matt black, Вентилятор осевой вытяжной с обратным клапаном D 125, декоративный</t>
+  </si>
+  <si>
+    <t>CV-250 Вентилятор осевой канальный</t>
+  </si>
+  <si>
+    <t>Storm YWF2E 200, Вентилятор осевой с квадратным фланцем D 200</t>
+  </si>
+  <si>
+    <t>CYCLONE 100, Вентилятор канальный CYCLONE D100 центробежный пластиковый корпус ERA PRO</t>
+  </si>
+  <si>
+    <t>PRO 5, Вентилятор канальный PRO D125 осевой DICITI</t>
+  </si>
+  <si>
+    <t>PRO 4, Вентилятор канальный PRO D100 осевой DICITI</t>
+  </si>
+  <si>
+    <t>A 5, Вентилятор осевой вытяжной D 125</t>
+  </si>
+  <si>
+    <t>Гибкая вставка 45*75*45 (цена за 1м)</t>
+  </si>
+  <si>
+    <t>MARS GDF 100, Вентилятор центробежный канальный D 100</t>
+  </si>
+  <si>
+    <t>Вентилятор канальный Globo ВКМ-250 1300м3ч</t>
+  </si>
+  <si>
+    <t>Гибкая вставка H.00.11 (350х350)</t>
+  </si>
+  <si>
+    <t>Storm YWF2E 300, Вентилятор осевой с квадратным фланцем D 300</t>
+  </si>
+  <si>
+    <t>SILENT 4C TURBO, Вентилятор осевой вытяжной с двигателем повышенной мощности и обр.клапан D100</t>
+  </si>
+  <si>
+    <t>TYPHOON, Вентилятор канальный, 2скор., D100, ERA PRO</t>
+  </si>
+  <si>
+    <t>PROFIT 6, Вентилятор осевой канальный вытяжной D 160</t>
+  </si>
+  <si>
+    <t>Storm 550, Вентилятор накладной STORM D550 4полюс ERA PRO 8550м3ч</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors VOK 150/120</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors MM 100 с обратным клапаном</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors MM-Р 06 стекло квадрат, 169 м³/ч, 18 Вт,с обратным клапаном /черный матовый/</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors ММ-Р 06 стекло квадрат, 169 м³/ч, 18 Вт,с обратным клапаном /светло серый с капля</t>
+  </si>
+  <si>
+    <t>PROFIT 6 BB, Вентилятор осевой канальный вытяжной с двигателем на шарикоподшипниках D 160</t>
+  </si>
+  <si>
+    <t>STELS 125, Вентилятор канальный STELS D125 центробежный ERA PRO</t>
+  </si>
+  <si>
+    <t>STELS 100, Вентилятор канальный STELS D100 центробежный ERA PRO</t>
+  </si>
+  <si>
+    <t>MARS GDF 150, Вентилятор центробежный канальный D 150</t>
+  </si>
+  <si>
+    <t>Вентилятор CATA X-MART 15 INOX S 320м3/ч</t>
+  </si>
+  <si>
+    <t>PROFIT 150 BB, Вентилятор осевой канальный вытяжной с двигателем на шарикоподшипниках D 150</t>
+  </si>
+  <si>
+    <t>PROFIT 4, Вентилятор осевой канальный вытяжной D 100</t>
+  </si>
+  <si>
+    <t>SILENT 4C, Вентилятор накладной SILENT D100 обр.клапан DICITI</t>
+  </si>
+  <si>
+    <t>Гибкая вставка ЛС (500 мм) ф.н.</t>
+  </si>
+  <si>
+    <t>RIO 4C Matt white, Вентилятор осевой вытяжной с обратным клапаном D 100, декоративный</t>
+  </si>
+  <si>
+    <t>CV-150 Вентилятор осевой канальный</t>
+  </si>
+  <si>
+    <t>Вентилятор канальный Globo ВКМ-125 350м3ч</t>
+  </si>
+  <si>
+    <t>A 4, Вентилятор осевой вытяжной D 100</t>
+  </si>
+  <si>
+    <t>CYCLONE 125, Вентилятор канальный CYCLONE D125 центробежный пластиковый корпус ERA PRO</t>
+  </si>
+  <si>
+    <t>CYCLONE 160, Вентилятор канальный CYCLONE D160 центробежный пластиковый корпус ERA PRO</t>
+  </si>
+  <si>
+    <t>SILENT 5C TURBO, Вентилятор осевой вытяжной с двигателем повышенной мощности и обр.клапан D125</t>
+  </si>
+  <si>
+    <t>Вентилятор ВР 300-45-3,15 1,5кВт 1500об/мин Л0</t>
+  </si>
+  <si>
     <t>RIO 5C Matt white, Вентилятор осевой вытяжной с обратным клапаном D 125, декоративный</t>
   </si>
   <si>
-    <t>RIO 5C Champagne, Вентилятор осевой вытяжной с обратным клапаном D 125, декоративный</t>
-[...215 lines deleted...]
-    <t>Вентилятор Electrolux Magic EAFM-120</t>
+    <t>BURAN PRO 260 2K M L, Вентилятор радиальный BURAN PRO 260 220V Лв0 2полюс ERA PRO</t>
   </si>
   <si>
     <t>CYCLONE 200, Вентилятор канальный CYCLONE D200 центробежный пластиковый корпус ERA PRO</t>
   </si>
   <si>
-    <t>DISC 4 BB, Вентилятор осевой вытяжной D 100 72м3/ч на подшипниках</t>
-[...148 lines deleted...]
-  <si>
     <t>Гибкая вставка ЛС (315 мм)</t>
   </si>
   <si>
     <t>Гибкая вставка ЛС (250 мм) ф.н.</t>
   </si>
   <si>
-    <t>SILENT 4C TURBO, Вентилятор осевой вытяжной с двигателем повышенной мощности и обр.клапан D100</t>
-[...79 lines deleted...]
-  <si>
     <t>Гибкие воздуховоды</t>
   </si>
   <si>
     <t>Алювент-Стандарт d=120</t>
   </si>
   <si>
     <t>Алювент-Стандарт d=140</t>
   </si>
   <si>
     <t>BFA - 102 гибкий неизолированный воздуховод (цена за 1 метр)</t>
   </si>
   <si>
     <t>BFA - 127 гибкий неизолированный воздуховод (цена за 1 метр)</t>
   </si>
   <si>
     <t>BFA - 152 гибкий неизолированный воздуховод (цена за 1 метр)</t>
   </si>
   <si>
     <t>BFA - 160 гибкий неизолированный воздуховод (цена за 1 метр)</t>
   </si>
   <si>
     <t>BFA - 203 гибкий неизолированный воздуховод (цена за 1 метр)</t>
   </si>
   <si>
     <t>BFA - 254 гибкий неизолированный воздуховод (цена за 1 метр)</t>
@@ -938,83 +920,77 @@
   <si>
     <t>5030/3т Гофра ГК 110*55 ПВХ / 3м. (цена за 1 метр)</t>
   </si>
   <si>
     <t>Vinil D 127 (серый), гибкий рукав (цена за 1 метр)</t>
   </si>
   <si>
     <t>Vinil D 160 (серый), гибкий рукав (цена за 1 метр)</t>
   </si>
   <si>
     <t>Алювент-Стандарт d=160</t>
   </si>
   <si>
     <t>SONOBFA-H - 127 воздуховод звукоизолированный (цена за 1 метр)</t>
   </si>
   <si>
     <t>BFA - 406 гибкий неизолированный воздуховод (цена за 1 метр)</t>
   </si>
   <si>
     <t>Vinil D 102 (серый), гибкий рукав (цена за 1 метр)</t>
   </si>
   <si>
     <t>Алювент-Стандарт d=125</t>
   </si>
   <si>
-    <t>Алювент-Стандарт d=250</t>
-[...1 lines deleted...]
-  <si>
     <t>Алювент-Стандарт d=200</t>
   </si>
   <si>
     <t>SONOBFA-H - 152 воздуховод звукоизолированный (цена за 1 метр)</t>
   </si>
   <si>
     <t>ISOBFA - 203 воздуховод теплоизолированный (цена за 1 метр)</t>
   </si>
   <si>
     <t>SONOBFA-H - 160 воздуховод звукоизолированный (цена за 1 метр)</t>
   </si>
   <si>
     <t>SONOBFA-H - 315 воздуховод звукоизолированный (цена за 1 метр)</t>
   </si>
   <si>
     <t>ISOBFA - 152 воздуховод теплоизолированный (цена за 1 метр)</t>
   </si>
   <si>
     <t>Алювент-Стандарт d=100</t>
   </si>
   <si>
     <t>15PF2, Воздуховод PF D150 армированный L2м пластик ERA</t>
   </si>
   <si>
     <t>ISOBFA - 254 воздуховод теплоизолированный (цена за 1 метр)</t>
   </si>
   <si>
-    <t>PVC-5-С-100 воздуховод из ПВХ</t>
-[...1 lines deleted...]
-  <si>
     <t>Алювент-Стандарт d=150</t>
   </si>
   <si>
     <t>12,5PF3, Воздуховод гибкий армированный ПВХ D125, L = 3м</t>
   </si>
   <si>
     <t>15VA white, Воздуховод VA WHITE D150 гофрированный L до 3,15м алюминий DICITI</t>
   </si>
   <si>
     <t>ISOBFA - 102 воздуховод теплоизолированный (цена за 1 метр)</t>
   </si>
   <si>
     <t>ISOBFA - 160 воздуховод теплоизолированный (цена за 1 метр)</t>
   </si>
   <si>
     <t>ISOBFA - 127 воздуховод теплоизолированный (цена за 1 метр)</t>
   </si>
   <si>
     <t>Алювент-Стандарт d=315</t>
   </si>
   <si>
     <t>10PF6, Воздуховод гибкий армированный ПВХ D100, L = 6м  (цена за 1 метр)</t>
   </si>
   <si>
     <t>Алювент-Стандарт d=080</t>
@@ -1160,116 +1136,113 @@
   <si>
     <t>10DW pine, Анемостат DW мет.фланец D115 D140 сосна ERA</t>
   </si>
   <si>
     <t>Клапаны</t>
   </si>
   <si>
     <t>Клапан воздуш прямоуг DR 700*400</t>
   </si>
   <si>
     <t>Обратный клапан RSKR-Z315</t>
   </si>
   <si>
     <t>Обратный клапан RSKR-Z160</t>
   </si>
   <si>
     <t>Обратный клапан RSKR-Z100</t>
   </si>
   <si>
     <t>Обратный клапан RSKR-Z200</t>
   </si>
   <si>
     <t>Обратный клапан RSKR-Z125</t>
   </si>
   <si>
+    <t>Клапан воздуш прямоуг DR 600*300</t>
+  </si>
+  <si>
+    <t>Воздушный клапан KVK 125 ручка, привод, уплотненный</t>
+  </si>
+  <si>
+    <t>Заслонка Р 250 р</t>
+  </si>
+  <si>
+    <t>Обратный клапан RSKR-Z250</t>
+  </si>
+  <si>
+    <t>Воздушный клапан DCGA 125 под привод, уплотненный</t>
+  </si>
+  <si>
+    <t>Обратный клапан Vents КОМ 150</t>
+  </si>
+  <si>
+    <t>Воздушный клапан KVK 200 ручка, привод, уплотненный</t>
+  </si>
+  <si>
+    <t>12,5BV, Защита от обратной тяги, D125</t>
+  </si>
+  <si>
+    <t>10BV, Защита от обратной тяги, D100</t>
+  </si>
+  <si>
+    <t>100СКц, Соединитель с защитой от обратной тяги D100</t>
+  </si>
+  <si>
+    <t>Заслонка Р 315 р</t>
+  </si>
+  <si>
+    <t>Заслонка Р 100 р</t>
+  </si>
+  <si>
+    <t>150 ОК, Защита от обратной тяги, D150</t>
+  </si>
+  <si>
+    <t>Воздушный клапан KVK 250 ручка, привод, уплотненный</t>
+  </si>
+  <si>
+    <t>Воздушный клапан KVK 100 ручка, привод, уплотненный</t>
+  </si>
+  <si>
+    <t>Воздушный клапан KVK 160 ручка, привод, уплотненный</t>
+  </si>
+  <si>
+    <t>Заслонка Р 125 р</t>
+  </si>
+  <si>
+    <t>Обратный клапан RSKR-Z355</t>
+  </si>
+  <si>
+    <t>125СКц, Соединитель с защитой от обратной тяги D125</t>
+  </si>
+  <si>
     <t>Заслонка Р 200 р</t>
   </si>
   <si>
-    <t>Клапан воздуш прямоуг DR 600*300</t>
-[...25 lines deleted...]
-  <si>
     <t>Заслонка Р 160 р</t>
   </si>
   <si>
-    <t>100СКц, Соединитель с защитой от обратной тяги D100</t>
-[...31 lines deleted...]
-  <si>
     <t>Канальные нагреватели</t>
   </si>
   <si>
     <t>Канальный нагреватель Vents 150-3,6-3</t>
   </si>
   <si>
     <t>Канальный нагреватель Vents 150-6,0-3</t>
   </si>
   <si>
     <t>Канальный нагреватель Vents 250-6,0-3</t>
   </si>
   <si>
     <t>Нагреватель ЕКА 250-6,0-2f</t>
   </si>
   <si>
     <t>Канальный нагреватель Vents 600*350-12,0-3</t>
   </si>
   <si>
     <t>Нагреватель ЕКS 40*20 12 кВт</t>
   </si>
   <si>
     <t>Канальный нагреватель Vents 160-5,1-3</t>
   </si>
   <si>
     <t>Канальный нагреватель Vents 600*350-15,0-3</t>
@@ -1277,74 +1250,74 @@
   <si>
     <t>Канальный нагреватель Vents 600*350-18,0-3</t>
   </si>
   <si>
     <t>Канальный нагреватель Vents 500*250-12,0-3</t>
   </si>
   <si>
     <t>Нагреватель NEK 200-12,0-3</t>
   </si>
   <si>
     <t>Нагреватель NEK 160-4,5-3</t>
   </si>
   <si>
     <t>Нагреватель NEK 100-2,5-1</t>
   </si>
   <si>
     <t>Нагреватель NEK 250-12,0-3</t>
   </si>
   <si>
     <t>Нагреватель ЕНС LUXE 315-6,0/2М</t>
   </si>
   <si>
     <t>Нагреватель NEK 100-2,0-1</t>
   </si>
   <si>
-    <t>Нагреватель NEK 160-6,0-3</t>
-[...1 lines deleted...]
-  <si>
     <t>Нагреватель NEK 160-3,0-1</t>
   </si>
   <si>
     <t>Нагреватель ЕНС 200-6,0/2</t>
   </si>
   <si>
     <t>Нагреватель NEK 250-9,0-3</t>
   </si>
   <si>
     <t>Нагреватель NEK 125-2,5-1</t>
   </si>
   <si>
     <t>Нагреватель NEK 125-2,0-1</t>
   </si>
   <si>
     <t>Нагреватель NEK 125-1,5-1</t>
   </si>
   <si>
     <t>Нагреватель NEK 160-2,0-1</t>
   </si>
   <si>
+    <t>Нагреватель NEK 125-3,0-1</t>
+  </si>
+  <si>
     <t>Охладители</t>
   </si>
   <si>
     <t>Оцинковка для вентиляции</t>
   </si>
   <si>
     <t>Врезка 100/100 Ц</t>
   </si>
   <si>
     <t>Врезка 100/125 Ц</t>
   </si>
   <si>
     <t>Врезка 100/150 Ц</t>
   </si>
   <si>
     <t>Врезка 100/200 Ц</t>
   </si>
   <si>
     <t>Врезка 100/250 Ц</t>
   </si>
   <si>
     <t>Врезка 100/315 Ц</t>
   </si>
   <si>
     <t>Врезка 125/150 Ц</t>
@@ -1733,491 +1706,488 @@
   <si>
     <t>Тройник ТМУ 125 Ц</t>
   </si>
   <si>
     <t>Врезка 315/315 Ц</t>
   </si>
   <si>
     <t>Дефлектор 315 Ц</t>
   </si>
   <si>
     <t>Зонт крышный-100-оц.-0.5-н</t>
   </si>
   <si>
     <t>Тройник ТМ 200 Ц</t>
   </si>
   <si>
     <t>Тройник 200/160</t>
   </si>
   <si>
     <t>Патрубок ПМ 315 Ц</t>
   </si>
   <si>
     <t>Редуктор 250/355</t>
   </si>
   <si>
+    <t>Зонтик прямоуг. 150х150</t>
+  </si>
+  <si>
+    <t>Зонт крышный-315-оц.-0.7-н</t>
+  </si>
+  <si>
+    <t>Фланец ТП 160 Ц</t>
+  </si>
+  <si>
+    <t>Крестовина КМ 250 Ц</t>
+  </si>
+  <si>
+    <t>Тройник 250/200</t>
+  </si>
+  <si>
+    <t>Зонт 600*400*400 D160</t>
+  </si>
+  <si>
+    <t>Крестовина КМ 100 Ц</t>
+  </si>
+  <si>
+    <t>Труба цинк  80 1.25 метра</t>
+  </si>
+  <si>
+    <t>Дефлектор 250 Ц</t>
+  </si>
+  <si>
+    <t>Отвод оц. D-100 45*</t>
+  </si>
+  <si>
+    <t>Отвод оц. 90 200х150  L50 H50 0,5 ш2-ш2</t>
+  </si>
+  <si>
+    <t>Отвод прямоугольный 125х125</t>
+  </si>
+  <si>
+    <t>Переход тип4 оц. 100х150/125 L300 0,5 ш2-н</t>
+  </si>
+  <si>
+    <t>Труба витая 450 L-3 цинк</t>
+  </si>
+  <si>
+    <t>Труба  95 цинк L- 1,25</t>
+  </si>
+  <si>
+    <t>Переход-4-175*140/200-300-20-50-оц.-0.5-ш2.н</t>
+  </si>
+  <si>
+    <t>Шибер  D-125 цинк</t>
+  </si>
+  <si>
+    <t>Переход прямоугольный на круг 100х100/D100 на ОБР 140 без шины</t>
+  </si>
+  <si>
+    <t>Переход прямоугольный на круг 110х110/D125 на ОБР 140</t>
+  </si>
+  <si>
+    <t>Труба прямоугольная 120х100/500</t>
+  </si>
+  <si>
+    <t>Шибер оц. D-125 0,5-н.н.</t>
+  </si>
+  <si>
+    <t>Переход 80/125 цинк</t>
+  </si>
+  <si>
+    <t>Заглушка оц. D-125</t>
+  </si>
+  <si>
+    <t>Зонт крышный-125-оц.-0.5-н</t>
+  </si>
+  <si>
+    <t>Зонт крышный-150-оц.-0.5-н</t>
+  </si>
+  <si>
+    <t>Зонт крышный-160-оц.-0.5-н</t>
+  </si>
+  <si>
+    <t>Зонт крышный-200-оц.-0.5-н</t>
+  </si>
+  <si>
+    <t>Заглушка оц. D-250</t>
+  </si>
+  <si>
+    <t>Заглушка оц. D-355</t>
+  </si>
+  <si>
+    <t>Отвод оц. D-250 90*</t>
+  </si>
+  <si>
+    <t>Патрубок ПМ 150 Ц</t>
+  </si>
+  <si>
+    <t>Отвод-2-90-221*221-50-50-оц.-0.5-ш2.ш2</t>
+  </si>
+  <si>
+    <t>Турбодефлектор ТД-100 нерж</t>
+  </si>
+  <si>
+    <t>Турбодефлектор ТД-150 нерж</t>
+  </si>
+  <si>
+    <t>Переход 90/100 цинк</t>
+  </si>
+  <si>
+    <t>Турбодефлектор ТД-125 цинк</t>
+  </si>
+  <si>
+    <t>Турбодефлектор ТД-110 цинк</t>
+  </si>
+  <si>
+    <t>Труба витая 125 L-1.5 цинк</t>
+  </si>
+  <si>
+    <t>Переход-4-140*140/160-300-20-50-оц.-0.5-ш2.н</t>
+  </si>
+  <si>
+    <t>Заглушка оц. D-400</t>
+  </si>
+  <si>
+    <t>Воздуховод оц. 150х150 L1410 0,5 т2-т2</t>
+  </si>
+  <si>
+    <t>Врезка 160/160 Ц</t>
+  </si>
+  <si>
+    <t>Тройник 315/125</t>
+  </si>
+  <si>
+    <t>Фланец ТП 355 Ц</t>
+  </si>
+  <si>
+    <t>Домер D160 L- 0,125</t>
+  </si>
+  <si>
+    <t>Домер D150 L- 0,125</t>
+  </si>
+  <si>
+    <t>Домер D100 L- 0,125</t>
+  </si>
+  <si>
+    <t>Турбодефлектор ТД-110 нерж</t>
+  </si>
+  <si>
+    <t>Фланец ТП 400 Ц</t>
+  </si>
+  <si>
+    <t>Труба витая 315 L-1.5 цинк</t>
+  </si>
+  <si>
+    <t>Шибер  D-100 цинк</t>
+  </si>
+  <si>
+    <t>Отвод цинк 355</t>
+  </si>
+  <si>
+    <t>Переход 355/400</t>
+  </si>
+  <si>
+    <t>Переход-4-200*400/160-300-20-50-оц.-0.7-ш2.н</t>
+  </si>
+  <si>
+    <t>Переход-4-280*280/315-300-20-50-оц.-0.5-ш2.н</t>
+  </si>
+  <si>
+    <t>Редуктор 315/355</t>
+  </si>
+  <si>
+    <t>Переход 250/400 цинк</t>
+  </si>
+  <si>
+    <t>Труба витая 160 L-1.5 цинк</t>
+  </si>
+  <si>
+    <t>Турбодефлектор ТД-150 цинк</t>
+  </si>
+  <si>
+    <t>Заглушка оц. D-160</t>
+  </si>
+  <si>
+    <t>Отвод цинк 250</t>
+  </si>
+  <si>
+    <t>Труба цинк 355 1.25 метра</t>
+  </si>
+  <si>
+    <t>ТД-125н, Турбодефлектор ТД фланец D125 нерж.сталь ERA STREETLINE</t>
+  </si>
+  <si>
+    <t>Отвод-2-90-140*140-50-50-оц.-0.5-ск.ш2</t>
+  </si>
+  <si>
+    <t>Шибер оц. D-100 0,5-н.н.</t>
+  </si>
+  <si>
+    <t>Врезка 100/160 Ц</t>
+  </si>
+  <si>
+    <t>Шибер  D-160 Ц</t>
+  </si>
+  <si>
+    <t>Дефлектор 200 Ц</t>
+  </si>
+  <si>
+    <t>Дефлектор 100 Ц</t>
+  </si>
+  <si>
+    <t>Отвод оц. D-250 45*</t>
+  </si>
+  <si>
+    <t>Редуктор 200/400</t>
+  </si>
+  <si>
+    <t>Крестовина КМ 200 Ц</t>
+  </si>
+  <si>
+    <t>Тройник оц. D-160/160 45*</t>
+  </si>
+  <si>
+    <t>Домер D125 L- 0,125</t>
+  </si>
+  <si>
+    <t>Домер D200 L- 0,125</t>
+  </si>
+  <si>
+    <t>Отвод оц. D-100 90*</t>
+  </si>
+  <si>
+    <t>Отвод-2-90-140*140-50-50-оц.-0.5-ш2.ш2</t>
+  </si>
+  <si>
+    <t>Зонт 800*600*400 D-125</t>
+  </si>
+  <si>
+    <t>Воздуховод оц. 200х200 L1410 0,5 т2-т2</t>
+  </si>
+  <si>
+    <t>Отвод оц. 90 150х100  L50 H50 0,5 ш2-ш2</t>
+  </si>
+  <si>
+    <t>Труба цинк 125 витая 3 метра</t>
+  </si>
+  <si>
+    <t>Переход-4-175*175/160-300-20-50-оц.-0.5-ш2.н</t>
+  </si>
+  <si>
+    <t>Отвод оц. D-200 90*</t>
+  </si>
+  <si>
+    <t>Заглушка оц. D-200</t>
+  </si>
+  <si>
+    <t>Переход-4-175*175/315-300-20-50-оц.-0.5-ш2.н</t>
+  </si>
+  <si>
+    <t>Переход-4-140*140/200-300-20-50-оц.-0.5-ш2.н</t>
+  </si>
+  <si>
+    <t>Домер D250 L- 0,125</t>
+  </si>
+  <si>
+    <t>Отвод цинк 355 45*</t>
+  </si>
+  <si>
+    <t>Воздуховод оц. 140х140 L1500 0,5 ш2-ш2</t>
+  </si>
+  <si>
+    <t>Воздуховод оц. 221х221 L1410 0,5 т2-т2</t>
+  </si>
+  <si>
+    <t>Переход тип4 оц. 150х150/200 L300 0,5 ш2-н</t>
+  </si>
+  <si>
+    <t>Переход тип4 оц. 200х200/200 L300 0,5 ш2-н</t>
+  </si>
+  <si>
+    <t>Труба витая 200 L-1.5 цинк</t>
+  </si>
+  <si>
+    <t>Турбодефлектор ТД-160 нерж</t>
+  </si>
+  <si>
+    <t>Переход тип4 оц. 221х221/315 L300 0,5 ш2-н</t>
+  </si>
+  <si>
+    <t>Врезка 250/315 Ц</t>
+  </si>
+  <si>
+    <t>Шибер  D-150 цинк</t>
+  </si>
+  <si>
+    <t>Домер D315 L- 0,125</t>
+  </si>
+  <si>
+    <t>Труба цинк 160 витая 3 метра</t>
+  </si>
+  <si>
+    <t>Отвод оц. D-160 45*</t>
+  </si>
+  <si>
+    <t>Отвод оц. D-315 45*</t>
+  </si>
+  <si>
+    <t>Зонт крышный-250-оц.-0.5-н</t>
+  </si>
+  <si>
+    <t>Дефлектор оц. 200-н</t>
+  </si>
+  <si>
+    <t>Зонтик прямоуг. 250х250</t>
+  </si>
+  <si>
+    <t>Труба цинк 100 витая 3 метра</t>
+  </si>
+  <si>
+    <t>Заглушка оц. D-100</t>
+  </si>
+  <si>
+    <t>Зонт крышный-355-оц.-0.7-н</t>
+  </si>
+  <si>
+    <t>Зонт крышный-110-оц.-0.5-н</t>
+  </si>
+  <si>
+    <t>Переход-4-175*175/200-300-20-50-оц.-0.5-ш2.н</t>
+  </si>
+  <si>
+    <t>Воздуховод оц. 175х175 L1410 0,5 т2-т2</t>
+  </si>
+  <si>
+    <t>Отвод-2-90-175*175-50-50-оц.-0.5-ш2.ш2</t>
+  </si>
+  <si>
+    <t>Переход прямоугольный на круг 105х115/D200* на ОБР 200</t>
+  </si>
+  <si>
+    <t>Зонтик 200 цинк</t>
+  </si>
+  <si>
+    <t>Отвод 400х200 В</t>
+  </si>
+  <si>
+    <t>Отвод оц. D-125 45*</t>
+  </si>
+  <si>
+    <t>Фланец ТП 100 Ц</t>
+  </si>
+  <si>
+    <t>Отвод оц. D-125 90*</t>
+  </si>
+  <si>
+    <t>Отвод оц. 90 200х100  L50 H50 0,5 ш2-ш2</t>
+  </si>
+  <si>
+    <t>Отвод оц. 90 100х200  L50 H50 0,5 ш2-ш2</t>
+  </si>
+  <si>
+    <t>Труба витая 250 L-1.5 цинк</t>
+  </si>
+  <si>
+    <t>Отвод-2-90-175*175-50-50-оц.-0.5-ск.ш2</t>
+  </si>
+  <si>
+    <t>Тройник оц. D-125/125 45*</t>
+  </si>
+  <si>
+    <t>Отвод оц. D-160 90*</t>
+  </si>
+  <si>
+    <t>Переход тип4 оц. 150х150/160 L300 0,5 ш2-н</t>
+  </si>
+  <si>
     <t>Редуктор 80/100</t>
   </si>
   <si>
-    <t>Зонтик прямоуг. 150х150</t>
-[...26 lines deleted...]
-    <t>Отвод оц. D-100 45*</t>
+    <t>Крестовина КМ 315/160 Ц</t>
+  </si>
+  <si>
+    <t>Труба цинк 200 витая 3 метра</t>
+  </si>
+  <si>
+    <t>Заглушка оц. D-315</t>
+  </si>
+  <si>
+    <t>Крестовина КМ 125 Ц</t>
+  </si>
+  <si>
+    <t>Врезка 125/160 Ц</t>
+  </si>
+  <si>
+    <t>Турбодефлектор ТД-200 цинк</t>
+  </si>
+  <si>
+    <t>Отвод оц. 90 200х200  L50 H50 0,5 ш2-ш2</t>
+  </si>
+  <si>
+    <t>Отвод оц. D-315 90*</t>
+  </si>
+  <si>
+    <t>Отвод оц. 90 100х150  L50 H50 0,5 ш2-ш2</t>
+  </si>
+  <si>
+    <t>Воздуховод-100*150-1500-оц.-0.5-ш2.ш2</t>
+  </si>
+  <si>
+    <t>Переход тип4 оц. 221х221/200 L300 0,5 ш2-н</t>
+  </si>
+  <si>
+    <t>Турбодефлектор ТД-200 нерж</t>
+  </si>
+  <si>
+    <t>Труба витая 100 L-1.5 цинк</t>
   </si>
   <si>
     <t>Отвод оц. D-200 45*</t>
   </si>
   <si>
-    <t>Отвод оц. 90 200х150  L50 H50 0,5 ш2-ш2</t>
-[...253 lines deleted...]
-  <si>
     <t>Турбодефлектор ТД-100 цинк</t>
   </si>
   <si>
-    <t>Отвод цинк 355 45*</t>
-[...125 lines deleted...]
-    <t>Отвод оц. D-315 90*</t>
+    <t>Труба витая 100 L-1 цинк</t>
   </si>
   <si>
     <t>Вентиляционные установки</t>
   </si>
   <si>
     <t>Очиститель воздуха BALLU AP-410F5 чёрный до 20 м2</t>
   </si>
   <si>
     <t>Тион Клевер комплект фильтров</t>
   </si>
   <si>
     <t>Прибор вентиляционный VAKIO Window Smart Space Gray</t>
   </si>
   <si>
     <t>Estares св-к увлажнитель RGB CAPSULA H2O бел 119x78 USB кабель 1м 2W-RGB-78x119-WHTE-DC0.5W/1A</t>
   </si>
   <si>
-    <t>WV350 White, Клапан приточный WV оконный регулируемый фильтр G3 L0,35м пластик White ERA</t>
-[...1 lines deleted...]
-  <si>
     <t>КИВ-125 Оголовок ВК (круглый)</t>
   </si>
   <si>
     <t>КИВ-125 Оголовок  ВК Quadro</t>
   </si>
   <si>
     <t>КИВ-125 Труба d130мм  1000мм</t>
   </si>
   <si>
     <t>Прибор вентиляционный VAKIO Base Smart</t>
   </si>
   <si>
     <t>Прибор вентиляционный VAKIO Base Plus Space Gray</t>
   </si>
   <si>
     <t>Приточный клапан VAKIO KIV New Dark Night</t>
   </si>
   <si>
     <t>Приточный клапан VAKIO KIV New Space Gray</t>
   </si>
   <si>
     <t>КИВ-125-1000 (оголовок ВК, труба 1000 мм, теплошумоизоляция ППУ, решетка металл)</t>
   </si>
   <si>
     <t>КИВ-125 Оголовок  ВК ПК (полуквадратный)</t>
@@ -2624,53 +2594,50 @@
   <si>
     <t>Решетка металлическая Vents МВМ 125 серый</t>
   </si>
   <si>
     <t>Решетка металлическая Vents МВМ 125 синий</t>
   </si>
   <si>
     <t>Решетка металлическая Vents МВМ 200 синий</t>
   </si>
   <si>
     <t>Решетка металлическая Vents МВМ 250 бежевый</t>
   </si>
   <si>
     <t>Решетка металлическая Vents МВМ 250 серый</t>
   </si>
   <si>
     <t>Решетка металлическая Vents МВМ 250 синий</t>
   </si>
   <si>
     <t>Решетка металлическая Vents МВМ 250 черный</t>
   </si>
   <si>
     <t>Клапан расхода воздуха D 300*150</t>
   </si>
   <si>
-    <t>Клапан расхода воздуха D 150*100</t>
-[...1 lines deleted...]
-  <si>
     <t>Решетка металлическая Vents МВМПО 130*90с</t>
   </si>
   <si>
     <t>Решетка металлическая Vents МВМПО 150*200 Р</t>
   </si>
   <si>
     <t>Решетка металлическая Vents МВМПО 160 Р</t>
   </si>
   <si>
     <t>Решетка металлическая Vents МВМПО 200*150 Р</t>
   </si>
   <si>
     <t>Клапан расхода воздуха D 300*200</t>
   </si>
   <si>
     <t>Решетка Vents МВ 120 ВЖ коричневый</t>
   </si>
   <si>
     <t>Клапан расхода воздуха D 200*200</t>
   </si>
   <si>
     <t>Клапан расхода воздуха D 500*300</t>
   </si>
   <si>
     <t>Клапан расхода воздуха D 200*150</t>
@@ -2816,509 +2783,497 @@
   <si>
     <t>Решетка Формик Э004</t>
   </si>
   <si>
     <t>Решетка Ecovent 2020РС16Ф</t>
   </si>
   <si>
     <t>Решетка Vents МВ 100 с дерево</t>
   </si>
   <si>
     <t>Решетка Формик К004</t>
   </si>
   <si>
     <t>Клапан расхода воздуха D 400*150</t>
   </si>
   <si>
     <t>Решетка Vents МВ 120 ВЖ</t>
   </si>
   <si>
     <t>Решетка RAG 600*300</t>
   </si>
   <si>
     <t>Решетка  600х600 радиаторная бел.</t>
   </si>
   <si>
-    <t>Решетка Vents МВМ 200 Цинк</t>
+    <t>1515К12,5ФВ, Выход стенной вытяжной с обратным клапаном 150х150 с фланцем D125, ASA, белый</t>
+  </si>
+  <si>
+    <t>Решетка 1 WA/RAG 400*100</t>
+  </si>
+  <si>
+    <t>Решетка потолочная 4 СА 450*450</t>
+  </si>
+  <si>
+    <t>Решетка Ecovent 2121К16ФВ купол/инерционная</t>
+  </si>
+  <si>
+    <t>Клапан расхода воздуха D 400*200</t>
+  </si>
+  <si>
+    <t>Решетка Ecovent 1515К10ФВ купол/инерционная</t>
+  </si>
+  <si>
+    <t>Решетка магнитная круглая Ø125 черная 125-50</t>
+  </si>
+  <si>
+    <t>Решетка магнитная круглая Ø100 белая 100-4</t>
+  </si>
+  <si>
+    <t>Решетка магнитная круглая Ø100 черная 100-39</t>
+  </si>
+  <si>
+    <t>Решетка магнитная круглая Ø100 черная 100-50</t>
+  </si>
+  <si>
+    <t>Решетка магнитная шестигранная ⬡100 белая G-100-5</t>
+  </si>
+  <si>
+    <t>Декофот Ecovent 3030ДФ</t>
+  </si>
+  <si>
+    <t>РG Решетка 160 мм</t>
+  </si>
+  <si>
+    <t>Решетка магнитная круглая Ø125 белая 125-27</t>
+  </si>
+  <si>
+    <t>Решетка магнитная круглая Ø125 белая 125-50</t>
+  </si>
+  <si>
+    <t>Решетка магнитная круглая Ø125 белая 125-7</t>
+  </si>
+  <si>
+    <t>Решетка магнитная круглая Ø125 белая 125-2</t>
+  </si>
+  <si>
+    <t>Решетка наружная 400*400 Ц</t>
+  </si>
+  <si>
+    <t>Решетка Эра 31,5РКМ алюминниевая наружная 315мм</t>
+  </si>
+  <si>
+    <t>Решетка Ecovent 1708С</t>
+  </si>
+  <si>
+    <t>Решетка KD-310*500-10-оц.-1,0-RAL9016 (400*600 белый)</t>
+  </si>
+  <si>
+    <t>2121R12F, Решетка вентиляционная приточно-вытяжная 208х208 с фланцем D125</t>
+  </si>
+  <si>
+    <t>Решетка KD-210*400-10-оц.-1,0-RAL8017 (300*500 коричневый)</t>
+  </si>
+  <si>
+    <t>Решетка KD-210*500-10-оц.-1,0-RAL8017 (300*600 коричневый)</t>
+  </si>
+  <si>
+    <t>Решетка KD-210*500-10-оц.-1,0-RAL9016 (300*600 белый)</t>
+  </si>
+  <si>
+    <t>Решетка KD-260*250-10-оц.-1,0 (350*350 цинк)</t>
+  </si>
+  <si>
+    <t>Решетка KD-510*300-10-оц.-1,0-RAL8017 (600*400 коричневый)</t>
+  </si>
+  <si>
+    <t>Решетка KD-410*300-10-оц.-1,0-RAL8017 (500*400 коричневый)</t>
+  </si>
+  <si>
+    <t>РМ 450*450 цинк (накладная)</t>
+  </si>
+  <si>
+    <t>Решетка РН-350*600-45-50-оц.-1,0</t>
+  </si>
+  <si>
+    <t>Решетка RAG 500*200</t>
+  </si>
+  <si>
+    <t>Решетка KD-310*300-10-оц.-1,0-RAL9016 (400*400 белый)</t>
+  </si>
+  <si>
+    <t>1515К12,5ФВ кор, Выход стенной вытяжной с обратным клапаном 150х150 с фланцем D125, ASA, коричневый</t>
+  </si>
+  <si>
+    <t>1515К10ФВ сер, Выход стенной вытяжной с обратным клапаном 150х150 с фланцем D100, ASA, серый</t>
+  </si>
+  <si>
+    <t>Решетка Эра 1515Р</t>
+  </si>
+  <si>
+    <t>Решетка Эра 12,5РКМ алюминниевая наружная 125мм</t>
+  </si>
+  <si>
+    <t>Решетка Формик К005</t>
+  </si>
+  <si>
+    <t>Решетка наружная 200*300 Ц</t>
+  </si>
+  <si>
+    <t>Заглушка с сеткой-160-50-оц.-0.5-ск.н</t>
+  </si>
+  <si>
+    <t>4808DR Al, Dark bronze, переточная алюминиевая с анодированным покрытием</t>
+  </si>
+  <si>
+    <t>3030МЭ, Решетка вентиляционная вытяжная стальная с покрытием полимерной эмалью 300х300 белый</t>
+  </si>
+  <si>
+    <t>3030МЦ, Решетка вентиляционная вытяжная стальная с оцинкованным покрытием 300х300</t>
+  </si>
+  <si>
+    <t>3030МЭ кор, Решетка вентиляционная вытяжная стальная с покрытием полимерной эмалью 300х300 коричневы</t>
+  </si>
+  <si>
+    <t>3535РРН кор, Решетка наружная ASA вентиляционная вытяжная 350х350, коричневая</t>
+  </si>
+  <si>
+    <t>1515МЦ, Решетка вентиляционная вытяжная стальная с оцинкованным покрытием 150х150</t>
+  </si>
+  <si>
+    <t>2525МЭ кор, Решетка вентиляционная с покрытием полимерной эмалью, с сеткой 250х250, Сталь,коричневая</t>
+  </si>
+  <si>
+    <t>1515МЭ кор, Решетка вентиляционная с покрытием полимерной эмалью, с сеткой 150х150 коричневая</t>
+  </si>
+  <si>
+    <t>2030РЦ, Решетка вентиляционная вытяжная АБС 200х300</t>
+  </si>
+  <si>
+    <t>2121Р кор, Решетка вентиляционная вытяжная АБС 208х208, коричневый</t>
+  </si>
+  <si>
+    <t>2020РРН сер, Решетка наружная ASA вентиляционная вытяжная 200х200, серая</t>
+  </si>
+  <si>
+    <t>4444РЦ, Решетка вентиляционная вытяжная АБС 440х440</t>
+  </si>
+  <si>
+    <t>2030РРН сер, Решетка наружная ASA вентиляционная вытяжная 200х300, серая</t>
+  </si>
+  <si>
+    <t>2525Р кор, Решетка вентиляционная вытяжная АБС 249х249, коричневый</t>
+  </si>
+  <si>
+    <t>РМ 450*450 белая (накладная)</t>
+  </si>
+  <si>
+    <t>15РКН сер, Решетка наружная вентиляционная круглая D200 с фланцем D150, ASA, серая</t>
+  </si>
+  <si>
+    <t>1515РРН сер, Решетка наружная ASA вентиляционная вытяжная 150х150, серая</t>
+  </si>
+  <si>
+    <t>15РКН, Решетка наружная вентиляционная круглая D200 с фланцем D150, ASA</t>
+  </si>
+  <si>
+    <t>10РКН, Решетка наружная вентиляционная круглая D130 с фланцем D100, ASA белый</t>
+  </si>
+  <si>
+    <t>10РКН сер, Решетка наружная вентиляционная круглая D130 с фланцем D100, ASA серый</t>
+  </si>
+  <si>
+    <t>Заглушка с сеткой-250-50-оц.-0.5-ск.н</t>
+  </si>
+  <si>
+    <t>Решетка РН RAL9016 300х600</t>
+  </si>
+  <si>
+    <t>Решетка РВ-1-100*100-3-RAL9016</t>
+  </si>
+  <si>
+    <t>Решетка РВ-1-150*400-6-RAL9016</t>
+  </si>
+  <si>
+    <t>Решетка РВ-1-100*300-3-RAL9005</t>
+  </si>
+  <si>
+    <t>Клапан расхода воздуха РРВ-100*300</t>
+  </si>
+  <si>
+    <t>1515К12,5Ф беж, Решетка приточно-вытяжная с гравитационными жалюзи 150х150 с фланцем D125, ASA, беж</t>
+  </si>
+  <si>
+    <t>Решетка RAG 400*150</t>
+  </si>
+  <si>
+    <t>1515К10ФВ беж, Выход стенной вытяжной с обратным клапаном 150х150 с фланцем D100, ASA, беж</t>
+  </si>
+  <si>
+    <t>2020РРН, Решетка вентиляционная РРН разъемная 200х200 ASA ERA STREETLINE</t>
+  </si>
+  <si>
+    <t>РG Решетка 200 мм</t>
+  </si>
+  <si>
+    <t>Клапан расхода воздуха РРВ-200*200</t>
+  </si>
+  <si>
+    <t>РG Решетка 315 мм</t>
+  </si>
+  <si>
+    <t>РG Решетка 355 мм</t>
+  </si>
+  <si>
+    <t>1515К12,5ФВ беж, Выход стенной вытяжной с обратным клапаном 150х150 с фланцем D125, ASA, беж</t>
+  </si>
+  <si>
+    <t>Решетка Эра 12РК</t>
+  </si>
+  <si>
+    <t>Решетка Vents МВ 100 ВЖ</t>
+  </si>
+  <si>
+    <t>Решётка Vents МВ 120 ВЖ бежевый</t>
+  </si>
+  <si>
+    <t>Решетка KD-310*300-10-оц.-1,0-RAL8017 (400*400 коричневый)</t>
+  </si>
+  <si>
+    <t>2020РРП, Решетка вентиляционная регулируемая АБС 200х200</t>
+  </si>
+  <si>
+    <t>Решетка KD-260*250-10-оц.-1,0-RAL9016 (350*350 белый)</t>
+  </si>
+  <si>
+    <t>Решетка RAG 200*150</t>
+  </si>
+  <si>
+    <t>2307ДП кор, Решетка вентиляционная ДП фланец 220х60 переточная 227х67 пластик Brown ERA</t>
+  </si>
+  <si>
+    <t>1530МЭ, Решетка вентиляционная МЭ сетка 150х300 окраш.сталь ERA</t>
+  </si>
+  <si>
+    <t>4030RZN, Решетка вентиляционная RZN сетка разъемная 400х300 пластик ERA</t>
+  </si>
+  <si>
+    <t>1212МЭ, Решетка вентиляционная МЭ сетка 125х125 окраш.сталь ERA</t>
+  </si>
+  <si>
+    <t>Решетка RAG 300*200</t>
+  </si>
+  <si>
+    <t>4808DP Al Silver, Решетка переточная алюминиевая с анодированным покрытием 480x80, Silver</t>
+  </si>
+  <si>
+    <t>Решетка Ecovent 2121К12,5ФР регулируемая</t>
+  </si>
+  <si>
+    <t>Решетка Формик РВ160х160 белая металл</t>
+  </si>
+  <si>
+    <t>Решетка KD-310*500-10-оц.-1,0-RAL8017 (400*600 коричневый)</t>
+  </si>
+  <si>
+    <t>Решетка Эра 25РКМ алюминниевая наружная 250мм</t>
+  </si>
+  <si>
+    <t>1515К12,5ФВ Ivory, Выход стенной вытяжной с обратным клапаном 150х150 с фланцем D125, ASA</t>
+  </si>
+  <si>
+    <t>Решетка KD-510*300-10-оц.-1,0-RAL9016 (600*400 белый)</t>
+  </si>
+  <si>
+    <t>Решетка потолочная 4 СА 600*600</t>
+  </si>
+  <si>
+    <t>Заглушка с сеткой-100-50-оц.-0.5-ск.н</t>
+  </si>
+  <si>
+    <t>Заглушка с сеткой-125-50-оц.-0.5-ск.н</t>
+  </si>
+  <si>
+    <t>П6060Р дуб, Экран радиаторный ПР фланец 600х600 пластик Oak ERA</t>
+  </si>
+  <si>
+    <t>П6060Р серый, Экран радиаторный ПР фланец 600х600 пластик Gray ERA</t>
+  </si>
+  <si>
+    <t>Решетка Формик С004</t>
+  </si>
+  <si>
+    <t>12,5ВМ, Выход стенной ВМ фланец D125 каплесборник сетка нерж.сталь ERA STREETLINE</t>
+  </si>
+  <si>
+    <t>1520Р, Решетка вентиляционная Р сетка разъемная 150х200 пластик ERA</t>
+  </si>
+  <si>
+    <t>2020МЭ, Решетка вентиляционная вытяжная стальная с покрытием полимерной эмалью 200х200 белый</t>
+  </si>
+  <si>
+    <t>Декофот Ecovent 3040ДФ</t>
+  </si>
+  <si>
+    <t>1515РРП, Решетка вентиляционная регулируемая АБС 150х150</t>
+  </si>
+  <si>
+    <t>Решетка KD-610*300-10-оц.-1,0-RAL9016 (700*400 белый)</t>
+  </si>
+  <si>
+    <t>Решетка KD-410*500-10-оц.-1,0-RAL8017 (500*600 коричневый)</t>
+  </si>
+  <si>
+    <t>Решетка KD-260*250-10-оц.-1,0-RAL8017 (350*350 коричневый)</t>
+  </si>
+  <si>
+    <t>4808DP Al, Решетка переточная алюминиевая с покрытием полимерной эмалью 480x80</t>
+  </si>
+  <si>
+    <t>Решетка металлическая Vents МВМ 125 черный</t>
+  </si>
+  <si>
+    <t>Решетка РН-500*500-45-50-оц.-1,0</t>
+  </si>
+  <si>
+    <t>1515МЭ Black, Решетка вентиляционная МЭ сетка 150х150 окраш.сталь Black ERA</t>
+  </si>
+  <si>
+    <t>2525МЦ, Решетка вентиляционная МЦ сетка 250х250 оцинк.сталь ERA</t>
+  </si>
+  <si>
+    <t>2020МЦ, Решетка вентиляционная МЦ сетка 200х200 оцинк.сталь ERA</t>
+  </si>
+  <si>
+    <t>2020МЭ Black, Решетка вентиляционная МЭ сетка 200х200 окраш.сталь Black ERA</t>
+  </si>
+  <si>
+    <t>Решетка Эра 10РК</t>
+  </si>
+  <si>
+    <t>1515К10ФВ Ivory, Выход стенной вытяжной с обратным клапаном 150х150 с фланцем D100, ASA</t>
+  </si>
+  <si>
+    <t>10ВМ, Выход стенной ВМ фланец D100 каплесборник сетка нерж.сталь ERA STREETLINE</t>
+  </si>
+  <si>
+    <t>Решетка KD-410*300-10-оц.-1,0-RAL9016 (500*400 белый)</t>
+  </si>
+  <si>
+    <t>Решетка KD-510*500-10-оц.-1,0-RAL9016 (600*600 белый)</t>
+  </si>
+  <si>
+    <t>Решетка KD-510*500-10-оц.-1,0-RAL8017 (600*600 коричневый)</t>
+  </si>
+  <si>
+    <t>Решетка KD-410*500-10-оц.-1,0 (500*600 цинк)</t>
+  </si>
+  <si>
+    <t>1530МЦ, Решетка вентиляционная МЦ сетка 150х300 оцинк.сталь ERA</t>
+  </si>
+  <si>
+    <t>Решетка РВ-1-100*150-3-RAL9016</t>
+  </si>
+  <si>
+    <t>Решетка РВ-1-150*150-6-RAL9016</t>
+  </si>
+  <si>
+    <t>РG Решетка 100 мм</t>
+  </si>
+  <si>
+    <t>Решетка Vents МВ 120 Рс</t>
+  </si>
+  <si>
+    <t>15ВМ, Выход стенной ВМ фланец D150 каплесборник сетка нерж.сталь ERA STREETLINE</t>
+  </si>
+  <si>
+    <t>РG Решетка 250 мм</t>
+  </si>
+  <si>
+    <t>Решетка РН RAL9016 300х500</t>
+  </si>
+  <si>
+    <t>Решетка РН RAL9016 350х600</t>
+  </si>
+  <si>
+    <t>Решетка РВ 251*182 с</t>
+  </si>
+  <si>
+    <t>Решетка РН RAL9016 200х400</t>
+  </si>
+  <si>
+    <t>4040Р, Решетка вентиляционная Р сетка разъемная 400х400 пластик ERA</t>
+  </si>
+  <si>
+    <t>Решетка KD-410*400-10-оц.-1,0-RAL8017 (500*500 коричневый)</t>
+  </si>
+  <si>
+    <t>1515К12,5ФВ сер, Выход стенной вытяжной с обратным клапаном 150х150 с фланцем D125, ASA, серый</t>
+  </si>
+  <si>
+    <t>2020МЭ кор, Решетка вентиляционная с покрытием полимерной эмалью, с сеткой 200х200, Сталь,коричневая</t>
+  </si>
+  <si>
+    <t>3535РР, Решетка вентиляционная вытяжная АБС 350х350</t>
+  </si>
+  <si>
+    <t>Решетка Формик Э006</t>
+  </si>
+  <si>
+    <t>Решетка KD-210*400-10-оц.-1,0-RAL9016 (300*500 белый)</t>
+  </si>
+  <si>
+    <t>Решетка РВ-1-200*400-8-RAL9016</t>
+  </si>
+  <si>
+    <t>Решетка РВ-1-200*300-8-RAL9016</t>
+  </si>
+  <si>
+    <t>4808DP Al Сhampagne, Решетка переточная алюминиевая с анодированным покрытием 480x80, Сhampagne</t>
+  </si>
+  <si>
+    <t>Решетка Ecovent 2121П 12Ф</t>
+  </si>
+  <si>
+    <t>12РКН сер, Решетка вентиляционная РКН фланец D125 D161 ASA Gray ERA STREETLINE</t>
+  </si>
+  <si>
+    <t>Решетка Ecovent 1122С</t>
+  </si>
+  <si>
+    <t>Решетка Ecovent 1825Р</t>
   </si>
   <si>
     <t>Решетка Эра 2121Р</t>
   </si>
   <si>
-    <t>1515К12,5ФВ, Выход стенной вытяжной с обратным клапаном 150х150 с фланцем D125, ASA, белый</t>
-[...427 lines deleted...]
-  <si>
     <t>1515МЭ, Решетка вентиляционная вытяжная стальная с покрытием полимерной эмалью 150х150 белый</t>
   </si>
   <si>
-    <t>12РКН сер, Решетка вентиляционная РКН фланец D125 D161 ASA Gray ERA STREETLINE</t>
-[...7 lines deleted...]
-  <si>
     <t>Решетка РВ-1-200*200-8-RAL9016</t>
   </si>
   <si>
-    <t>Решетка РВ-1-200*400-8-RAL9016</t>
-[...7 lines deleted...]
-  <si>
     <t>Воздуховоды ПВХ</t>
   </si>
   <si>
     <t>15 Пластина настенная D=100</t>
   </si>
   <si>
     <t>16ККП 45 Колено круглое D=160 угол 45* пл.</t>
   </si>
   <si>
     <t>16СКПО Соединитель круг. каналов с клапаном D=160</t>
   </si>
   <si>
     <t>3015 Круглый канал 150х1500мм</t>
   </si>
   <si>
     <t>313 Соединитель для круглых каналов D=150 пл.</t>
   </si>
   <si>
     <t>3131 Соединитель круг. каналов с клапаном d=150</t>
   </si>
   <si>
     <t>353 Соеденитель смонтажной пластиной d=150</t>
   </si>
   <si>
     <t>3531 Соединитель с клапаном и пластиной d=150</t>
@@ -3653,266 +3608,266 @@
   <si>
     <t>12,5ВП1,5, Воздуховод круглый ПВХ D125, L=1,5м</t>
   </si>
   <si>
     <t>10ВП, Воздуховод круглый ПВХ D100, L=0,5м</t>
   </si>
   <si>
     <t>511КРП, Колено разноугловое горизонтальное пластик, 55х110</t>
   </si>
   <si>
     <t>612ТПП,  Тройник ТПП 60х120 пластик ERA</t>
   </si>
   <si>
     <t>10CC, Коллектор CC D100 пластик ERA</t>
   </si>
   <si>
     <t>15FC, Соединитель FC D150 пластик ERA</t>
   </si>
   <si>
     <t>10ВП1,5, Воздуховод круглый ПВХ D100, L=1,5м</t>
   </si>
   <si>
     <t>16ВП1,5 Круглый канал 160х1500мм</t>
   </si>
   <si>
+    <t>922СКП, Соединитель СКП 90х220 пластик ERA</t>
+  </si>
+  <si>
+    <t>922КГП, Колено КГП 90х220 горизонтальное пластик ERA</t>
+  </si>
+  <si>
+    <t>12,5PDP, Заглушка PDP D125 пластик ERA</t>
+  </si>
+  <si>
+    <t>612ВП1,5, Воздуховод ВП 60х120 L1,5м пластик ERA</t>
+  </si>
+  <si>
+    <t>620ВП, Воздуховод ВП 60х204 L0,5м пластик ERA</t>
+  </si>
+  <si>
+    <t>620ВП1, Воздуховод ВП 60х204 L1м пластик ERA</t>
+  </si>
+  <si>
+    <t>10PDP, Заглушка PDP D100 пластик ERA</t>
+  </si>
+  <si>
+    <t>15PDP, Заглушка PDP D150 пластик ERA</t>
+  </si>
+  <si>
+    <t>16PDP, Заглушка PDP D160 пластик ERA</t>
+  </si>
+  <si>
+    <t>612PDP, Заглушка PDP 60х120 пластик ERA</t>
+  </si>
+  <si>
+    <t>620PDP, Заглушка PDP 60х204 пластик ERA</t>
+  </si>
+  <si>
+    <t>612ВП, Воздуховод ВП 60х120 L0,5м пластик ERA</t>
+  </si>
+  <si>
+    <t>76 Крепления канала 60х120</t>
+  </si>
+  <si>
+    <t>10ВП1, Воздуховод круглый ПВХ D100, L=1м</t>
+  </si>
+  <si>
+    <t>922ВП1, Воздуховод ВП 90х220 L1м пластик ERA</t>
+  </si>
+  <si>
+    <t>511ВП2, Воздуховод прямоугольный ПВХ 55х110, L=2м</t>
+  </si>
+  <si>
+    <t>511КВП, Колено вертикальное пластик 90°, 55х110</t>
+  </si>
+  <si>
+    <t>922КВП, Колено КВП 90х220 вертикальное пластик ERA</t>
+  </si>
+  <si>
+    <t>922ВП1,5, Воздуховод ВП 90х220 L1,5м пластик ERA</t>
+  </si>
+  <si>
+    <t>922LRDH, Держатель LRDH 90х220 пластик ERA</t>
+  </si>
+  <si>
+    <t>922ВП, Воздуховод ВП 90х220 L0,5м пластик ERA</t>
+  </si>
+  <si>
+    <t>922РП620П, Редуктор РПП 90х220 эксцентриковый 60х204 пластик ERA</t>
+  </si>
+  <si>
+    <t>2121 Соединитель круг. каналов с клапаном d=125</t>
+  </si>
+  <si>
+    <t>7173 Соединитель гибкого канала 60х120</t>
+  </si>
+  <si>
+    <t>511ТПП, Тройник Т-образный пластик 55х110</t>
+  </si>
+  <si>
+    <t>12,5SKNP, Соединитель круглых каналов с накладной пластиной, D125</t>
+  </si>
+  <si>
+    <t>12,5ВП1, Воздуховод круглый ПВХ D125, L=1м</t>
+  </si>
+  <si>
+    <t>838 Тройник горизонтальный 60х204</t>
+  </si>
+  <si>
+    <t>10ТП Тройник D=100 пл.</t>
+  </si>
+  <si>
+    <t>511СК10ФП, Соединитель угловой 90° пластик, плоского воздуховода с фланц. воздухораспред.55х110/D100</t>
+  </si>
+  <si>
+    <t>511КГП, Колено горизонтальное пластик 90°, 55х110</t>
+  </si>
+  <si>
+    <t>511СП10КП, Соединитель эксцентриковый плоского воздуховода с круглым пластик, 55х110/D100</t>
+  </si>
+  <si>
+    <t>620КРП Колено разноугловое 60х204</t>
+  </si>
+  <si>
+    <t>922СП15КП, Переходник СПКП D150 эксцентриковый 90х220 пластик ERA</t>
+  </si>
+  <si>
+    <t>922ВП2, Воздуховод ВП 90х220 L2м пластик ERA</t>
+  </si>
+  <si>
+    <t>922СК15ФП, Переходник СКФП D150 90° 90х220 пластик ERA</t>
+  </si>
+  <si>
+    <t>922СК15КП, Переходник СККП D150 90° 90х220 пластик ERA</t>
+  </si>
+  <si>
+    <t>922PDP, Заглушка PDP 90-220 пластик ERA</t>
+  </si>
+  <si>
     <t>1011РЭП, Соединитель эксцентриковый круглого воздуховода с круглым пластик D100/110 (18)</t>
   </si>
   <si>
-    <t>922СКП, Соединитель СКП 90х220 пластик ERA</t>
-[...34 lines deleted...]
-  <si>
     <t>612ВП1, Воздуховод ВП 60х120 L1м пластик ERA</t>
   </si>
   <si>
-    <t>76 Крепления канала 60х120</t>
-[...76 lines deleted...]
-  <si>
     <t>Фильтры</t>
   </si>
   <si>
     <t>Фильтр-бокс FVK-600*300-оц</t>
   </si>
   <si>
     <t>Фильтр-бокс FVK-700*400-оц</t>
   </si>
   <si>
     <t>Сменная кассета FV-G3-250</t>
   </si>
   <si>
     <t>Сменная кассета FV-G3-315</t>
   </si>
   <si>
     <t>Сменная кассета FV-G3-200</t>
   </si>
   <si>
     <t>Сменная кассета FV-G3-160 (100, 125)</t>
   </si>
   <si>
     <t>FVK-G4-500*300 фильтрующий элемент</t>
   </si>
   <si>
     <t>EU3 1000*500 фильтрующий элемент</t>
   </si>
   <si>
     <t>Материал фильтрующий</t>
   </si>
   <si>
     <t>EU3 900*500 фильтрующий элемент карманный</t>
   </si>
   <si>
     <t>Фильтр воздушный FVK-F7-600*300</t>
   </si>
   <si>
-    <t>Фильтр воздушный FVK-G4-250*590-250-3</t>
-[...1 lines deleted...]
-  <si>
     <t>Сменная кассета FVGU-315 340*340/3-оц</t>
   </si>
   <si>
     <t>Фильтр-бокс FVGU-100/5-оц.-рр Жироуловитель</t>
   </si>
   <si>
     <t>Фильтр-бокс FVGU-250/5-оц.-рр Жироуловитель</t>
   </si>
   <si>
     <t>FVK-G4-600*350 фильтрующий элемент</t>
   </si>
   <si>
+    <t>Фильтр воздушный FVK-G4-400*200</t>
+  </si>
+  <si>
+    <t>FVK-G4-600*300 фильтрующий элемент</t>
+  </si>
+  <si>
+    <t>Сменная кассета FVGU-250 295*295/3-оц</t>
+  </si>
+  <si>
+    <t>Фильтр-бокс FVGU-125/5-оц.-рр Жироуловитель</t>
+  </si>
+  <si>
+    <t>Фильтр-бокс FV-250-оц-рр</t>
+  </si>
+  <si>
+    <t>FVK-F7-600*350 фильтрующий элемент</t>
+  </si>
+  <si>
+    <t>Сменная кассета FVGU-200 245*245/3-оц</t>
+  </si>
+  <si>
+    <t>Фильтр-бокс FV-125-оц-рр</t>
+  </si>
+  <si>
+    <t>Фильтр-бокс FV-160-оц-рр</t>
+  </si>
+  <si>
+    <t>Фильтр-бокс FV-200-оц-рр</t>
+  </si>
+  <si>
+    <t>Фильтр-бокс FV-315-оц-рр</t>
+  </si>
+  <si>
+    <t>Фильтр-бокс FVGU-315/5-оц.-рр Жироуловитель</t>
+  </si>
+  <si>
+    <t>Сменная кассета FVGU-100-160 200*200/3-оц</t>
+  </si>
+  <si>
+    <t>Фильтр-бокс FV-100-оц-рр</t>
+  </si>
+  <si>
+    <t>FVK-G4-700*400 фильтрующий элемент</t>
+  </si>
+  <si>
     <t>FVK-G4-500*250 фильтрующий элемент</t>
   </si>
   <si>
-    <t>Фильтр воздушный FVK-G4-400*200</t>
-[...40 lines deleted...]
-  <si>
     <t>Хомуты</t>
   </si>
   <si>
     <t>Хомут 315 с резин. под шпильку</t>
   </si>
   <si>
     <t>Хомут быстроразъемный АР 100</t>
   </si>
   <si>
     <t>Хомут быстроразъемный АР 125</t>
   </si>
   <si>
     <t>Хомут быстроразъемный АР 200</t>
   </si>
   <si>
     <t>Червячный хомут (190-210) шир.7,5мм</t>
   </si>
   <si>
     <t>Червячный хомут (240-260) шир.7,5мм</t>
   </si>
   <si>
     <t>Червячный хомут (310-330) шир.7,5мм</t>
   </si>
   <si>
     <t>Хомут 200х3.6мм бел (100шт)</t>
@@ -4091,329 +4046,317 @@
   <si>
     <t>Отвертка "Driver" SL6х100мм Hobbi</t>
   </si>
   <si>
     <t>Сверло по металлу 1,5х40мм P6M5/HSS TIN Hardax</t>
   </si>
   <si>
     <t>Сверло по металлу 2.0х49мм P6M5/HSS TIN Hardax</t>
   </si>
   <si>
     <t>Сверло по металлу 3.5х70мм P6M5/HSS TIN Hardax</t>
   </si>
   <si>
     <t>Сверло по металлу 4.5х80мм P6M5/HSS TIN Hardax</t>
   </si>
   <si>
     <t>Сверло по металлу 4.8х86мм P6M5/HSS TIN Hardax</t>
   </si>
   <si>
     <t>Сверло по металлу 5.0х86мм P6M5/HSS TIN Hardax</t>
   </si>
   <si>
     <t>Сверло по металлу 7.5х109мм P6M5/HSS TIN Hardax</t>
   </si>
   <si>
+    <t>Сверло по металлу 9.5х125мм P6M5/HSS TIN Hardax</t>
+  </si>
+  <si>
+    <t>Валик "Вестан" 180мм с рукояткой Hobbi</t>
+  </si>
+  <si>
+    <t>Шпательная лопатка "Мастер" 40мм Hobbi</t>
+  </si>
+  <si>
+    <t>Рулетка "Т1" 3м/16мм Hobbi</t>
+  </si>
+  <si>
+    <t>Лобзик ручной, 300мм Hobbi</t>
+  </si>
+  <si>
+    <t>Ключ гаечный комбинированный, хромированный, 8 мм Hobbi</t>
+  </si>
+  <si>
+    <t>Ключ гаечный комбинированный, хромированный, 9 мм Hobbi</t>
+  </si>
+  <si>
+    <t>Ключ гаечный комбинированный, хромированный, 11 мм Hobbi</t>
+  </si>
+  <si>
+    <t>Ключ гаечный комбинированный, хромированный, 12 мм Hobbi</t>
+  </si>
+  <si>
+    <t>Ключ гаечный комбинированный, хромированный, 14 мм Hobbi</t>
+  </si>
+  <si>
+    <t>Бита PH 2х50мм Hobbi</t>
+  </si>
+  <si>
+    <t>Бур SDS+ф усиленный 6х100/160 ЭНКОР/SCHWERT</t>
+  </si>
+  <si>
+    <t>Ключ комбинированный, 13мм Hobbi</t>
+  </si>
+  <si>
+    <t>Бита 1/4« С6,3 Ph1-25мм »Torsion" /USH</t>
+  </si>
+  <si>
+    <t>Шпатель резиновый, 150х50мм /U.S.PEX</t>
+  </si>
+  <si>
+    <t>Ключ гаечный комбинированный, хромированный, 22 мм Hobbi</t>
+  </si>
+  <si>
+    <t>Сверло по стеклу и керамике 10мм Энкор</t>
+  </si>
+  <si>
+    <t>Бур по бетону, двойная спираль SDS+ 8х150мм Hardax</t>
+  </si>
+  <si>
+    <t>Кусачки боковые "Fine" 180мм Hobbi</t>
+  </si>
+  <si>
+    <t>Заклепочник механический 230мм Hobbi</t>
+  </si>
+  <si>
+    <t>Пика SDS+ 14х250мм Hardax</t>
+  </si>
+  <si>
+    <t>Шлифовальнеая бумага зерно Р180 220х270</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4,2х75мм P6M5/HSS</t>
+  </si>
+  <si>
+    <t>Ключ гаечный комбинированный, хромированный, 19 мм Hobbi</t>
+  </si>
+  <si>
+    <t>Водостойкая шлиф. бумага зерно 100</t>
+  </si>
+  <si>
+    <t>Отвертка "Driver" PH1х100мм Hobbi</t>
+  </si>
+  <si>
+    <t>Зубило с резиновым протектором 250мм Hobbi</t>
+  </si>
+  <si>
+    <t>Ключ гаечный комбинированный, хромированный, 24 мм Hobbi</t>
+  </si>
+  <si>
+    <t>Плоскогубцы "Fine" 160мм Hobbi</t>
+  </si>
+  <si>
+    <t>Бур SDS+ф усиленный 14х150/210 ЭНКОР/SCHWERT</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 7.0х109мм P6M5/HSS TIN Hardax</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 3.2х65мм P6M5/HSS TIN Hardax</t>
+  </si>
+  <si>
+    <t>Ключ разводной, углиродистая сталь 150мм Hobbi</t>
+  </si>
+  <si>
+    <t>Шпательная лопатка "Мастер" 60мм Hobbi</t>
+  </si>
+  <si>
+    <t>Лезвия для пистолетного ножа, 18мм (10шт)/U.S.PEX</t>
+  </si>
+  <si>
+    <t>Сверло по стеклу и керамике 8мм Энкор</t>
+  </si>
+  <si>
+    <t>Шпательная лопатка "Мастер" 100мм Hobbi</t>
+  </si>
+  <si>
+    <t>Кисть-макловица искуств. щетина, пластик.60х170 мм</t>
+  </si>
+  <si>
+    <t>Бур SDS+ф усиленный 16х150/210 ЭНКОР/SCHWERT</t>
+  </si>
+  <si>
+    <t>Нож пистолетный</t>
+  </si>
+  <si>
+    <t>Тонкогубцы изогнутые "Fine" 180мм Hobbi</t>
+  </si>
+  <si>
+    <t>Уровень алюминиевый "Yellow" 3 ампулы 600мм Hobbi</t>
+  </si>
+  <si>
+    <t>Водостойкая шлиф. бумага зерно 80</t>
+  </si>
+  <si>
+    <t>Уровень алюминиевый "Yellow" 3 ампулы 1500мм Hobbi</t>
+  </si>
+  <si>
+    <t>Штангенциркуль с глубиномером 0-150мм/0,1мм ЭНКОР</t>
+  </si>
+  <si>
+    <t>Ножницы по металлу, 250мм, прямой рез. Hardax</t>
+  </si>
+  <si>
+    <t>Пистолет для герметиков, скелетный 9" Hobbi</t>
+  </si>
+  <si>
+    <t>Валик "Мультиколор" 180мм с рукояткой Hobbi</t>
+  </si>
+  <si>
+    <t>Пила по дереву "RubberPlast" 450мм Hobbi</t>
+  </si>
+  <si>
+    <t>Уровень алюминиевый "Yellow" 3 ампулы 1000мм Hobbi</t>
+  </si>
+  <si>
+    <t>Кюветка пластмассовая для раскатки валика, 350х350</t>
+  </si>
+  <si>
+    <t>Ножовка по металлу, 300мм с пластмас.ручкой/Matrix</t>
+  </si>
+  <si>
+    <t>Сверло по стеклу и керамике 6мм Hardax</t>
+  </si>
+  <si>
+    <t>Отвертка комбинированная двухкомп. SL6 * PH2 Hobbi</t>
+  </si>
+  <si>
+    <t>Плоскогубцы "Fine" 180мм Hobbi</t>
+  </si>
+  <si>
+    <t>Линейка металлическая 1000мм Hobbi</t>
+  </si>
+  <si>
+    <t>Сверло по металлу с цилиндрическим хвостиком 6,0мм</t>
+  </si>
+  <si>
+    <t>Кусачки боковые "Fine" 160мм Hobbi</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 10.0х133мм P6M5/HSS TIN Hardax</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 4.0х75мм P6M5/HSS TIN Hardax</t>
+  </si>
+  <si>
+    <t>Бур по бетону двойная спираль SDS+ 12х210мм Hardax</t>
+  </si>
+  <si>
+    <t>Линейка металлическая 150мм Hobbi</t>
+  </si>
+  <si>
+    <t>Кусачки боковые "Мини" 120мм Hobbi</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 2.5х57мм P6M5/HSS TIN Hardax</t>
+  </si>
+  <si>
+    <t>Пила по дереву 450мм Hobbi</t>
+  </si>
+  <si>
+    <t>Валик "Мультиколор" 250мм с рукояткой Hobbi</t>
+  </si>
+  <si>
+    <t>Ключ трубный рычажный №2 Hobbi</t>
+  </si>
+  <si>
+    <t>Ножницы по металлу, 250мм, левый рез. Hardax</t>
+  </si>
+  <si>
+    <t>Отвертка "Driver" SL3х75мм Hobbi</t>
+  </si>
+  <si>
+    <t>Зубило плоское SDS+ 14х20х250мм Hardax</t>
+  </si>
+  <si>
+    <t>Бур по бетону, двойная спираль SDS+ 6х150мм Hardax</t>
+  </si>
+  <si>
+    <t>Водостойкая шлиф. бумага зерно 120</t>
+  </si>
+  <si>
+    <t>Ключ разводной, углиродистая сталь 200мм Hobbi</t>
+  </si>
+  <si>
+    <t>Диск пильный по дереву 200х32х24Т кольцо 30мHardax</t>
+  </si>
+  <si>
+    <t>Рулетка "Т2" 5м/25мм Hobbi</t>
+  </si>
+  <si>
+    <t>Рулетка "Т2" 7,5м/25мм Hobbi</t>
+  </si>
+  <si>
+    <t>Молоток слесарный 300г деревянная рукоятка Hobbi</t>
+  </si>
+  <si>
+    <t>Ключи шестигранные, 8шт (2,0-10,0мм) /U.S.PEX</t>
+  </si>
+  <si>
+    <t>Шпатель с пласт. ручкой 200мм /TOYA/БИБЕР</t>
+  </si>
+  <si>
+    <t>Отвертка "Driver" PH2х100мм Hobbi</t>
+  </si>
+  <si>
+    <t>Плоскогубцы "Fine" 200мм Hobbi</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 8.0х117мм P6M5/HSS TIN Hardax</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 8.5х117мм P6M5/HSS TIN Hardax</t>
+  </si>
+  <si>
+    <t>Набор малярный, мини-валик"Мольторен" 2 шубки 100м</t>
+  </si>
+  <si>
+    <t>Шпательная лопатка "Мастер" 150мм Hobbi</t>
+  </si>
+  <si>
+    <t>Бур по бетону, двойная спираль SDS+ 10х150мм Harda</t>
+  </si>
+  <si>
+    <t>Ключ гаечный комбинированный, хромированный, 10 мм Hobbi</t>
+  </si>
+  <si>
+    <t>Бур по бетону, двойная спираль SDS+ 6х110мм Hardax</t>
+  </si>
+  <si>
     <t>Сверло по металлу 9.0х125мм P6M5/HSS TIN Hardax</t>
   </si>
   <si>
-    <t>Сверло по металлу 9.5х125мм P6M5/HSS TIN Hardax</t>
-[...274 lines deleted...]
-  <si>
     <t>Крепёжный материал</t>
   </si>
   <si>
     <t>DIN 125 Шайба М5 ZN (50шт)</t>
   </si>
   <si>
     <t>DIN 3055 Трос 1мм (500м)</t>
   </si>
   <si>
     <t>DIN 3055 Трос 4мм (250м)</t>
   </si>
   <si>
     <t>DIN 571 Шуруп с ШГ сантех. 10х80 ZN (2шт)</t>
   </si>
   <si>
     <t>DIN 571 Шуруп с ШГ сантех. 10х90 ZN (2шт)</t>
   </si>
   <si>
     <t>DIN 571 Шуруп с ШГ сантех. 8х70 ZN (2шт)</t>
   </si>
   <si>
     <t>DIN 6899 Коуш ZN 3мм (2шт)</t>
   </si>
   <si>
     <t>DIN 6899 Коуш ZN 4мм (2шт)</t>
@@ -4688,50 +4631,53 @@
   <si>
     <t>Заклепка 4,8х14 (18шт) алюм.</t>
   </si>
   <si>
     <t>Анкер-клин 6х40 (10шт)</t>
   </si>
   <si>
     <t>FUR 10х100 фасадный дюбель с ш\головкой шурупа</t>
   </si>
   <si>
     <t>Уголок УГФ-1 (95х18х3)</t>
   </si>
   <si>
     <t>Гвоздь финишный латунир. 1.4х40 (40шт)</t>
   </si>
   <si>
     <t>Уголок крепежный 50х50х35х2.0мм оцинкованный</t>
   </si>
   <si>
     <t>Гайка удлиненная М8 13*24</t>
   </si>
   <si>
     <t>Зажим троса Al D2 (2шт)</t>
   </si>
   <si>
+    <t>Саморез со сверлом 4,2</t>
+  </si>
+  <si>
     <t>Кондиционеры</t>
   </si>
   <si>
     <t>Настенные кондиционеры</t>
   </si>
   <si>
     <t>Сплит-система Kentatsu KSGM26HZAN1/KSRM26HZAN1</t>
   </si>
   <si>
     <t>Сплит-система Kentatsu KSGM35HZAN1/KSRM35HZAN1</t>
   </si>
   <si>
     <t>Сплит-система Kentatsu KSGM70HZAN1/KSRM70HZAN1</t>
   </si>
   <si>
     <t>Сплит-система Kentatsu KSGH26HFAN1/KSRH26HFAN1</t>
   </si>
   <si>
     <t>Сплит-система Kentatsu KSGH35HFAN1/KSRH35HFAN1</t>
   </si>
   <si>
     <t>Сплит-система Kentatsu KSGH70HFAN1/KSRH70HFAN1</t>
   </si>
   <si>
     <t>Кондиционеры мульти сплит-системы</t>
@@ -4889,155 +4835,146 @@
   <si>
     <t>Подводка 1/2-10 2.00м нерж. смес. длин.</t>
   </si>
   <si>
     <t>Подводка FM 4.00м нерж.г/ш</t>
   </si>
   <si>
     <t>Подводка 1/2-10 1.50м нерж. смес. кор.</t>
   </si>
   <si>
     <t>Подводка FM 0.30м нерж.г/ш</t>
   </si>
   <si>
     <t>Подводка FM 1.00м нерж.г/ш</t>
   </si>
   <si>
     <t>Подводка FM 1.20м нерж.г/ш</t>
   </si>
   <si>
     <t>Переходник на шланг 3/4" ВР JIF 336</t>
   </si>
   <si>
     <t>Переходник на шланг 3/4" НР JIF 335</t>
   </si>
   <si>
-    <t>Шланг сливной 1,0м</t>
-[...1 lines deleted...]
-  <si>
     <t>Соединитель д/слив.шлангов 19, 19</t>
   </si>
   <si>
+    <t>Шланг заливнойТБХ-500 3.0м</t>
+  </si>
+  <si>
+    <t>Шланг сливной 5.0м</t>
+  </si>
+  <si>
+    <t>Подводка 1/2-10 2.00м нерж. смес.кор.</t>
+  </si>
+  <si>
+    <t>Подводка FF 1.00м нерж.</t>
+  </si>
+  <si>
+    <t>Шланг сливной 3.5м</t>
+  </si>
+  <si>
+    <t>Подводка FF 0.80м нерж.</t>
+  </si>
+  <si>
+    <t>Подводка FF 0.40м нерж.</t>
+  </si>
+  <si>
+    <t>Шланг стальной наливной 3м</t>
+  </si>
+  <si>
+    <t>Подводка 1/2-10 0.80м нерж. смес. кор.</t>
+  </si>
+  <si>
+    <t>Подводка FF 3.50м нерж.</t>
+  </si>
+  <si>
+    <t>Шланг заливнойТБХ-500 5.0м</t>
+  </si>
+  <si>
+    <t>Подводка FM 3.00м нерж.г/ш</t>
+  </si>
+  <si>
+    <t>Подводка FM 5.00м</t>
+  </si>
+  <si>
+    <t>Шланг заливнойТБХ-500 2.5м</t>
+  </si>
+  <si>
+    <t>Подводка FF 1.50м нерж.</t>
+  </si>
+  <si>
+    <t>Шланг заливнойТБХ-500 2.0м</t>
+  </si>
+  <si>
+    <t>Подводка 1/2-10 0.50м нерж. смес. кор.</t>
+  </si>
+  <si>
+    <t>Подводка FM 0.60м нерж.г/ш</t>
+  </si>
+  <si>
+    <t>Подводка FF 0.30м нерж.</t>
+  </si>
+  <si>
+    <t>Шланг стальной наливной 4м</t>
+  </si>
+  <si>
+    <t>Подводка 1/2-10 0.50м нерж. смес. длин.</t>
+  </si>
+  <si>
+    <t>Подводка FF 2.00м нерж.</t>
+  </si>
+  <si>
+    <t>Подводка 1/2-10 1.00м нерж. смес. дл.</t>
+  </si>
+  <si>
+    <t>Подводка 1/2-10 1.00м нерж. смес. кор.</t>
+  </si>
+  <si>
+    <t>Шланг стальной наливной 2м</t>
+  </si>
+  <si>
+    <t>Подводка 1/2-10 0.80м нерж. смес. длин.</t>
+  </si>
+  <si>
+    <t>Подводка 1/2-10 1.20м нерж. смес. кор.</t>
+  </si>
+  <si>
+    <t>Шланг сливной 1,5м</t>
+  </si>
+  <si>
+    <t>Шланг сливной 4.5 м</t>
+  </si>
+  <si>
+    <t>Подводка 1/2-10 0.60м нерж. смес. длин.</t>
+  </si>
+  <si>
     <t>Подводка 1/2-10 0.60м нерж. смес. кор.</t>
   </si>
   <si>
-    <t>Шланг заливнойТБХ-500 3.0м</t>
-[...94 lines deleted...]
-  <si>
     <t>Канализационные трубы и фитинг ПВХ</t>
   </si>
   <si>
     <t>Заглушка РР 40</t>
   </si>
   <si>
     <t>Компенсатор РР 50</t>
   </si>
   <si>
     <t>Крепление РР 110</t>
   </si>
   <si>
     <t>Крепление РР 40</t>
   </si>
   <si>
     <t>Крепление РР 50</t>
   </si>
   <si>
     <t>Крестовина РР 110-110-87*</t>
   </si>
   <si>
     <t>Крестовина РР 50-50-87*</t>
   </si>
   <si>
     <t>Муфта РР 40</t>
@@ -5228,74 +5165,74 @@
   <si>
     <t>Клапан наполнительный боковая подв. КН 54 Псков</t>
   </si>
   <si>
     <t>Отвод РР 40-87*</t>
   </si>
   <si>
     <t>Вакуумный клапан РР-канал 110</t>
   </si>
   <si>
     <t>Тройник РР 50-40-87*</t>
   </si>
   <si>
     <t>Компенсатор РР 110</t>
   </si>
   <si>
     <t>Труба РР 40-250</t>
   </si>
   <si>
     <t>Труба РР 50-500</t>
   </si>
   <si>
     <t>Труба РР 110-500</t>
   </si>
   <si>
+    <t>Переходник РР 110-50</t>
+  </si>
+  <si>
     <t>Краны шаровые, вентили</t>
   </si>
   <si>
     <t>00181 Вентиль тройник255/стир.маш./20/</t>
   </si>
   <si>
     <t>03737 Вентиль 15Б3р Ду20 Бологое</t>
   </si>
   <si>
     <t>04096 Кран шар.ГРАНД 1/2 " ММ дл.ручка/12/</t>
   </si>
   <si>
     <t>05413 Вентиль 15Б3р Ду15 Бологое</t>
   </si>
   <si>
     <t>10129 Кран шар.АКВАТЕХ.дл.руч.ам.угл 3/4" п/м /6/</t>
   </si>
   <si>
     <t>Вентиль Ду-32</t>
   </si>
   <si>
-    <t>Клапан термостатический R422TG 3/4" FM амер. GIACO</t>
-[...1 lines deleted...]
-  <si>
     <t>Кран  д/стир.маш. 1/2х3/4х1/2 ARCO</t>
   </si>
   <si>
     <t>Кран  д/стир.маш. 1/2х3/4х1/2 вентиль Valtec</t>
   </si>
   <si>
     <t>Кран  Маевского 1/2</t>
   </si>
   <si>
     <t>Кран  Маевского 3/8</t>
   </si>
   <si>
     <t>Кран 3-х прох мат  шар ш/ш/г TUBOFLEX</t>
   </si>
   <si>
     <t>Кран REMER шар 20 FF</t>
   </si>
   <si>
     <t>Кран REMER шар 20 FM</t>
   </si>
   <si>
     <t>Кран шар Bugatti арт.322 Ду=1" американка</t>
   </si>
   <si>
     <t>Кран шар Bugatti арт.600 Ду=3/4 FF рычаг</t>
@@ -5636,92 +5573,95 @@
   <si>
     <t>Лючок Планета метал 3050ЛМ</t>
   </si>
   <si>
     <t>Дверца Vents Д 300х300 ABS</t>
   </si>
   <si>
     <t>Лючок Планета метал 6080ЛМ</t>
   </si>
   <si>
     <t>Лючок Планета метал 4060ЛМ</t>
   </si>
   <si>
     <t>Лючок Планета метал 2550ЛМ</t>
   </si>
   <si>
     <t>L2030N, Люк ревизионный LN 223х323 нажимной фланец 200х300 пластик EVECS</t>
   </si>
   <si>
     <t>ЛТ2020Мп, Люк ревизионный ЛТМп фланец 200х200 ручка магнит 260х260 окраш.сталь EVECS</t>
   </si>
   <si>
     <t>L2530N, Люк ревизионный LN 275х325 нажимной фланец 250х300 пластик EVECS</t>
   </si>
   <si>
+    <t>Л2025Р, Люк ревизионный ЛР фланец 196х246 ручка 218х268 пластик EVECS</t>
+  </si>
+  <si>
+    <t>Лючок Планета метал с замком 4060ЛМЗ</t>
+  </si>
+  <si>
+    <t>L2040N black, Люк ревизионный LN фланец 200х400 нажимной 223х423 пластик black EVECS</t>
+  </si>
+  <si>
+    <t>L1530N, Люк ревизионный LN 172х322 нажимной фланец 150х300 пластик EVECS</t>
+  </si>
+  <si>
+    <t>L2030N black, Люк ревизионный LN фланец 200х300 нажимной 223х323 пластик black EVECS</t>
+  </si>
+  <si>
+    <t>Лючок Планета метал 3040ЛМ</t>
+  </si>
+  <si>
+    <t>Л1530Р, Люк-дверца ревизионная 168х318 с фланцем 146х296 с ручкой АБС</t>
+  </si>
+  <si>
+    <t>Лючок Планета метал 2030ЛМ</t>
+  </si>
+  <si>
+    <t>Л4040Р, Люк ревизионный ЛР фланец 396х396  ручка 418х418 пластик EVECS</t>
+  </si>
+  <si>
+    <t>Лючок Планета метал 2050ЛМ</t>
+  </si>
+  <si>
+    <t>Л1010Р, Люк-дверца ревизионная 122х122 с фланцем 98х98 с ручкой АБС</t>
+  </si>
+  <si>
+    <t>Л4050Р, Люк-дверца ревизионная 418х518 с фланцем 396х496 с ручкой АБС</t>
+  </si>
+  <si>
+    <t>Л3040Р, Люк-дверца ревизионная 318х418 с фланцем 296х396 с ручкой АБС</t>
+  </si>
+  <si>
+    <t>Л3060Р, Люк ревизионный ЛР фланец 296х596 ручка 318х618 пластик EVECS</t>
+  </si>
+  <si>
     <t>L3040N, Люк ревизионный LN 327х427 нажимной фланец 300х400 пластик EVECS</t>
   </si>
   <si>
-    <t>Л2025Р, Люк ревизионный ЛР фланец 196х246 ручка 218х268 пластик EVECS</t>
-[...37 lines deleted...]
-  <si>
     <t>Манжеты переходные</t>
   </si>
   <si>
     <t>Манжета WC конусная</t>
   </si>
   <si>
     <t>Манжета WC ступенчатая</t>
   </si>
   <si>
     <t>Манжета переходная D110x123 трехлепестковая</t>
   </si>
   <si>
     <t>Манжета переходная D32x25 трехлепестковая</t>
   </si>
   <si>
     <t>Манжета переходная D40x25 трехлепестковая</t>
   </si>
   <si>
     <t>Манжета переходная D40x50 трехлепестковая</t>
   </si>
   <si>
     <t>Манжета переходная D40x73 трехлепестковая</t>
   </si>
   <si>
     <t>Манжета переходная D50x32 трехлепестковая</t>
@@ -6077,56 +6017,56 @@
   <si>
     <t>Прокладка 1" резина</t>
   </si>
   <si>
     <t>Прокладка 3/4 паранитовая</t>
   </si>
   <si>
     <t>П-2040 Прокладка коническая 40</t>
   </si>
   <si>
     <t>Фумлента FR502-2 Frap  /КНР/ Проф</t>
   </si>
   <si>
     <t>Прокладка 1" силиконовая</t>
   </si>
   <si>
     <t>Фумлента FR502-3 Frap  /КНР/</t>
   </si>
   <si>
     <t>П-3040 Прокладка корпусная 40</t>
   </si>
   <si>
     <t>Прокладка кольцо под американку 26*20*3</t>
   </si>
   <si>
+    <t>Лен сантехнический 20г</t>
+  </si>
+  <si>
     <t>Нить Сантех для резьбовых соединений 50м</t>
   </si>
   <si>
-    <t>Лен сантехнический 20г</t>
-[...1 lines deleted...]
-  <si>
     <t>Сифоны, гофры, сливы</t>
   </si>
   <si>
     <t>Труба фановая 110*45 санмикс</t>
   </si>
   <si>
     <t>C 5000 Сифон Ани Варяг</t>
   </si>
   <si>
     <t>E 050 Обвязка Ани для ванны плоск.</t>
   </si>
   <si>
     <t>E 155 Обвязка Ани для ванны 1,1/2" с г/тр.</t>
   </si>
   <si>
     <t>G 106 Гофросифон Ани 1 1/2х40/50</t>
   </si>
   <si>
     <t>G 116 Гофросифон Ани 1 1/2х40/50 удл.</t>
   </si>
   <si>
     <t>K 105 Гибкая труба Ани 1,1/2"х50</t>
   </si>
   <si>
     <t>K 216 Гибкая труба Ани 1,1/4"х40/50 удл.</t>
@@ -6239,89 +6179,89 @@
   <si>
     <t>АС-10101 Гибкая труба 40х40/50 950мм</t>
   </si>
   <si>
     <t>АС-10132 Гибкая труба 1"1/2х40/50 1350мм</t>
   </si>
   <si>
     <t>АС-10152 Гибкая труба 1"1/4х40/50 1350мм</t>
   </si>
   <si>
     <t>АС-10131 Гибкая труба 1"1/2х40/50 950мм</t>
   </si>
   <si>
     <t>А-8008 Сифон д/ванны регулируемый с переливом</t>
   </si>
   <si>
     <t>Пробка для ванны с метал. цепочкой силикон трехраз</t>
   </si>
   <si>
     <t>А-3200 Сифон бутылочный 1 1/4" б/выпуска</t>
   </si>
   <si>
     <t>А-3204-2 Выпуск 1 1/4"</t>
   </si>
   <si>
-    <t>А-4009 Сифон двойн. бутылочный 1 1/2" б/выпуска 40</t>
-[...1 lines deleted...]
-  <si>
     <t>А-4155 патрубок с одним отводоом</t>
   </si>
   <si>
     <t>А-2408 Сифон для ванны с переливом (полуавтомат)</t>
   </si>
   <si>
-    <t>Арматура/бач. нижняя хр.кнопка АБ-69.55.14.3 Пск</t>
-[...1 lines deleted...]
-  <si>
     <t>АС-1016 Гибкая труба 40х32 750мм</t>
   </si>
   <si>
     <t>А-4007-02 Выпуск 3 1/2"</t>
   </si>
   <si>
     <t>А-4008 Сифон д/ванны с переливом</t>
   </si>
   <si>
     <t>Гофра для унитаза армированная FD-С105</t>
   </si>
   <si>
     <t>Арматура/бач. нижняя. пл.кнопка АБ-69.57.14.0 Псков</t>
   </si>
   <si>
     <t>АС-1015 Гибкая труба 1"1/4х40/50 750мм</t>
   </si>
   <si>
     <t>Арматура/бач. боковая хр.шток АБ-66.03М.14.3 Пск</t>
   </si>
   <si>
     <t>АС-1010 Гибкая труба 40х40/50 750мм</t>
   </si>
   <si>
     <t>С-990 Слив раздвижной для унитаза 250...550мм</t>
   </si>
   <si>
+    <t>А-4003 Сифон бутылочный 1 1/2"  40 д/кухни</t>
+  </si>
+  <si>
+    <t>С-996 Гофра раздвижная для унитаза армированная</t>
+  </si>
+  <si>
     <t>Теплоизоляция для труб</t>
   </si>
   <si>
     <t>Трубка ЭНЕРГОФЛЕКС 15/9 (2м)</t>
   </si>
   <si>
     <t>Трубка ЭНЕРГОФЛЕКС 22/9 (2м)</t>
   </si>
   <si>
     <t>Трубка ЭНЕРГОФЛЕКС 35/9 (2м)</t>
   </si>
   <si>
     <t>Трубка ЭНЕРГОФЛЕКС 42/9 (2м)</t>
   </si>
   <si>
     <t>Трубка ЭНЕРГОФЛЕКС 48/9 (2м)</t>
   </si>
   <si>
     <t>Трубка ЭНЕРГОФЛЕКС 60/9 (2м)</t>
   </si>
   <si>
     <t>Трубка ЭНЕРГОФЛЕКС 76/9 (2м)</t>
   </si>
   <si>
     <t>Трубка ЭНЕРГОФЛЕКС 28/9 (2м)</t>
@@ -6398,53 +6338,50 @@
   <si>
     <t>Муфта 1" латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Муфта 1"-1/2 латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Муфта 1/2 латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Муфта 1/2-3/4 латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Муфта 1/2-3/4 чугун</t>
   </si>
   <si>
     <t>Муфта 1/2-3/8 латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Муфта 3/4 латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Муфта 3/8 латунь</t>
   </si>
   <si>
-    <t>Отвод 1" FF</t>
-[...1 lines deleted...]
-  <si>
     <t>Отвод 1"1/4 FF</t>
   </si>
   <si>
     <t>Отвод 1/2 FF латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Отвод 1/2 FF с креплением латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Отвод 1/2 FM латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Отвод 1/2 MM латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Отвод 3/4 FF латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Отвод 3/4 FF чугун</t>
   </si>
   <si>
     <t>Отвод 3/4 МM никель</t>
   </si>
   <si>
     <t>Переходник 1"-1/2 латунь Frap  /КНР/</t>
@@ -6599,53 +6536,50 @@
   <si>
     <t>Тройник 3/4-1/2-34 никель</t>
   </si>
   <si>
     <t>Клапан обратный 1/2 латунь Frap 405 /КНР/</t>
   </si>
   <si>
     <t>Тройник 1/2 МMF латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Трос сантехнический с вращающейся руч Ду-06мм/3.0м</t>
   </si>
   <si>
     <t>Эксцентрик 1/2«х3/4» латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Заглушка 1" ВР латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Заглушка 1/2 НР латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Отвод 3/4 FM латунь Frap  /КНР/</t>
   </si>
   <si>
-    <t>Трос сантехнический с вращающейся руч Ду-06мм/2.0м</t>
-[...1 lines deleted...]
-  <si>
     <t>Бочонок 1" латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Муфта 1"-3/4 латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Переходник 1"-3/4 латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Американка 1/2 латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Заглушка 1/2 ВР латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Переходник 1/2-3/4 латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Счетчик воды "GERRIDA" СВХ-15 Г с крепежом</t>
   </si>
   <si>
     <t>Хомуты сантехнические</t>
   </si>
   <si>
     <t>Переходник удлиненный 1/2 25мм латунь Frap  /КНР/</t>
@@ -6842,65 +6776,59 @@
   <si>
     <t>Аэратор мелкая сеточка 72-1 НР Frap  /КНР/</t>
   </si>
   <si>
     <t>Шланг для душа 150см. имп-имп Frap 44 ПВХ</t>
   </si>
   <si>
     <t>Держатель для душа F30 Frap</t>
   </si>
   <si>
     <t>Лейка для душа Frap F07 1-режимная</t>
   </si>
   <si>
     <t>Юбка(переход между гусаком исмесителем)F37</t>
   </si>
   <si>
     <t>Держатель для душа металлический F32 Frap</t>
   </si>
   <si>
     <t>Маховик с кран-буксой д/смесителя крест Frap 0009</t>
   </si>
   <si>
     <t>Гусак для смесителя ванна плоский зогнутый 40см F4</t>
   </si>
   <si>
-    <t>Шланг для душа 150см. имп-имп Frap G46</t>
-[...1 lines deleted...]
-  <si>
     <t>Лейка для душа Frap F12 3-режима</t>
   </si>
   <si>
     <t>Гусак для смесителя ванна плоский зогнутый 30см</t>
   </si>
   <si>
     <t>Картридж для шар см. 40мм F50-3 Frap</t>
   </si>
   <si>
-    <t>Шланг для душа 150см. имп-имп выдвигающий Frap G47</t>
-[...1 lines deleted...]
-  <si>
     <t>Лейка для смесителя F26</t>
   </si>
   <si>
     <t>Смеситель  FRAP для кухни шар D-40 F4929-В</t>
   </si>
   <si>
     <t>Тепловое оборудование</t>
   </si>
   <si>
     <t>Конвекторы</t>
   </si>
   <si>
     <t>Тепловая панель Эталон 026 SC.M</t>
   </si>
   <si>
     <t>Бытовые тепловентиляторы</t>
   </si>
   <si>
     <t>Тепловые завесы</t>
   </si>
   <si>
     <t>Тепловые пушки</t>
   </si>
   <si>
     <t>Тепловая пушка газовая Ballu BHG-10</t>
@@ -7020,53 +6948,50 @@
     <t>Кабель ВВГнг(А)-LS 4х2,5 (Озерский)</t>
   </si>
   <si>
     <t>Кабель ВВГнг 2х1,5пл(ож) -0,660 (ЮВЭЛТ)</t>
   </si>
   <si>
     <t>Кабель ВВГнг(А) 5х1,5</t>
   </si>
   <si>
     <t>Кабель ВВГ 4х1,5</t>
   </si>
   <si>
     <t>Кабель ВВГнг-LS 3х2,5</t>
   </si>
   <si>
     <t>Провод ПВС 2х0,75 (Провод-К)</t>
   </si>
   <si>
     <t>Кабель ВВГ 2х2,5</t>
   </si>
   <si>
     <t>Щиты-корпуса, расходка</t>
   </si>
   <si>
     <t>Изолятор угловой для «0» шины желтый ИЭК</t>
-  </si>
-[...1 lines deleted...]
-    <t>Клемник 12х16.0 ЭКФ</t>
   </si>
   <si>
     <t>Шина нулевая 6х9 8/2 (8групп/край)</t>
   </si>
   <si>
     <t>Щиток ЩРн-П-18 проз/дв IP40 бел ИЭК</t>
   </si>
   <si>
     <t>Клемник соед. 5р 250В 60А 9,5мм</t>
   </si>
   <si>
     <t>Коробка распр 80х80х40мм IP55</t>
   </si>
   <si>
     <t>Клемма 5-проводная компактная с пастой (WAGO)</t>
   </si>
   <si>
     <t>Клемник Полиамид 6.6,12р,110 С 450V 32A, 4мм.кв.</t>
   </si>
   <si>
     <t>Коробка распр 85х85х40мм IP44</t>
   </si>
   <si>
     <t>Щит навесной КМПн 2/6 6мод с крышкой IEK</t>
   </si>
@@ -7571,51 +7496,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B2390"/>
+  <dimension ref="A1:B2365"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" outlineLevelRow="2" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="105" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" customHeight="1" ht="70">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="2" t="s">
         <v>3</v>
@@ -7659,19014 +7584,18814 @@
       <c r="B9" s="0">
         <v>31110</v>
       </c>
     </row>
     <row r="10" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A10" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="0">
         <v>3335</v>
       </c>
     </row>
     <row r="11" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="0">
         <v>18645</v>
       </c>
     </row>
     <row r="12" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A12" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="0">
-        <v>368</v>
+        <v>375</v>
       </c>
     </row>
     <row r="13" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A13" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="0">
         <v>3355</v>
       </c>
     </row>
     <row r="14" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A14" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="0">
         <v>13710</v>
       </c>
     </row>
     <row r="15" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B15" s="0">
         <v>14635</v>
       </c>
     </row>
     <row r="16" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B16" s="0">
-        <v>2415</v>
+        <v>7890</v>
       </c>
     </row>
     <row r="17" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B17" s="0">
-        <v>7890</v>
-[...3 lines deleted...]
-      <c r="A18" s="0" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A18" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B18" s="0">
-[...4 lines deleted...]
-      <c r="A19" s="3" t="s">
+      <c r="B18" s="0"/>
+    </row>
+    <row r="19" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A19" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="B19" s="0"/>
+      <c r="B19" s="0">
+        <v>660</v>
+      </c>
     </row>
     <row r="20" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A20" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="0">
-        <v>660</v>
+        <v>7</v>
       </c>
     </row>
     <row r="21" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A21" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B21" s="0">
-        <v>7</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A22" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="0">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="23" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A23" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B23" s="0">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="24" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A24" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="0">
-        <v>185</v>
+        <v>145</v>
       </c>
     </row>
     <row r="25" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A25" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B25" s="0">
-        <v>145</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A26" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="0">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A27" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B27" s="0">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A28" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B28" s="0">
-        <v>30</v>
+        <v>210</v>
       </c>
     </row>
     <row r="29" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A29" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B29" s="0">
-        <v>210</v>
+        <v>305</v>
       </c>
     </row>
     <row r="30" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A30" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B30" s="0">
-        <v>305</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A31" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B31" s="0">
-        <v>1</v>
+        <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A32" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B32" s="0">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A33" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B33" s="0">
-        <v>40</v>
+        <v>2</v>
       </c>
     </row>
     <row r="34" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A34" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B34" s="0">
-        <v>2</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A35" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B35" s="0">
-        <v>100</v>
+        <v>28</v>
       </c>
     </row>
     <row r="36" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A36" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B36" s="0">
-        <v>28</v>
+        <v>2</v>
       </c>
     </row>
     <row r="37" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A37" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B37" s="0">
-        <v>290</v>
+        <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A38" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B38" s="0">
-        <v>2</v>
+        <v>125</v>
       </c>
     </row>
     <row r="39" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A39" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B39" s="0">
-        <v>20</v>
+        <v>698</v>
       </c>
     </row>
     <row r="40" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A40" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B40" s="0">
-        <v>125</v>
+        <v>2</v>
       </c>
     </row>
     <row r="41" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A41" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B41" s="0">
-        <v>698</v>
+        <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A42" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B42" s="0">
-        <v>2</v>
+        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A43" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B43" s="0">
-        <v>75</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="44" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A44" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B44" s="0">
-        <v>40</v>
+        <v>560</v>
       </c>
     </row>
     <row r="45" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A45" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B45" s="0">
-        <v>140</v>
+        <v>75</v>
       </c>
     </row>
     <row r="46" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A46" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B46" s="0">
-        <v>1045</v>
-[...3 lines deleted...]
-      <c r="A47" s="0" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="47" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A47" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B47" s="0">
-[...4 lines deleted...]
-      <c r="A48" s="3" t="s">
+      <c r="B47" s="0"/>
+    </row>
+    <row r="48" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A48" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="B48" s="0"/>
+      <c r="B48" s="0">
+        <v>650</v>
+      </c>
     </row>
     <row r="49" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A49" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B49" s="0">
-        <v>650</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="50" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A50" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B50" s="0">
-        <v>1650</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="51" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A51" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B51" s="0">
-        <v>3900</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="52" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A52" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B52" s="0">
-        <v>1080</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="53" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A53" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B53" s="0">
-        <v>1235</v>
+        <v>442</v>
       </c>
     </row>
     <row r="54" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A54" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B54" s="0">
-        <v>442</v>
+        <v>6995</v>
       </c>
     </row>
     <row r="55" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A55" s="0" t="s">
         <v>54</v>
       </c>
       <c r="B55" s="0">
-        <v>6995</v>
+        <v>7075</v>
       </c>
     </row>
     <row r="56" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A56" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B56" s="0">
-        <v>7075</v>
+        <v>7575</v>
       </c>
     </row>
     <row r="57" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A57" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B57" s="0">
         <v>7575</v>
       </c>
     </row>
     <row r="58" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A58" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B58" s="0">
-        <v>7575</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="59" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A59" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B59" s="0">
-        <v>2665</v>
+        <v>5100</v>
       </c>
     </row>
     <row r="60" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A60" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B60" s="0">
-        <v>5100</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="61" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A61" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B61" s="0">
-        <v>3100</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="62" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A62" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B62" s="0">
-        <v>3110</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="63" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A63" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B63" s="0">
-        <v>2940</v>
+        <v>3995</v>
       </c>
     </row>
     <row r="64" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A64" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B64" s="0">
-        <v>3995</v>
+        <v>165</v>
       </c>
     </row>
     <row r="65" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A65" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B65" s="0">
-        <v>165</v>
+        <v>6350</v>
       </c>
     </row>
     <row r="66" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A66" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B66" s="0">
-        <v>465</v>
+        <v>9980</v>
       </c>
     </row>
     <row r="67" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A67" s="0" t="s">
         <v>66</v>
       </c>
       <c r="B67" s="0">
-        <v>6350</v>
+        <v>8725</v>
       </c>
     </row>
     <row r="68" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A68" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B68" s="0">
-        <v>9980</v>
+        <v>4775</v>
       </c>
     </row>
     <row r="69" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A69" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B69" s="0">
-        <v>8725</v>
+        <v>5925</v>
       </c>
     </row>
     <row r="70" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A70" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B70" s="0">
-        <v>4775</v>
+        <v>5700</v>
       </c>
     </row>
     <row r="71" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A71" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B71" s="0">
-        <v>5925</v>
+        <v>270</v>
       </c>
     </row>
     <row r="72" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A72" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B72" s="0">
-        <v>5700</v>
+        <v>270</v>
       </c>
     </row>
     <row r="73" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A73" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B73" s="0">
-        <v>270</v>
+        <v>375</v>
       </c>
     </row>
     <row r="74" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A74" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B74" s="0">
-        <v>270</v>
+        <v>295</v>
       </c>
     </row>
     <row r="75" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A75" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B75" s="0">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="76" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A76" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B76" s="0">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="77" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A77" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B77" s="0">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="78" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A78" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B78" s="0">
-        <v>320</v>
+        <v>315</v>
       </c>
     </row>
     <row r="79" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A79" s="0" t="s">
         <v>78</v>
       </c>
       <c r="B79" s="0">
-        <v>320</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="80" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A80" s="0" t="s">
         <v>79</v>
       </c>
       <c r="B80" s="0">
-        <v>315</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="81" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A81" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B81" s="0">
-        <v>1620</v>
+        <v>7630</v>
       </c>
     </row>
     <row r="82" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A82" s="0" t="s">
         <v>81</v>
       </c>
       <c r="B82" s="0">
-        <v>1485</v>
+        <v>4395</v>
       </c>
     </row>
     <row r="83" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A83" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B83" s="0">
-        <v>7630</v>
+        <v>3740</v>
       </c>
     </row>
     <row r="84" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A84" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B84" s="0">
-        <v>4395</v>
+        <v>5250</v>
       </c>
     </row>
     <row r="85" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A85" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B85" s="0">
-        <v>3740</v>
+        <v>7220</v>
       </c>
     </row>
     <row r="86" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A86" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B86" s="0">
-        <v>5250</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="87" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A87" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B87" s="0">
-        <v>7220</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="88" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A88" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B88" s="0">
-        <v>2570</v>
+        <v>7230</v>
       </c>
     </row>
     <row r="89" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A89" s="0" t="s">
         <v>88</v>
       </c>
       <c r="B89" s="0">
-        <v>2720</v>
+        <v>809</v>
       </c>
     </row>
     <row r="90" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A90" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B90" s="0">
-        <v>7230</v>
+        <v>4835</v>
       </c>
     </row>
     <row r="91" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A91" s="0" t="s">
         <v>90</v>
       </c>
       <c r="B91" s="0">
-        <v>809</v>
+        <v>5950</v>
       </c>
     </row>
     <row r="92" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A92" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B92" s="0">
-        <v>4835</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="93" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A93" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B93" s="0">
-        <v>5950</v>
+        <v>4355</v>
       </c>
     </row>
     <row r="94" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A94" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B94" s="0">
-        <v>1525</v>
+        <v>6395</v>
       </c>
     </row>
     <row r="95" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A95" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B95" s="0">
-        <v>4355</v>
+        <v>10695</v>
       </c>
     </row>
     <row r="96" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A96" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B96" s="0">
-        <v>6395</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="97" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A97" s="0" t="s">
         <v>96</v>
       </c>
       <c r="B97" s="0">
-        <v>10695</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="98" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A98" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B98" s="0">
-        <v>2370</v>
+        <v>5235</v>
       </c>
     </row>
     <row r="99" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A99" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B99" s="0">
-        <v>3050</v>
+        <v>8995</v>
       </c>
     </row>
     <row r="100" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A100" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B100" s="0">
-        <v>5235</v>
+        <v>4395</v>
       </c>
     </row>
     <row r="101" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A101" s="0" t="s">
         <v>100</v>
       </c>
       <c r="B101" s="0">
-        <v>8995</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="102" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A102" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B102" s="0">
-        <v>4395</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="103" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A103" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B103" s="0">
-        <v>1865</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="104" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A104" s="0" t="s">
         <v>103</v>
       </c>
       <c r="B104" s="0">
-        <v>2285</v>
+        <v>4065</v>
       </c>
     </row>
     <row r="105" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A105" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B105" s="0">
-        <v>1170</v>
+        <v>7280</v>
       </c>
     </row>
     <row r="106" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A106" s="0" t="s">
         <v>105</v>
       </c>
       <c r="B106" s="0">
-        <v>4065</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="107" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A107" s="0" t="s">
         <v>106</v>
       </c>
       <c r="B107" s="0">
-        <v>7280</v>
+        <v>7735</v>
       </c>
     </row>
     <row r="108" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A108" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B108" s="0">
-        <v>1140</v>
+        <v>13140</v>
       </c>
     </row>
     <row r="109" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A109" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B109" s="0">
-        <v>8505</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="110" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A110" s="0" t="s">
         <v>109</v>
       </c>
       <c r="B110" s="0">
-        <v>7735</v>
+        <v>3070</v>
       </c>
     </row>
     <row r="111" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A111" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B111" s="0">
-        <v>13140</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="112" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A112" s="0" t="s">
         <v>111</v>
       </c>
       <c r="B112" s="0">
-        <v>2892</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="113" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A113" s="0" t="s">
         <v>112</v>
       </c>
       <c r="B113" s="0">
-        <v>3070</v>
+        <v>10445</v>
       </c>
     </row>
     <row r="114" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A114" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B114" s="0">
-        <v>2984</v>
+        <v>5900</v>
       </c>
     </row>
     <row r="115" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A115" s="0" t="s">
         <v>114</v>
       </c>
       <c r="B115" s="0">
-        <v>1870</v>
+        <v>8845</v>
       </c>
     </row>
     <row r="116" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A116" s="0" t="s">
         <v>115</v>
       </c>
       <c r="B116" s="0">
-        <v>10445</v>
+        <v>3970</v>
       </c>
     </row>
     <row r="117" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A117" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B117" s="0">
-        <v>5900</v>
+        <v>5660</v>
       </c>
     </row>
     <row r="118" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A118" s="0" t="s">
         <v>117</v>
       </c>
       <c r="B118" s="0">
-        <v>8845</v>
+        <v>7475</v>
       </c>
     </row>
     <row r="119" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A119" s="0" t="s">
         <v>118</v>
       </c>
       <c r="B119" s="0">
-        <v>3970</v>
+        <v>5665</v>
       </c>
     </row>
     <row r="120" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A120" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B120" s="0">
-        <v>5660</v>
+        <v>4605</v>
       </c>
     </row>
     <row r="121" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A121" s="0" t="s">
         <v>120</v>
       </c>
       <c r="B121" s="0">
-        <v>7475</v>
+        <v>5910</v>
       </c>
     </row>
     <row r="122" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A122" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B122" s="0">
-        <v>5665</v>
+        <v>4610</v>
       </c>
     </row>
     <row r="123" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A123" s="0" t="s">
         <v>122</v>
       </c>
       <c r="B123" s="0">
-        <v>4605</v>
+        <v>3265</v>
       </c>
     </row>
     <row r="124" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A124" s="0" t="s">
         <v>123</v>
       </c>
       <c r="B124" s="0">
-        <v>5910</v>
+        <v>6060</v>
       </c>
     </row>
     <row r="125" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A125" s="0" t="s">
         <v>124</v>
       </c>
       <c r="B125" s="0">
-        <v>4610</v>
+        <v>4270</v>
       </c>
     </row>
     <row r="126" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A126" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B126" s="0">
-        <v>3265</v>
+        <v>4270</v>
       </c>
     </row>
     <row r="127" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A127" s="0" t="s">
         <v>126</v>
       </c>
       <c r="B127" s="0">
-        <v>6060</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="128" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A128" s="0" t="s">
         <v>127</v>
       </c>
       <c r="B128" s="0">
-        <v>4270</v>
+        <v>13140</v>
       </c>
     </row>
     <row r="129" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A129" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B129" s="0">
-        <v>4270</v>
+        <v>3015</v>
       </c>
     </row>
     <row r="130" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A130" s="0" t="s">
         <v>129</v>
       </c>
       <c r="B130" s="0">
-        <v>1565</v>
+        <v>5155</v>
       </c>
     </row>
     <row r="131" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A131" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B131" s="0">
-        <v>13140</v>
+        <v>6555</v>
       </c>
     </row>
     <row r="132" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A132" s="0" t="s">
         <v>131</v>
       </c>
       <c r="B132" s="0">
-        <v>3015</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="133" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A133" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B133" s="0">
-        <v>6185</v>
+        <v>995</v>
       </c>
     </row>
     <row r="134" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A134" s="0" t="s">
         <v>133</v>
       </c>
       <c r="B134" s="0">
-        <v>5155</v>
+        <v>11295</v>
       </c>
     </row>
     <row r="135" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A135" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B135" s="0">
-        <v>6185</v>
+        <v>6320</v>
       </c>
     </row>
     <row r="136" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A136" s="0" t="s">
         <v>135</v>
       </c>
       <c r="B136" s="0">
-        <v>2430</v>
+        <v>13725</v>
       </c>
     </row>
     <row r="137" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A137" s="0" t="s">
         <v>136</v>
       </c>
       <c r="B137" s="0">
-        <v>995</v>
+        <v>8150</v>
       </c>
     </row>
     <row r="138" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A138" s="0" t="s">
         <v>137</v>
       </c>
       <c r="B138" s="0">
-        <v>11295</v>
+        <v>15660</v>
       </c>
     </row>
     <row r="139" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A139" s="0" t="s">
         <v>138</v>
       </c>
       <c r="B139" s="0">
-        <v>6320</v>
+        <v>13140</v>
       </c>
     </row>
     <row r="140" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A140" s="0" t="s">
         <v>139</v>
       </c>
       <c r="B140" s="0">
-        <v>13725</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="141" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A141" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B141" s="0">
-        <v>8150</v>
+        <v>3735</v>
       </c>
     </row>
     <row r="142" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A142" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B142" s="0">
-        <v>15660</v>
+        <v>6480</v>
       </c>
     </row>
     <row r="143" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A143" s="0" t="s">
         <v>142</v>
       </c>
       <c r="B143" s="0">
         <v>13140</v>
       </c>
     </row>
     <row r="144" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A144" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B144" s="0">
-        <v>3090</v>
+        <v>8650</v>
       </c>
     </row>
     <row r="145" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A145" s="0" t="s">
         <v>144</v>
       </c>
       <c r="B145" s="0">
-        <v>3735</v>
+        <v>7620</v>
       </c>
     </row>
     <row r="146" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A146" s="0" t="s">
         <v>145</v>
       </c>
       <c r="B146" s="0">
-        <v>6480</v>
+        <v>15660</v>
       </c>
     </row>
     <row r="147" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A147" s="0" t="s">
         <v>146</v>
       </c>
       <c r="B147" s="0">
-        <v>13140</v>
+        <v>3505</v>
       </c>
     </row>
     <row r="148" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A148" s="0" t="s">
         <v>147</v>
       </c>
       <c r="B148" s="0">
-        <v>8650</v>
+        <v>4870</v>
       </c>
     </row>
     <row r="149" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A149" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B149" s="0">
-        <v>7620</v>
+        <v>6630</v>
       </c>
     </row>
     <row r="150" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A150" s="0" t="s">
         <v>149</v>
       </c>
       <c r="B150" s="0">
-        <v>15660</v>
+        <v>13950</v>
       </c>
     </row>
     <row r="151" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A151" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B151" s="0">
-        <v>3505</v>
+        <v>13160</v>
       </c>
     </row>
     <row r="152" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A152" s="0" t="s">
         <v>151</v>
       </c>
       <c r="B152" s="0">
-        <v>4870</v>
+        <v>11295</v>
       </c>
     </row>
     <row r="153" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A153" s="0" t="s">
         <v>152</v>
       </c>
       <c r="B153" s="0">
-        <v>6630</v>
+        <v>12230</v>
       </c>
     </row>
     <row r="154" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A154" s="0" t="s">
         <v>153</v>
       </c>
       <c r="B154" s="0">
-        <v>13950</v>
+        <v>3490</v>
       </c>
     </row>
     <row r="155" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A155" s="0" t="s">
         <v>154</v>
       </c>
       <c r="B155" s="0">
-        <v>13160</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="156" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A156" s="0" t="s">
         <v>155</v>
       </c>
       <c r="B156" s="0">
-        <v>11295</v>
+        <v>13425</v>
       </c>
     </row>
     <row r="157" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A157" s="0" t="s">
         <v>156</v>
       </c>
       <c r="B157" s="0">
-        <v>12230</v>
+        <v>5180</v>
       </c>
     </row>
     <row r="158" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A158" s="0" t="s">
         <v>157</v>
       </c>
       <c r="B158" s="0">
-        <v>3490</v>
+        <v>5630</v>
       </c>
     </row>
     <row r="159" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A159" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B159" s="0">
-        <v>1595</v>
+        <v>3985</v>
       </c>
     </row>
     <row r="160" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A160" s="0" t="s">
         <v>159</v>
       </c>
       <c r="B160" s="0">
-        <v>13425</v>
+        <v>3890</v>
       </c>
     </row>
     <row r="161" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A161" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B161" s="0">
-        <v>5180</v>
+        <v>10865</v>
       </c>
     </row>
     <row r="162" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A162" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B162" s="0">
-        <v>5630</v>
+        <v>12135</v>
       </c>
     </row>
     <row r="163" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A163" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B163" s="0">
-        <v>13160</v>
+        <v>3725</v>
       </c>
     </row>
     <row r="164" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A164" s="0" t="s">
         <v>163</v>
       </c>
       <c r="B164" s="0">
-        <v>3985</v>
+        <v>8100</v>
       </c>
     </row>
     <row r="165" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A165" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B165" s="0">
-        <v>3890</v>
+        <v>9995</v>
       </c>
     </row>
     <row r="166" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A166" s="0" t="s">
         <v>165</v>
       </c>
       <c r="B166" s="0">
-        <v>10865</v>
+        <v>8075</v>
       </c>
     </row>
     <row r="167" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A167" s="0" t="s">
         <v>166</v>
       </c>
       <c r="B167" s="0">
-        <v>12135</v>
+        <v>11985</v>
       </c>
     </row>
     <row r="168" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A168" s="0" t="s">
         <v>167</v>
       </c>
       <c r="B168" s="0">
-        <v>3725</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="169" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A169" s="0" t="s">
         <v>168</v>
       </c>
       <c r="B169" s="0">
-        <v>8100</v>
+        <v>6350</v>
       </c>
     </row>
     <row r="170" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A170" s="0" t="s">
         <v>169</v>
       </c>
       <c r="B170" s="0">
-        <v>9995</v>
+        <v>8320</v>
       </c>
     </row>
     <row r="171" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A171" s="0" t="s">
         <v>170</v>
       </c>
       <c r="B171" s="0">
-        <v>8075</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="172" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A172" s="0" t="s">
         <v>171</v>
       </c>
       <c r="B172" s="0">
-        <v>11985</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="173" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A173" s="0" t="s">
         <v>172</v>
       </c>
       <c r="B173" s="0">
-        <v>1760</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="174" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A174" s="0" t="s">
         <v>173</v>
       </c>
       <c r="B174" s="0">
-        <v>6350</v>
+        <v>5145</v>
       </c>
     </row>
     <row r="175" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A175" s="0" t="s">
         <v>174</v>
       </c>
       <c r="B175" s="0">
-        <v>8320</v>
+        <v>6120</v>
       </c>
     </row>
     <row r="176" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A176" s="0" t="s">
         <v>175</v>
       </c>
       <c r="B176" s="0">
-        <v>1820</v>
+        <v>3860</v>
       </c>
     </row>
     <row r="177" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A177" s="0" t="s">
         <v>176</v>
       </c>
       <c r="B177" s="0">
-        <v>2945</v>
+        <v>4940</v>
       </c>
     </row>
     <row r="178" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A178" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B178" s="0">
-        <v>2560</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="179" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A179" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B179" s="0">
-        <v>5145</v>
+        <v>10550</v>
       </c>
     </row>
     <row r="180" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A180" s="0" t="s">
         <v>179</v>
       </c>
       <c r="B180" s="0">
-        <v>6120</v>
+        <v>7110</v>
       </c>
     </row>
     <row r="181" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A181" s="0" t="s">
         <v>180</v>
       </c>
       <c r="B181" s="0">
-        <v>3860</v>
+        <v>13140</v>
       </c>
     </row>
     <row r="182" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A182" s="0" t="s">
         <v>181</v>
       </c>
       <c r="B182" s="0">
-        <v>4940</v>
+        <v>5855</v>
       </c>
     </row>
     <row r="183" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A183" s="0" t="s">
         <v>182</v>
       </c>
       <c r="B183" s="0">
-        <v>2220</v>
+        <v>8760</v>
       </c>
     </row>
     <row r="184" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A184" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B184" s="0">
-        <v>10550</v>
+        <v>3065</v>
       </c>
     </row>
     <row r="185" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A185" s="0" t="s">
         <v>184</v>
       </c>
       <c r="B185" s="0">
-        <v>7110</v>
+        <v>3615</v>
       </c>
     </row>
     <row r="186" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A186" s="0" t="s">
         <v>185</v>
       </c>
       <c r="B186" s="0">
-        <v>13140</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="187" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A187" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B187" s="0">
-        <v>5855</v>
+        <v>4555</v>
       </c>
     </row>
     <row r="188" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A188" s="0" t="s">
         <v>187</v>
       </c>
       <c r="B188" s="0">
-        <v>8760</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="189" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A189" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B189" s="0">
-        <v>3065</v>
+        <v>8975</v>
       </c>
     </row>
     <row r="190" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A190" s="0" t="s">
         <v>189</v>
       </c>
       <c r="B190" s="0">
-        <v>3615</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="191" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A191" s="0" t="s">
         <v>190</v>
       </c>
       <c r="B191" s="0">
-        <v>1740</v>
+        <v>5210</v>
       </c>
     </row>
     <row r="192" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A192" s="0" t="s">
         <v>191</v>
       </c>
       <c r="B192" s="0">
-        <v>4555</v>
+        <v>9995</v>
       </c>
     </row>
     <row r="193" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A193" s="0" t="s">
         <v>192</v>
       </c>
       <c r="B193" s="0">
-        <v>2165</v>
+        <v>3840</v>
       </c>
     </row>
     <row r="194" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A194" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B194" s="0">
-        <v>8975</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="195" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A195" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B195" s="0">
-        <v>2005</v>
+        <v>8100</v>
       </c>
     </row>
     <row r="196" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A196" s="0" t="s">
         <v>195</v>
       </c>
       <c r="B196" s="0">
-        <v>5210</v>
+        <v>25420</v>
       </c>
     </row>
     <row r="197" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A197" s="0" t="s">
         <v>196</v>
       </c>
       <c r="B197" s="0">
-        <v>9995</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="198" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A198" s="0" t="s">
         <v>197</v>
       </c>
       <c r="B198" s="0">
-        <v>3840</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="199" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A199" s="0" t="s">
         <v>198</v>
       </c>
       <c r="B199" s="0">
-        <v>1380</v>
+        <v>3460</v>
       </c>
     </row>
     <row r="200" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A200" s="0" t="s">
         <v>199</v>
       </c>
       <c r="B200" s="0">
-        <v>8100</v>
+        <v>6520</v>
       </c>
     </row>
     <row r="201" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A201" s="0" t="s">
         <v>200</v>
       </c>
       <c r="B201" s="0">
-        <v>25420</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="202" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A202" s="0" t="s">
         <v>201</v>
       </c>
       <c r="B202" s="0">
-        <v>2500</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="203" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A203" s="0" t="s">
         <v>202</v>
       </c>
       <c r="B203" s="0">
-        <v>1630</v>
+        <v>5300</v>
       </c>
     </row>
     <row r="204" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A204" s="0" t="s">
         <v>203</v>
       </c>
       <c r="B204" s="0">
-        <v>3460</v>
+        <v>11525</v>
       </c>
     </row>
     <row r="205" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A205" s="0" t="s">
         <v>204</v>
       </c>
       <c r="B205" s="0">
-        <v>11295</v>
+        <v>4290</v>
       </c>
     </row>
     <row r="206" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A206" s="0" t="s">
         <v>205</v>
       </c>
       <c r="B206" s="0">
-        <v>6520</v>
+        <v>18725</v>
       </c>
     </row>
     <row r="207" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A207" s="0" t="s">
         <v>206</v>
       </c>
       <c r="B207" s="0">
-        <v>11355</v>
+        <v>23260</v>
       </c>
     </row>
     <row r="208" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A208" s="0" t="s">
         <v>207</v>
       </c>
       <c r="B208" s="0">
-        <v>2940</v>
+        <v>13140</v>
       </c>
     </row>
     <row r="209" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A209" s="0" t="s">
         <v>208</v>
       </c>
       <c r="B209" s="0">
-        <v>3850</v>
+        <v>4020</v>
       </c>
     </row>
     <row r="210" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A210" s="0" t="s">
         <v>209</v>
       </c>
       <c r="B210" s="0">
-        <v>5300</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="211" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A211" s="0" t="s">
         <v>210</v>
       </c>
       <c r="B211" s="0">
-        <v>11525</v>
+        <v>9495</v>
       </c>
     </row>
     <row r="212" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A212" s="0" t="s">
         <v>211</v>
       </c>
       <c r="B212" s="0">
-        <v>4290</v>
+        <v>33550</v>
       </c>
     </row>
     <row r="213" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A213" s="0" t="s">
         <v>212</v>
       </c>
       <c r="B213" s="0">
-        <v>18725</v>
+        <v>9570</v>
       </c>
     </row>
     <row r="214" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A214" s="0" t="s">
         <v>213</v>
       </c>
       <c r="B214" s="0">
-        <v>23260</v>
+        <v>13955</v>
       </c>
     </row>
     <row r="215" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A215" s="0" t="s">
         <v>214</v>
       </c>
       <c r="B215" s="0">
-        <v>13140</v>
+        <v>8110</v>
       </c>
     </row>
     <row r="216" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A216" s="0" t="s">
         <v>215</v>
       </c>
       <c r="B216" s="0">
-        <v>4020</v>
+        <v>15510</v>
       </c>
     </row>
     <row r="217" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A217" s="0" t="s">
         <v>216</v>
       </c>
       <c r="B217" s="0">
-        <v>2345</v>
+        <v>20380</v>
       </c>
     </row>
     <row r="218" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A218" s="0" t="s">
         <v>217</v>
       </c>
       <c r="B218" s="0">
-        <v>9495</v>
+        <v>12495</v>
       </c>
     </row>
     <row r="219" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A219" s="0" t="s">
         <v>218</v>
       </c>
       <c r="B219" s="0">
-        <v>33550</v>
+        <v>3575</v>
       </c>
     </row>
     <row r="220" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A220" s="0" t="s">
         <v>219</v>
       </c>
       <c r="B220" s="0">
-        <v>9570</v>
+        <v>6655</v>
       </c>
     </row>
     <row r="221" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A221" s="0" t="s">
         <v>220</v>
       </c>
       <c r="B221" s="0">
-        <v>13955</v>
+        <v>3860</v>
       </c>
     </row>
     <row r="222" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A222" s="0" t="s">
         <v>221</v>
       </c>
       <c r="B222" s="0">
-        <v>8110</v>
+        <v>4030</v>
       </c>
     </row>
     <row r="223" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A223" s="0" t="s">
         <v>222</v>
       </c>
       <c r="B223" s="0">
-        <v>15510</v>
+        <v>4555</v>
       </c>
     </row>
     <row r="224" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A224" s="0" t="s">
-        <v>223</v>
+        <v>112</v>
       </c>
       <c r="B224" s="0">
-        <v>20380</v>
+        <v>9110</v>
       </c>
     </row>
     <row r="225" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A225" s="0" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="B225" s="0">
-        <v>12495</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="226" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A226" s="0" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="B226" s="0">
-        <v>3575</v>
+        <v>4480</v>
       </c>
     </row>
     <row r="227" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A227" s="0" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="B227" s="0">
-        <v>6655</v>
+        <v>51035</v>
       </c>
     </row>
     <row r="228" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A228" s="0" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B228" s="0">
-        <v>3860</v>
+        <v>36520</v>
       </c>
     </row>
     <row r="229" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A229" s="0" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="B229" s="0">
-        <v>4030</v>
+        <v>7575</v>
       </c>
     </row>
     <row r="230" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A230" s="0" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="B230" s="0">
-        <v>4555</v>
+        <v>4385</v>
       </c>
     </row>
     <row r="231" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A231" s="0" t="s">
-        <v>115</v>
+        <v>229</v>
       </c>
       <c r="B231" s="0">
-        <v>9110</v>
+        <v>8730</v>
       </c>
     </row>
     <row r="232" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A232" s="0" t="s">
         <v>230</v>
       </c>
       <c r="B232" s="0">
-        <v>7000</v>
+        <v>5680</v>
       </c>
     </row>
     <row r="233" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A233" s="0" t="s">
         <v>231</v>
       </c>
       <c r="B233" s="0">
-        <v>4480</v>
+        <v>3570</v>
       </c>
     </row>
     <row r="234" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A234" s="0" t="s">
         <v>232</v>
       </c>
       <c r="B234" s="0">
-        <v>51035</v>
+        <v>9100</v>
       </c>
     </row>
     <row r="235" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A235" s="0" t="s">
         <v>233</v>
       </c>
       <c r="B235" s="0">
-        <v>36520</v>
+        <v>21890</v>
       </c>
     </row>
     <row r="236" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A236" s="0" t="s">
         <v>234</v>
       </c>
       <c r="B236" s="0">
-        <v>7575</v>
+        <v>15955</v>
       </c>
     </row>
     <row r="237" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A237" s="0" t="s">
         <v>235</v>
       </c>
       <c r="B237" s="0">
-        <v>4385</v>
+        <v>9895</v>
       </c>
     </row>
     <row r="238" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A238" s="0" t="s">
         <v>236</v>
       </c>
       <c r="B238" s="0">
-        <v>8730</v>
+        <v>10890</v>
       </c>
     </row>
     <row r="239" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A239" s="0" t="s">
         <v>237</v>
       </c>
       <c r="B239" s="0">
-        <v>5680</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="240" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A240" s="0" t="s">
         <v>238</v>
       </c>
       <c r="B240" s="0">
-        <v>3570</v>
+        <v>5725</v>
       </c>
     </row>
     <row r="241" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A241" s="0" t="s">
         <v>239</v>
       </c>
       <c r="B241" s="0">
-        <v>9100</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="242" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A242" s="0" t="s">
         <v>240</v>
       </c>
       <c r="B242" s="0">
-        <v>21890</v>
+        <v>8325</v>
       </c>
     </row>
     <row r="243" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A243" s="0" t="s">
         <v>241</v>
       </c>
       <c r="B243" s="0">
-        <v>15955</v>
+        <v>7025</v>
       </c>
     </row>
     <row r="244" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A244" s="0" t="s">
         <v>242</v>
       </c>
       <c r="B244" s="0">
-        <v>9895</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="245" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A245" s="0" t="s">
         <v>243</v>
       </c>
       <c r="B245" s="0">
-        <v>10890</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="246" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A246" s="0" t="s">
         <v>244</v>
       </c>
       <c r="B246" s="0">
-        <v>1850</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="247" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A247" s="0" t="s">
         <v>245</v>
       </c>
       <c r="B247" s="0">
-        <v>5725</v>
+        <v>250</v>
       </c>
     </row>
     <row r="248" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A248" s="0" t="s">
         <v>246</v>
       </c>
       <c r="B248" s="0">
-        <v>5600</v>
+        <v>6710</v>
       </c>
     </row>
     <row r="249" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A249" s="0" t="s">
         <v>247</v>
       </c>
       <c r="B249" s="0">
-        <v>8325</v>
+        <v>10295</v>
       </c>
     </row>
     <row r="250" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A250" s="0" t="s">
         <v>248</v>
       </c>
       <c r="B250" s="0">
-        <v>7025</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="251" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A251" s="0" t="s">
         <v>249</v>
       </c>
       <c r="B251" s="0">
-        <v>3170</v>
+        <v>11465</v>
       </c>
     </row>
     <row r="252" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A252" s="0" t="s">
         <v>250</v>
       </c>
       <c r="B252" s="0">
-        <v>2605</v>
+        <v>3935</v>
       </c>
     </row>
     <row r="253" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A253" s="0" t="s">
         <v>251</v>
       </c>
       <c r="B253" s="0">
-        <v>1525</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="254" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A254" s="0" t="s">
         <v>252</v>
       </c>
       <c r="B254" s="0">
-        <v>200</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="255" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A255" s="0" t="s">
         <v>253</v>
       </c>
       <c r="B255" s="0">
-        <v>6710</v>
+        <v>41845</v>
       </c>
     </row>
     <row r="256" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A256" s="0" t="s">
         <v>254</v>
       </c>
       <c r="B256" s="0">
-        <v>10295</v>
+        <v>19300</v>
       </c>
     </row>
     <row r="257" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A257" s="0" t="s">
         <v>255</v>
       </c>
       <c r="B257" s="0">
-        <v>2335</v>
+        <v>8915</v>
       </c>
     </row>
     <row r="258" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A258" s="0" t="s">
         <v>256</v>
       </c>
       <c r="B258" s="0">
-        <v>11465</v>
+        <v>13140</v>
       </c>
     </row>
     <row r="259" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A259" s="0" t="s">
         <v>257</v>
       </c>
       <c r="B259" s="0">
-        <v>1925</v>
+        <v>11610</v>
       </c>
     </row>
     <row r="260" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A260" s="0" t="s">
         <v>258</v>
       </c>
       <c r="B260" s="0">
-        <v>1535</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="261" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A261" s="0" t="s">
         <v>259</v>
       </c>
       <c r="B261" s="0">
-        <v>3935</v>
+        <v>12760</v>
       </c>
     </row>
     <row r="262" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A262" s="0" t="s">
         <v>260</v>
       </c>
       <c r="B262" s="0">
-        <v>7000</v>
+        <v>12665</v>
       </c>
     </row>
     <row r="263" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A263" s="0" t="s">
         <v>261</v>
       </c>
       <c r="B263" s="0">
-        <v>2345</v>
+        <v>7865</v>
       </c>
     </row>
     <row r="264" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A264" s="0" t="s">
         <v>262</v>
       </c>
       <c r="B264" s="0">
-        <v>41845</v>
+        <v>9115</v>
       </c>
     </row>
     <row r="265" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A265" s="0" t="s">
         <v>263</v>
       </c>
       <c r="B265" s="0">
-        <v>19300</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="266" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A266" s="0" t="s">
         <v>264</v>
       </c>
       <c r="B266" s="0">
-        <v>8915</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="267" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A267" s="0" t="s">
         <v>265</v>
       </c>
       <c r="B267" s="0">
-        <v>13140</v>
+        <v>3835</v>
       </c>
     </row>
     <row r="268" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A268" s="0" t="s">
         <v>266</v>
       </c>
       <c r="B268" s="0">
-        <v>11610</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="269" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A269" s="0" t="s">
         <v>267</v>
       </c>
       <c r="B269" s="0">
-        <v>2930</v>
+        <v>5180</v>
       </c>
     </row>
     <row r="270" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A270" s="0" t="s">
         <v>268</v>
       </c>
       <c r="B270" s="0">
-        <v>12760</v>
+        <v>3755</v>
       </c>
     </row>
     <row r="271" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A271" s="0" t="s">
         <v>269</v>
       </c>
       <c r="B271" s="0">
-        <v>12665</v>
+        <v>6690</v>
       </c>
     </row>
     <row r="272" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A272" s="0" t="s">
         <v>270</v>
       </c>
       <c r="B272" s="0">
-        <v>7865</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="273" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A273" s="0" t="s">
         <v>271</v>
       </c>
       <c r="B273" s="0">
-        <v>40825</v>
+        <v>7770</v>
       </c>
     </row>
     <row r="274" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A274" s="0" t="s">
         <v>272</v>
       </c>
       <c r="B274" s="0">
-        <v>9115</v>
+        <v>8930</v>
       </c>
     </row>
     <row r="275" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A275" s="0" t="s">
         <v>273</v>
       </c>
       <c r="B275" s="0">
-        <v>2995</v>
+        <v>4860</v>
       </c>
     </row>
     <row r="276" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A276" s="0" t="s">
         <v>274</v>
       </c>
       <c r="B276" s="0">
-        <v>1420</v>
+        <v>41590</v>
       </c>
     </row>
     <row r="277" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A277" s="0" t="s">
         <v>275</v>
       </c>
       <c r="B277" s="0">
-        <v>3835</v>
+        <v>6185</v>
       </c>
     </row>
     <row r="278" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A278" s="0" t="s">
         <v>276</v>
       </c>
       <c r="B278" s="0">
-        <v>3035</v>
+        <v>29995</v>
       </c>
     </row>
     <row r="279" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A279" s="0" t="s">
         <v>277</v>
       </c>
       <c r="B279" s="0">
-        <v>5180</v>
+        <v>11355</v>
       </c>
     </row>
     <row r="280" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A280" s="0" t="s">
         <v>278</v>
       </c>
       <c r="B280" s="0">
-        <v>3755</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="281" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A281" s="0" t="s">
         <v>279</v>
       </c>
       <c r="B281" s="0">
-        <v>29995</v>
-[...3 lines deleted...]
-      <c r="A282" s="0" t="s">
+        <v>1590</v>
+      </c>
+    </row>
+    <row r="282" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A282" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="B282" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B282" s="0"/>
     </row>
     <row r="283" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A283" s="0" t="s">
         <v>281</v>
       </c>
       <c r="B283" s="0">
-        <v>4860</v>
+        <v>345</v>
       </c>
     </row>
     <row r="284" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A284" s="0" t="s">
         <v>282</v>
       </c>
       <c r="B284" s="0">
-        <v>1335</v>
+        <v>250</v>
       </c>
     </row>
     <row r="285" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A285" s="0" t="s">
         <v>283</v>
       </c>
       <c r="B285" s="0">
-        <v>28365</v>
+        <v>96</v>
       </c>
     </row>
     <row r="286" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A286" s="0" t="s">
         <v>284</v>
       </c>
       <c r="B286" s="0">
-        <v>7770</v>
+        <v>114</v>
       </c>
     </row>
     <row r="287" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A287" s="0" t="s">
         <v>285</v>
       </c>
       <c r="B287" s="0">
-        <v>8930</v>
-[...3 lines deleted...]
-      <c r="A288" s="3" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="288" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A288" s="0" t="s">
         <v>286</v>
       </c>
-      <c r="B288" s="0"/>
+      <c r="B288" s="0">
+        <v>139</v>
+      </c>
     </row>
     <row r="289" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A289" s="0" t="s">
         <v>287</v>
       </c>
       <c r="B289" s="0">
-        <v>345</v>
+        <v>190</v>
       </c>
     </row>
     <row r="290" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A290" s="0" t="s">
         <v>288</v>
       </c>
       <c r="B290" s="0">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="291" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A291" s="0" t="s">
         <v>289</v>
       </c>
       <c r="B291" s="0">
-        <v>96</v>
+        <v>620</v>
       </c>
     </row>
     <row r="292" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A292" s="0" t="s">
         <v>290</v>
       </c>
       <c r="B292" s="0">
-        <v>114</v>
+        <v>880</v>
       </c>
     </row>
     <row r="293" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A293" s="0" t="s">
         <v>291</v>
       </c>
       <c r="B293" s="0">
-        <v>95</v>
+        <v>475</v>
       </c>
     </row>
     <row r="294" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A294" s="0" t="s">
         <v>292</v>
       </c>
       <c r="B294" s="0">
-        <v>139</v>
+        <v>935</v>
       </c>
     </row>
     <row r="295" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A295" s="0" t="s">
         <v>293</v>
       </c>
       <c r="B295" s="0">
-        <v>190</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="296" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A296" s="0" t="s">
         <v>294</v>
       </c>
       <c r="B296" s="0">
-        <v>210</v>
+        <v>245</v>
       </c>
     </row>
     <row r="297" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A297" s="0" t="s">
         <v>295</v>
       </c>
       <c r="B297" s="0">
-        <v>605</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="298" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A298" s="0" t="s">
         <v>296</v>
       </c>
       <c r="B298" s="0">
-        <v>880</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="299" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A299" s="0" t="s">
         <v>297</v>
       </c>
       <c r="B299" s="0">
-        <v>475</v>
+        <v>680</v>
       </c>
     </row>
     <row r="300" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A300" s="0" t="s">
         <v>298</v>
       </c>
       <c r="B300" s="0">
-        <v>935</v>
+        <v>580</v>
       </c>
     </row>
     <row r="301" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A301" s="0" t="s">
         <v>299</v>
       </c>
       <c r="B301" s="0">
-        <v>1070</v>
+        <v>775</v>
       </c>
     </row>
     <row r="302" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A302" s="0" t="s">
         <v>300</v>
       </c>
       <c r="B302" s="0">
-        <v>245</v>
+        <v>855</v>
       </c>
     </row>
     <row r="303" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A303" s="0" t="s">
         <v>301</v>
       </c>
       <c r="B303" s="0">
-        <v>1060</v>
+        <v>395</v>
       </c>
     </row>
     <row r="304" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A304" s="0" t="s">
         <v>302</v>
       </c>
       <c r="B304" s="0">
-        <v>1320</v>
+        <v>850</v>
       </c>
     </row>
     <row r="305" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A305" s="0" t="s">
         <v>303</v>
       </c>
       <c r="B305" s="0">
-        <v>680</v>
+        <v>250</v>
       </c>
     </row>
     <row r="306" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A306" s="0" t="s">
         <v>304</v>
       </c>
       <c r="B306" s="0">
-        <v>580</v>
+        <v>625</v>
       </c>
     </row>
     <row r="307" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A307" s="0" t="s">
         <v>305</v>
       </c>
       <c r="B307" s="0">
-        <v>775</v>
+        <v>705</v>
       </c>
     </row>
     <row r="308" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A308" s="0" t="s">
         <v>306</v>
       </c>
       <c r="B308" s="0">
-        <v>855</v>
+        <v>820</v>
       </c>
     </row>
     <row r="309" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A309" s="0" t="s">
         <v>307</v>
       </c>
       <c r="B309" s="0">
-        <v>395</v>
+        <v>410</v>
       </c>
     </row>
     <row r="310" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A310" s="0" t="s">
         <v>308</v>
       </c>
       <c r="B310" s="0">
-        <v>990</v>
+        <v>335</v>
       </c>
     </row>
     <row r="311" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A311" s="0" t="s">
         <v>309</v>
       </c>
       <c r="B311" s="0">
-        <v>850</v>
+        <v>398</v>
       </c>
     </row>
     <row r="312" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A312" s="0" t="s">
         <v>310</v>
       </c>
       <c r="B312" s="0">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="313" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A313" s="0" t="s">
         <v>311</v>
       </c>
       <c r="B313" s="0">
-        <v>625</v>
+        <v>470</v>
       </c>
     </row>
     <row r="314" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A314" s="0" t="s">
         <v>312</v>
       </c>
       <c r="B314" s="0">
-        <v>705</v>
+        <v>310</v>
       </c>
     </row>
     <row r="315" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A315" s="0" t="s">
         <v>313</v>
       </c>
       <c r="B315" s="0">
-        <v>820</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="316" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A316" s="0" t="s">
         <v>314</v>
       </c>
       <c r="B316" s="0">
-        <v>410</v>
+        <v>340</v>
       </c>
     </row>
     <row r="317" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A317" s="0" t="s">
         <v>315</v>
       </c>
       <c r="B317" s="0">
-        <v>335</v>
+        <v>510</v>
       </c>
     </row>
     <row r="318" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A318" s="0" t="s">
         <v>316</v>
       </c>
       <c r="B318" s="0">
-        <v>398</v>
+        <v>377</v>
       </c>
     </row>
     <row r="319" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A319" s="0" t="s">
         <v>317</v>
       </c>
       <c r="B319" s="0">
-        <v>750</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="320" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A320" s="0" t="s">
         <v>318</v>
       </c>
       <c r="B320" s="0">
-        <v>885</v>
+        <v>245</v>
       </c>
     </row>
     <row r="321" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A321" s="0" t="s">
         <v>319</v>
       </c>
       <c r="B321" s="0">
-        <v>470</v>
-[...3 lines deleted...]
-      <c r="A322" s="0" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="322" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A322" s="3" t="s">
         <v>320</v>
       </c>
-      <c r="B322" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B322" s="0"/>
     </row>
     <row r="323" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A323" s="0" t="s">
         <v>321</v>
       </c>
       <c r="B323" s="0">
-        <v>1685</v>
+        <v>955</v>
       </c>
     </row>
     <row r="324" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A324" s="0" t="s">
         <v>322</v>
       </c>
       <c r="B324" s="0">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="325" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A325" s="0" t="s">
         <v>323</v>
       </c>
       <c r="B325" s="0">
-        <v>510</v>
+        <v>795</v>
       </c>
     </row>
     <row r="326" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A326" s="0" t="s">
         <v>324</v>
       </c>
       <c r="B326" s="0">
-        <v>377</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="327" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A327" s="0" t="s">
         <v>325</v>
       </c>
       <c r="B327" s="0">
-        <v>1280</v>
+        <v>945</v>
       </c>
     </row>
     <row r="328" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A328" s="0" t="s">
         <v>326</v>
       </c>
       <c r="B328" s="0">
-        <v>240</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="329" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A329" s="0" t="s">
         <v>327</v>
       </c>
       <c r="B329" s="0">
-        <v>255</v>
-[...3 lines deleted...]
-      <c r="A330" s="3" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="330" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A330" s="0" t="s">
         <v>328</v>
       </c>
-      <c r="B330" s="0"/>
+      <c r="B330" s="0">
+        <v>1305</v>
+      </c>
     </row>
     <row r="331" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A331" s="0" t="s">
         <v>329</v>
       </c>
       <c r="B331" s="0">
-        <v>955</v>
+        <v>115</v>
       </c>
     </row>
     <row r="332" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A332" s="0" t="s">
         <v>330</v>
       </c>
       <c r="B332" s="0">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="333" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A333" s="0" t="s">
         <v>331</v>
       </c>
       <c r="B333" s="0">
-        <v>795</v>
+        <v>115</v>
       </c>
     </row>
     <row r="334" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A334" s="0" t="s">
         <v>332</v>
       </c>
       <c r="B334" s="0">
-        <v>1385</v>
+        <v>200</v>
       </c>
     </row>
     <row r="335" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A335" s="0" t="s">
         <v>333</v>
       </c>
       <c r="B335" s="0">
-        <v>945</v>
+        <v>660</v>
       </c>
     </row>
     <row r="336" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A336" s="0" t="s">
         <v>334</v>
       </c>
       <c r="B336" s="0">
-        <v>1305</v>
+        <v>300</v>
       </c>
     </row>
     <row r="337" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A337" s="0" t="s">
         <v>335</v>
       </c>
       <c r="B337" s="0">
-        <v>945</v>
+        <v>310</v>
       </c>
     </row>
     <row r="338" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A338" s="0" t="s">
         <v>336</v>
       </c>
       <c r="B338" s="0">
-        <v>1305</v>
+        <v>660</v>
       </c>
     </row>
     <row r="339" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A339" s="0" t="s">
         <v>337</v>
       </c>
       <c r="B339" s="0">
-        <v>115</v>
+        <v>200</v>
       </c>
     </row>
     <row r="340" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A340" s="0" t="s">
         <v>338</v>
       </c>
       <c r="B340" s="0">
-        <v>190</v>
+        <v>305</v>
       </c>
     </row>
     <row r="341" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A341" s="0" t="s">
         <v>339</v>
       </c>
       <c r="B341" s="0">
-        <v>115</v>
+        <v>430</v>
       </c>
     </row>
     <row r="342" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A342" s="0" t="s">
         <v>340</v>
       </c>
       <c r="B342" s="0">
-        <v>200</v>
+        <v>490</v>
       </c>
     </row>
     <row r="343" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A343" s="0" t="s">
         <v>341</v>
       </c>
       <c r="B343" s="0">
-        <v>660</v>
+        <v>165</v>
       </c>
     </row>
     <row r="344" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A344" s="0" t="s">
         <v>342</v>
       </c>
       <c r="B344" s="0">
-        <v>300</v>
+        <v>363</v>
       </c>
     </row>
     <row r="345" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A345" s="0" t="s">
         <v>343</v>
       </c>
       <c r="B345" s="0">
-        <v>310</v>
+        <v>190</v>
       </c>
     </row>
     <row r="346" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A346" s="0" t="s">
         <v>344</v>
       </c>
       <c r="B346" s="0">
-        <v>660</v>
+        <v>570</v>
       </c>
     </row>
     <row r="347" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A347" s="0" t="s">
         <v>345</v>
       </c>
       <c r="B347" s="0">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="348" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A348" s="0" t="s">
         <v>346</v>
       </c>
       <c r="B348" s="0">
-        <v>305</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="349" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A349" s="0" t="s">
         <v>347</v>
       </c>
       <c r="B349" s="0">
-        <v>390</v>
+        <v>285</v>
       </c>
     </row>
     <row r="350" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A350" s="0" t="s">
         <v>348</v>
       </c>
       <c r="B350" s="0">
-        <v>490</v>
+        <v>385</v>
       </c>
     </row>
     <row r="351" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A351" s="0" t="s">
         <v>349</v>
       </c>
       <c r="B351" s="0">
-        <v>165</v>
+        <v>435</v>
       </c>
     </row>
     <row r="352" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A352" s="0" t="s">
         <v>350</v>
       </c>
       <c r="B352" s="0">
-        <v>363</v>
+        <v>250</v>
       </c>
     </row>
     <row r="353" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A353" s="0" t="s">
         <v>351</v>
       </c>
       <c r="B353" s="0">
-        <v>190</v>
+        <v>660</v>
       </c>
     </row>
     <row r="354" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A354" s="0" t="s">
         <v>352</v>
       </c>
       <c r="B354" s="0">
-        <v>570</v>
+        <v>190</v>
       </c>
     </row>
     <row r="355" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A355" s="0" t="s">
         <v>353</v>
       </c>
       <c r="B355" s="0">
-        <v>195</v>
+        <v>515</v>
       </c>
     </row>
     <row r="356" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A356" s="0" t="s">
         <v>354</v>
       </c>
       <c r="B356" s="0">
-        <v>1065</v>
+        <v>400</v>
       </c>
     </row>
     <row r="357" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A357" s="0" t="s">
         <v>355</v>
       </c>
       <c r="B357" s="0">
-        <v>285</v>
+        <v>133</v>
       </c>
     </row>
     <row r="358" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A358" s="0" t="s">
         <v>356</v>
       </c>
       <c r="B358" s="0">
-        <v>385</v>
+        <v>687</v>
       </c>
     </row>
     <row r="359" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A359" s="0" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="B359" s="0">
-        <v>435</v>
+        <v>687</v>
       </c>
     </row>
     <row r="360" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A360" s="0" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="B360" s="0">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="361" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A361" s="0" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="B361" s="0">
-        <v>660</v>
+        <v>397</v>
       </c>
     </row>
     <row r="362" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A362" s="0" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
       <c r="B362" s="0">
-        <v>190</v>
+        <v>570</v>
       </c>
     </row>
     <row r="363" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A363" s="0" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="B363" s="0">
-        <v>515</v>
+        <v>170</v>
       </c>
     </row>
     <row r="364" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A364" s="0" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="B364" s="0">
-        <v>400</v>
+        <v>825</v>
       </c>
     </row>
     <row r="365" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A365" s="0" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="B365" s="0">
-        <v>133</v>
+        <v>200</v>
       </c>
     </row>
     <row r="366" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A366" s="0" t="s">
-        <v>364</v>
+        <v>363</v>
       </c>
       <c r="B366" s="0">
-        <v>687</v>
+        <v>485</v>
       </c>
     </row>
     <row r="367" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A367" s="0" t="s">
         <v>364</v>
       </c>
       <c r="B367" s="0">
-        <v>687</v>
+        <v>350</v>
       </c>
     </row>
     <row r="368" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A368" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B368" s="0">
-        <v>150</v>
+        <v>515</v>
       </c>
     </row>
     <row r="369" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A369" s="0" t="s">
         <v>366</v>
       </c>
       <c r="B369" s="0">
-        <v>397</v>
-[...3 lines deleted...]
-      <c r="A370" s="0" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="370" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A370" s="3" t="s">
         <v>367</v>
       </c>
-      <c r="B370" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B370" s="0"/>
     </row>
     <row r="371" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A371" s="0" t="s">
         <v>368</v>
       </c>
       <c r="B371" s="0">
-        <v>170</v>
+        <v>7350</v>
       </c>
     </row>
     <row r="372" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A372" s="0" t="s">
         <v>369</v>
       </c>
       <c r="B372" s="0">
-        <v>825</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="373" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A373" s="0" t="s">
         <v>370</v>
       </c>
       <c r="B373" s="0">
-        <v>190</v>
+        <v>885</v>
       </c>
     </row>
     <row r="374" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A374" s="0" t="s">
         <v>371</v>
       </c>
       <c r="B374" s="0">
-        <v>485</v>
+        <v>635</v>
       </c>
     </row>
     <row r="375" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A375" s="0" t="s">
         <v>372</v>
       </c>
       <c r="B375" s="0">
-        <v>350</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="376" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A376" s="0" t="s">
         <v>373</v>
       </c>
       <c r="B376" s="0">
-        <v>515</v>
+        <v>815</v>
       </c>
     </row>
     <row r="377" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A377" s="0" t="s">
         <v>374</v>
       </c>
       <c r="B377" s="0">
-        <v>960</v>
-[...3 lines deleted...]
-      <c r="A378" s="3" t="s">
+        <v>7390</v>
+      </c>
+    </row>
+    <row r="378" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A378" s="0" t="s">
         <v>375</v>
       </c>
-      <c r="B378" s="0"/>
+      <c r="B378" s="0">
+        <v>2075</v>
+      </c>
     </row>
     <row r="379" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A379" s="0" t="s">
         <v>376</v>
       </c>
       <c r="B379" s="0">
-        <v>7350</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="380" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A380" s="0" t="s">
         <v>377</v>
       </c>
       <c r="B380" s="0">
-        <v>1750</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="381" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A381" s="0" t="s">
         <v>378</v>
       </c>
       <c r="B381" s="0">
-        <v>885</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="382" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A382" s="0" t="s">
         <v>379</v>
       </c>
       <c r="B382" s="0">
-        <v>635</v>
+        <v>915</v>
       </c>
     </row>
     <row r="383" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A383" s="0" t="s">
         <v>380</v>
       </c>
       <c r="B383" s="0">
-        <v>1105</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="384" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A384" s="0" t="s">
         <v>381</v>
       </c>
       <c r="B384" s="0">
-        <v>815</v>
+        <v>260</v>
       </c>
     </row>
     <row r="385" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A385" s="0" t="s">
         <v>382</v>
       </c>
       <c r="B385" s="0">
-        <v>1520</v>
+        <v>205</v>
       </c>
     </row>
     <row r="386" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A386" s="0" t="s">
         <v>383</v>
       </c>
       <c r="B386" s="0">
-        <v>7390</v>
+        <v>655</v>
       </c>
     </row>
     <row r="387" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A387" s="0" t="s">
         <v>384</v>
       </c>
       <c r="B387" s="0">
-        <v>2035</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="388" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A388" s="0" t="s">
         <v>385</v>
       </c>
       <c r="B388" s="0">
-        <v>1560</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="389" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A389" s="0" t="s">
         <v>386</v>
       </c>
       <c r="B389" s="0">
-        <v>1450</v>
+        <v>360</v>
       </c>
     </row>
     <row r="390" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A390" s="0" t="s">
         <v>387</v>
       </c>
       <c r="B390" s="0">
-        <v>1575</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="391" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A391" s="0" t="s">
         <v>388</v>
       </c>
       <c r="B391" s="0">
-        <v>915</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="392" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A392" s="0" t="s">
         <v>389</v>
       </c>
       <c r="B392" s="0">
-        <v>2275</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="393" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A393" s="0" t="s">
         <v>390</v>
       </c>
       <c r="B393" s="0">
-        <v>260</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="394" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A394" s="0" t="s">
         <v>391</v>
       </c>
       <c r="B394" s="0">
-        <v>205</v>
+        <v>4110</v>
       </c>
     </row>
     <row r="395" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A395" s="0" t="s">
         <v>392</v>
       </c>
       <c r="B395" s="0">
-        <v>1380</v>
+        <v>720</v>
       </c>
     </row>
     <row r="396" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A396" s="0" t="s">
         <v>393</v>
       </c>
       <c r="B396" s="0">
-        <v>620</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="397" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A397" s="0" t="s">
         <v>394</v>
       </c>
       <c r="B397" s="0">
-        <v>1880</v>
-[...3 lines deleted...]
-      <c r="A398" s="0" t="s">
+        <v>1435</v>
+      </c>
+    </row>
+    <row r="398" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A398" s="3" t="s">
         <v>395</v>
       </c>
-      <c r="B398" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B398" s="0"/>
     </row>
     <row r="399" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A399" s="0" t="s">
         <v>396</v>
       </c>
       <c r="B399" s="0">
-        <v>360</v>
+        <v>11766</v>
       </c>
     </row>
     <row r="400" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A400" s="0" t="s">
         <v>397</v>
       </c>
       <c r="B400" s="0">
-        <v>720</v>
+        <v>13246</v>
       </c>
     </row>
     <row r="401" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A401" s="0" t="s">
         <v>398</v>
       </c>
       <c r="B401" s="0">
-        <v>2550</v>
+        <v>11470</v>
       </c>
     </row>
     <row r="402" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A402" s="0" t="s">
         <v>399</v>
       </c>
       <c r="B402" s="0">
-        <v>2800</v>
+        <v>21095</v>
       </c>
     </row>
     <row r="403" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A403" s="0" t="s">
         <v>400</v>
       </c>
       <c r="B403" s="0">
-        <v>1835</v>
+        <v>22067</v>
       </c>
     </row>
     <row r="404" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A404" s="0" t="s">
         <v>401</v>
       </c>
       <c r="B404" s="0">
-        <v>2230</v>
+        <v>15950</v>
       </c>
     </row>
     <row r="405" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A405" s="0" t="s">
         <v>402</v>
       </c>
       <c r="B405" s="0">
-        <v>1305</v>
+        <v>12800</v>
       </c>
     </row>
     <row r="406" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A406" s="0" t="s">
         <v>403</v>
       </c>
       <c r="B406" s="0">
-        <v>4110</v>
-[...3 lines deleted...]
-      <c r="A407" s="3" t="s">
+        <v>24849</v>
+      </c>
+    </row>
+    <row r="407" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A407" s="0" t="s">
         <v>404</v>
       </c>
-      <c r="B407" s="0"/>
+      <c r="B407" s="0">
+        <v>23280</v>
+      </c>
     </row>
     <row r="408" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A408" s="0" t="s">
         <v>405</v>
       </c>
       <c r="B408" s="0">
-        <v>11766</v>
+        <v>17405</v>
       </c>
     </row>
     <row r="409" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A409" s="0" t="s">
         <v>406</v>
       </c>
       <c r="B409" s="0">
-        <v>13246</v>
+        <v>29750</v>
       </c>
     </row>
     <row r="410" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A410" s="0" t="s">
         <v>407</v>
       </c>
       <c r="B410" s="0">
-        <v>11470</v>
+        <v>10560</v>
       </c>
     </row>
     <row r="411" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A411" s="0" t="s">
         <v>408</v>
       </c>
       <c r="B411" s="0">
-        <v>21095</v>
+        <v>10535</v>
       </c>
     </row>
     <row r="412" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A412" s="0" t="s">
         <v>409</v>
       </c>
       <c r="B412" s="0">
-        <v>22067</v>
+        <v>34535</v>
       </c>
     </row>
     <row r="413" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A413" s="0" t="s">
         <v>410</v>
       </c>
       <c r="B413" s="0">
-        <v>15950</v>
+        <v>12800</v>
       </c>
     </row>
     <row r="414" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A414" s="0" t="s">
         <v>411</v>
       </c>
       <c r="B414" s="0">
-        <v>12800</v>
+        <v>9110</v>
       </c>
     </row>
     <row r="415" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A415" s="0" t="s">
         <v>412</v>
       </c>
       <c r="B415" s="0">
-        <v>24849</v>
+        <v>9995</v>
       </c>
     </row>
     <row r="416" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A416" s="0" t="s">
         <v>413</v>
       </c>
       <c r="B416" s="0">
-        <v>23280</v>
+        <v>15695</v>
       </c>
     </row>
     <row r="417" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A417" s="0" t="s">
         <v>414</v>
       </c>
       <c r="B417" s="0">
-        <v>17405</v>
+        <v>20895</v>
       </c>
     </row>
     <row r="418" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A418" s="0" t="s">
         <v>415</v>
       </c>
       <c r="B418" s="0">
-        <v>29750</v>
+        <v>10955</v>
       </c>
     </row>
     <row r="419" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A419" s="0" t="s">
         <v>416</v>
       </c>
       <c r="B419" s="0">
-        <v>10560</v>
+        <v>8020</v>
       </c>
     </row>
     <row r="420" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A420" s="0" t="s">
         <v>417</v>
       </c>
       <c r="B420" s="0">
-        <v>10535</v>
+        <v>8520</v>
       </c>
     </row>
     <row r="421" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A421" s="0" t="s">
         <v>418</v>
       </c>
       <c r="B421" s="0">
-        <v>34535</v>
+        <v>9660</v>
       </c>
     </row>
     <row r="422" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A422" s="0" t="s">
         <v>419</v>
       </c>
       <c r="B422" s="0">
-        <v>12800</v>
-[...3 lines deleted...]
-      <c r="A423" s="0" t="s">
+        <v>11850</v>
+      </c>
+    </row>
+    <row r="423" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A423" s="3" t="s">
         <v>420</v>
       </c>
-      <c r="B423" s="0">
-[...4 lines deleted...]
-      <c r="A424" s="0" t="s">
+      <c r="B423" s="0"/>
+    </row>
+    <row r="424" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A424" s="3" t="s">
         <v>421</v>
       </c>
-      <c r="B424" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B424" s="0"/>
     </row>
     <row r="425" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A425" s="0" t="s">
         <v>422</v>
       </c>
       <c r="B425" s="0">
-        <v>9995</v>
+        <v>240</v>
       </c>
     </row>
     <row r="426" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A426" s="0" t="s">
         <v>423</v>
       </c>
       <c r="B426" s="0">
-        <v>15695</v>
+        <v>255</v>
       </c>
     </row>
     <row r="427" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A427" s="0" t="s">
         <v>424</v>
       </c>
       <c r="B427" s="0">
-        <v>20895</v>
+        <v>260</v>
       </c>
     </row>
     <row r="428" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A428" s="0" t="s">
         <v>425</v>
       </c>
       <c r="B428" s="0">
-        <v>10955</v>
+        <v>265</v>
       </c>
     </row>
     <row r="429" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A429" s="0" t="s">
         <v>426</v>
       </c>
       <c r="B429" s="0">
-        <v>8020</v>
+        <v>320</v>
       </c>
     </row>
     <row r="430" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A430" s="0" t="s">
         <v>427</v>
       </c>
       <c r="B430" s="0">
-        <v>8520</v>
+        <v>210</v>
       </c>
     </row>
     <row r="431" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A431" s="0" t="s">
         <v>428</v>
       </c>
       <c r="B431" s="0">
-        <v>9660</v>
-[...3 lines deleted...]
-      <c r="A432" s="3" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="432" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A432" s="0" t="s">
         <v>429</v>
       </c>
-      <c r="B432" s="0"/>
-[...2 lines deleted...]
-      <c r="A433" s="3" t="s">
+      <c r="B432" s="0">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="433" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A433" s="0" t="s">
         <v>430</v>
       </c>
-      <c r="B433" s="0"/>
+      <c r="B433" s="0">
+        <v>350</v>
+      </c>
     </row>
     <row r="434" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A434" s="0" t="s">
         <v>431</v>
       </c>
       <c r="B434" s="0">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="435" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A435" s="0" t="s">
         <v>432</v>
       </c>
       <c r="B435" s="0">
-        <v>255</v>
+        <v>230</v>
       </c>
     </row>
     <row r="436" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A436" s="0" t="s">
         <v>433</v>
       </c>
       <c r="B436" s="0">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="437" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A437" s="0" t="s">
         <v>434</v>
       </c>
       <c r="B437" s="0">
-        <v>265</v>
+        <v>230</v>
       </c>
     </row>
     <row r="438" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A438" s="0" t="s">
         <v>435</v>
       </c>
       <c r="B438" s="0">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="439" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A439" s="0" t="s">
         <v>436</v>
       </c>
       <c r="B439" s="0">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="440" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A440" s="0" t="s">
         <v>437</v>
       </c>
       <c r="B440" s="0">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="441" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A441" s="0" t="s">
         <v>438</v>
       </c>
       <c r="B441" s="0">
-        <v>320</v>
+        <v>345</v>
       </c>
     </row>
     <row r="442" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A442" s="0" t="s">
         <v>439</v>
       </c>
       <c r="B442" s="0">
-        <v>350</v>
+        <v>470</v>
       </c>
     </row>
     <row r="443" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A443" s="0" t="s">
         <v>440</v>
       </c>
       <c r="B443" s="0">
-        <v>440</v>
+        <v>540</v>
       </c>
     </row>
     <row r="444" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A444" s="0" t="s">
         <v>441</v>
       </c>
       <c r="B444" s="0">
-        <v>230</v>
+        <v>660</v>
       </c>
     </row>
     <row r="445" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A445" s="0" t="s">
         <v>442</v>
       </c>
       <c r="B445" s="0">
-        <v>230</v>
+        <v>660</v>
       </c>
     </row>
     <row r="446" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A446" s="0" t="s">
         <v>443</v>
       </c>
       <c r="B446" s="0">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="447" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A447" s="0" t="s">
         <v>444</v>
       </c>
       <c r="B447" s="0">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="448" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A448" s="0" t="s">
         <v>445</v>
       </c>
       <c r="B448" s="0">
-        <v>230</v>
+        <v>185</v>
       </c>
     </row>
     <row r="449" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A449" s="0" t="s">
         <v>446</v>
       </c>
       <c r="B449" s="0">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="450" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A450" s="0" t="s">
         <v>447</v>
       </c>
       <c r="B450" s="0">
-        <v>345</v>
+        <v>670</v>
       </c>
     </row>
     <row r="451" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A451" s="0" t="s">
         <v>448</v>
       </c>
       <c r="B451" s="0">
-        <v>470</v>
+        <v>670</v>
       </c>
     </row>
     <row r="452" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A452" s="0" t="s">
         <v>449</v>
       </c>
       <c r="B452" s="0">
-        <v>540</v>
+        <v>510</v>
       </c>
     </row>
     <row r="453" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A453" s="0" t="s">
         <v>450</v>
       </c>
       <c r="B453" s="0">
-        <v>660</v>
+        <v>570</v>
       </c>
     </row>
     <row r="454" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A454" s="0" t="s">
         <v>451</v>
       </c>
       <c r="B454" s="0">
-        <v>660</v>
+        <v>740</v>
       </c>
     </row>
     <row r="455" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A455" s="0" t="s">
         <v>452</v>
       </c>
       <c r="B455" s="0">
-        <v>180</v>
+        <v>880</v>
       </c>
     </row>
     <row r="456" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A456" s="0" t="s">
         <v>453</v>
       </c>
       <c r="B456" s="0">
-        <v>170</v>
+        <v>810</v>
       </c>
     </row>
     <row r="457" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A457" s="0" t="s">
         <v>454</v>
       </c>
       <c r="B457" s="0">
-        <v>185</v>
+        <v>935</v>
       </c>
     </row>
     <row r="458" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A458" s="0" t="s">
         <v>455</v>
       </c>
       <c r="B458" s="0">
-        <v>490</v>
+        <v>960</v>
       </c>
     </row>
     <row r="459" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A459" s="0" t="s">
         <v>456</v>
       </c>
       <c r="B459" s="0">
-        <v>670</v>
+        <v>225</v>
       </c>
     </row>
     <row r="460" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A460" s="0" t="s">
         <v>457</v>
       </c>
       <c r="B460" s="0">
-        <v>670</v>
+        <v>345</v>
       </c>
     </row>
     <row r="461" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A461" s="0" t="s">
         <v>458</v>
       </c>
       <c r="B461" s="0">
-        <v>510</v>
+        <v>240</v>
       </c>
     </row>
     <row r="462" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A462" s="0" t="s">
         <v>459</v>
       </c>
       <c r="B462" s="0">
-        <v>570</v>
+        <v>370</v>
       </c>
     </row>
     <row r="463" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A463" s="0" t="s">
         <v>460</v>
       </c>
       <c r="B463" s="0">
-        <v>740</v>
+        <v>320</v>
       </c>
     </row>
     <row r="464" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A464" s="0" t="s">
         <v>461</v>
       </c>
       <c r="B464" s="0">
-        <v>880</v>
+        <v>485</v>
       </c>
     </row>
     <row r="465" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A465" s="0" t="s">
         <v>462</v>
       </c>
       <c r="B465" s="0">
-        <v>810</v>
+        <v>335</v>
       </c>
     </row>
     <row r="466" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A466" s="0" t="s">
         <v>463</v>
       </c>
       <c r="B466" s="0">
-        <v>935</v>
+        <v>595</v>
       </c>
     </row>
     <row r="467" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A467" s="0" t="s">
         <v>464</v>
       </c>
       <c r="B467" s="0">
-        <v>960</v>
+        <v>390</v>
       </c>
     </row>
     <row r="468" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A468" s="0" t="s">
         <v>465</v>
       </c>
       <c r="B468" s="0">
-        <v>225</v>
+        <v>785</v>
       </c>
     </row>
     <row r="469" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A469" s="0" t="s">
         <v>466</v>
       </c>
       <c r="B469" s="0">
-        <v>345</v>
+        <v>415</v>
       </c>
     </row>
     <row r="470" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A470" s="0" t="s">
         <v>467</v>
       </c>
       <c r="B470" s="0">
-        <v>240</v>
+        <v>540</v>
       </c>
     </row>
     <row r="471" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A471" s="0" t="s">
         <v>468</v>
       </c>
       <c r="B471" s="0">
-        <v>370</v>
+        <v>790</v>
       </c>
     </row>
     <row r="472" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A472" s="0" t="s">
         <v>469</v>
       </c>
       <c r="B472" s="0">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="473" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A473" s="0" t="s">
         <v>470</v>
       </c>
       <c r="B473" s="0">
-        <v>485</v>
+        <v>110</v>
       </c>
     </row>
     <row r="474" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A474" s="0" t="s">
         <v>471</v>
       </c>
       <c r="B474" s="0">
-        <v>335</v>
+        <v>125</v>
       </c>
     </row>
     <row r="475" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A475" s="0" t="s">
         <v>472</v>
       </c>
       <c r="B475" s="0">
-        <v>595</v>
+        <v>155</v>
       </c>
     </row>
     <row r="476" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A476" s="0" t="s">
         <v>473</v>
       </c>
       <c r="B476" s="0">
-        <v>390</v>
+        <v>195</v>
       </c>
     </row>
     <row r="477" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A477" s="0" t="s">
         <v>474</v>
       </c>
       <c r="B477" s="0">
-        <v>785</v>
+        <v>220</v>
       </c>
     </row>
     <row r="478" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A478" s="0" t="s">
         <v>475</v>
       </c>
       <c r="B478" s="0">
-        <v>415</v>
+        <v>395</v>
       </c>
     </row>
     <row r="479" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A479" s="0" t="s">
         <v>476</v>
       </c>
       <c r="B479" s="0">
-        <v>540</v>
+        <v>355</v>
       </c>
     </row>
     <row r="480" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A480" s="0" t="s">
         <v>477</v>
       </c>
       <c r="B480" s="0">
-        <v>790</v>
+        <v>360</v>
       </c>
     </row>
     <row r="481" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A481" s="0" t="s">
         <v>478</v>
       </c>
       <c r="B481" s="0">
-        <v>110</v>
+        <v>320</v>
       </c>
     </row>
     <row r="482" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A482" s="0" t="s">
         <v>479</v>
       </c>
       <c r="B482" s="0">
-        <v>110</v>
+        <v>375</v>
       </c>
     </row>
     <row r="483" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A483" s="0" t="s">
         <v>480</v>
       </c>
       <c r="B483" s="0">
-        <v>125</v>
+        <v>450</v>
       </c>
     </row>
     <row r="484" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A484" s="0" t="s">
         <v>481</v>
       </c>
       <c r="B484" s="0">
-        <v>155</v>
+        <v>530</v>
       </c>
     </row>
     <row r="485" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A485" s="0" t="s">
         <v>482</v>
       </c>
       <c r="B485" s="0">
-        <v>195</v>
+        <v>505</v>
       </c>
     </row>
     <row r="486" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A486" s="0" t="s">
         <v>483</v>
       </c>
       <c r="B486" s="0">
-        <v>220</v>
+        <v>530</v>
       </c>
     </row>
     <row r="487" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A487" s="0" t="s">
         <v>484</v>
       </c>
       <c r="B487" s="0">
-        <v>395</v>
+        <v>540</v>
       </c>
     </row>
     <row r="488" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A488" s="0" t="s">
         <v>485</v>
       </c>
       <c r="B488" s="0">
-        <v>355</v>
+        <v>470</v>
       </c>
     </row>
     <row r="489" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A489" s="0" t="s">
         <v>486</v>
       </c>
       <c r="B489" s="0">
-        <v>360</v>
+        <v>565</v>
       </c>
     </row>
     <row r="490" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A490" s="0" t="s">
         <v>487</v>
       </c>
       <c r="B490" s="0">
-        <v>320</v>
+        <v>675</v>
       </c>
     </row>
     <row r="491" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A491" s="0" t="s">
         <v>488</v>
       </c>
       <c r="B491" s="0">
-        <v>375</v>
+        <v>555</v>
       </c>
     </row>
     <row r="492" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A492" s="0" t="s">
         <v>489</v>
       </c>
       <c r="B492" s="0">
-        <v>450</v>
+        <v>510</v>
       </c>
     </row>
     <row r="493" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A493" s="0" t="s">
         <v>490</v>
       </c>
       <c r="B493" s="0">
-        <v>530</v>
+        <v>585</v>
       </c>
     </row>
     <row r="494" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A494" s="0" t="s">
         <v>491</v>
       </c>
       <c r="B494" s="0">
-        <v>320</v>
+        <v>740</v>
       </c>
     </row>
     <row r="495" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A495" s="0" t="s">
         <v>492</v>
       </c>
       <c r="B495" s="0">
-        <v>530</v>
+        <v>720</v>
       </c>
     </row>
     <row r="496" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A496" s="0" t="s">
         <v>493</v>
       </c>
       <c r="B496" s="0">
-        <v>410</v>
+        <v>825</v>
       </c>
     </row>
     <row r="497" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A497" s="0" t="s">
         <v>494</v>
       </c>
       <c r="B497" s="0">
-        <v>470</v>
+        <v>745</v>
       </c>
     </row>
     <row r="498" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A498" s="0" t="s">
         <v>495</v>
       </c>
       <c r="B498" s="0">
-        <v>565</v>
+        <v>755</v>
       </c>
     </row>
     <row r="499" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A499" s="0" t="s">
         <v>496</v>
       </c>
       <c r="B499" s="0">
-        <v>675</v>
+        <v>995</v>
       </c>
     </row>
     <row r="500" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A500" s="0" t="s">
         <v>497</v>
       </c>
       <c r="B500" s="0">
-        <v>555</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="501" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A501" s="0" t="s">
         <v>498</v>
       </c>
       <c r="B501" s="0">
-        <v>510</v>
+        <v>355</v>
       </c>
     </row>
     <row r="502" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A502" s="0" t="s">
         <v>499</v>
       </c>
       <c r="B502" s="0">
-        <v>585</v>
+        <v>400</v>
       </c>
     </row>
     <row r="503" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A503" s="0" t="s">
         <v>500</v>
       </c>
       <c r="B503" s="0">
-        <v>740</v>
+        <v>360</v>
       </c>
     </row>
     <row r="504" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A504" s="0" t="s">
         <v>501</v>
       </c>
       <c r="B504" s="0">
-        <v>720</v>
+        <v>405</v>
       </c>
     </row>
     <row r="505" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A505" s="0" t="s">
         <v>502</v>
       </c>
       <c r="B505" s="0">
-        <v>825</v>
+        <v>415</v>
       </c>
     </row>
     <row r="506" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A506" s="0" t="s">
         <v>503</v>
       </c>
       <c r="B506" s="0">
-        <v>745</v>
+        <v>450</v>
       </c>
     </row>
     <row r="507" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A507" s="0" t="s">
         <v>504</v>
       </c>
       <c r="B507" s="0">
-        <v>660</v>
+        <v>520</v>
       </c>
     </row>
     <row r="508" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A508" s="0" t="s">
         <v>505</v>
       </c>
       <c r="B508" s="0">
-        <v>995</v>
+        <v>725</v>
       </c>
     </row>
     <row r="509" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A509" s="0" t="s">
         <v>506</v>
       </c>
       <c r="B509" s="0">
-        <v>1060</v>
+        <v>545</v>
       </c>
     </row>
     <row r="510" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A510" s="0" t="s">
         <v>507</v>
       </c>
       <c r="B510" s="0">
-        <v>355</v>
+        <v>750</v>
       </c>
     </row>
     <row r="511" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A511" s="0" t="s">
         <v>508</v>
       </c>
       <c r="B511" s="0">
-        <v>400</v>
+        <v>760</v>
       </c>
     </row>
     <row r="512" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A512" s="0" t="s">
         <v>509</v>
       </c>
       <c r="B512" s="0">
-        <v>360</v>
+        <v>730</v>
       </c>
     </row>
     <row r="513" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A513" s="0" t="s">
         <v>510</v>
       </c>
       <c r="B513" s="0">
-        <v>405</v>
+        <v>595</v>
       </c>
     </row>
     <row r="514" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A514" s="0" t="s">
         <v>511</v>
       </c>
       <c r="B514" s="0">
-        <v>415</v>
+        <v>775</v>
       </c>
     </row>
     <row r="515" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A515" s="0" t="s">
         <v>512</v>
       </c>
       <c r="B515" s="0">
-        <v>450</v>
+        <v>890</v>
       </c>
     </row>
     <row r="516" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A516" s="0" t="s">
         <v>513</v>
       </c>
       <c r="B516" s="0">
-        <v>520</v>
+        <v>785</v>
       </c>
     </row>
     <row r="517" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A517" s="0" t="s">
         <v>514</v>
       </c>
       <c r="B517" s="0">
-        <v>725</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="518" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A518" s="0" t="s">
         <v>515</v>
       </c>
       <c r="B518" s="0">
-        <v>545</v>
+        <v>210</v>
       </c>
     </row>
     <row r="519" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A519" s="0" t="s">
         <v>516</v>
       </c>
       <c r="B519" s="0">
-        <v>750</v>
+        <v>370</v>
       </c>
     </row>
     <row r="520" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A520" s="0" t="s">
         <v>517</v>
       </c>
       <c r="B520" s="0">
-        <v>760</v>
+        <v>420</v>
       </c>
     </row>
     <row r="521" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A521" s="0" t="s">
         <v>518</v>
       </c>
       <c r="B521" s="0">
-        <v>730</v>
+        <v>580</v>
       </c>
     </row>
     <row r="522" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A522" s="0" t="s">
         <v>519</v>
       </c>
       <c r="B522" s="0">
-        <v>595</v>
+        <v>615</v>
       </c>
     </row>
     <row r="523" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A523" s="0" t="s">
         <v>520</v>
       </c>
       <c r="B523" s="0">
-        <v>775</v>
+        <v>985</v>
       </c>
     </row>
     <row r="524" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A524" s="0" t="s">
         <v>521</v>
       </c>
       <c r="B524" s="0">
-        <v>890</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="525" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A525" s="0" t="s">
         <v>522</v>
       </c>
       <c r="B525" s="0">
-        <v>785</v>
+        <v>470</v>
       </c>
     </row>
     <row r="526" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A526" s="0" t="s">
         <v>523</v>
       </c>
       <c r="B526" s="0">
-        <v>1250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="527" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A527" s="0" t="s">
         <v>524</v>
       </c>
       <c r="B527" s="0">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="528" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A528" s="0" t="s">
         <v>525</v>
       </c>
       <c r="B528" s="0">
-        <v>370</v>
+        <v>630</v>
       </c>
     </row>
     <row r="529" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A529" s="0" t="s">
         <v>526</v>
       </c>
       <c r="B529" s="0">
-        <v>420</v>
+        <v>670</v>
       </c>
     </row>
     <row r="530" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A530" s="0" t="s">
         <v>527</v>
       </c>
       <c r="B530" s="0">
-        <v>580</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="531" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A531" s="0" t="s">
         <v>528</v>
       </c>
       <c r="B531" s="0">
-        <v>615</v>
+        <v>4950</v>
       </c>
     </row>
     <row r="532" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A532" s="0" t="s">
         <v>529</v>
       </c>
       <c r="B532" s="0">
-        <v>985</v>
+        <v>630</v>
       </c>
     </row>
     <row r="533" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A533" s="0" t="s">
         <v>530</v>
       </c>
       <c r="B533" s="0">
-        <v>1100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="534" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A534" s="0" t="s">
         <v>531</v>
       </c>
       <c r="B534" s="0">
-        <v>470</v>
+        <v>380</v>
       </c>
     </row>
     <row r="535" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A535" s="0" t="s">
         <v>532</v>
       </c>
       <c r="B535" s="0">
-        <v>320</v>
+        <v>855</v>
       </c>
     </row>
     <row r="536" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A536" s="0" t="s">
         <v>533</v>
       </c>
       <c r="B536" s="0">
-        <v>420</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="537" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A537" s="0" t="s">
         <v>534</v>
       </c>
       <c r="B537" s="0">
-        <v>630</v>
+        <v>560</v>
       </c>
     </row>
     <row r="538" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A538" s="0" t="s">
         <v>535</v>
       </c>
       <c r="B538" s="0">
-        <v>670</v>
+        <v>810</v>
       </c>
     </row>
     <row r="539" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A539" s="0" t="s">
         <v>536</v>
       </c>
       <c r="B539" s="0">
-        <v>1200</v>
+        <v>335</v>
       </c>
     </row>
     <row r="540" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A540" s="0" t="s">
         <v>537</v>
       </c>
       <c r="B540" s="0">
-        <v>4950</v>
+        <v>450</v>
       </c>
     </row>
     <row r="541" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A541" s="0" t="s">
         <v>538</v>
       </c>
       <c r="B541" s="0">
-        <v>630</v>
+        <v>650</v>
       </c>
     </row>
     <row r="542" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A542" s="0" t="s">
         <v>539</v>
       </c>
       <c r="B542" s="0">
-        <v>180</v>
+        <v>510</v>
       </c>
     </row>
     <row r="543" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A543" s="0" t="s">
         <v>540</v>
       </c>
       <c r="B543" s="0">
-        <v>380</v>
+        <v>840</v>
       </c>
     </row>
     <row r="544" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A544" s="0" t="s">
         <v>541</v>
       </c>
       <c r="B544" s="0">
-        <v>855</v>
+        <v>495</v>
       </c>
     </row>
     <row r="545" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A545" s="0" t="s">
         <v>542</v>
       </c>
       <c r="B545" s="0">
-        <v>1430</v>
+        <v>650</v>
       </c>
     </row>
     <row r="546" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A546" s="0" t="s">
         <v>543</v>
       </c>
       <c r="B546" s="0">
-        <v>560</v>
+        <v>785</v>
       </c>
     </row>
     <row r="547" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A547" s="0" t="s">
         <v>544</v>
       </c>
       <c r="B547" s="0">
-        <v>810</v>
+        <v>950</v>
       </c>
     </row>
     <row r="548" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A548" s="0" t="s">
         <v>545</v>
       </c>
       <c r="B548" s="0">
-        <v>335</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="549" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A549" s="0" t="s">
         <v>546</v>
       </c>
       <c r="B549" s="0">
-        <v>450</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="550" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A550" s="0" t="s">
         <v>547</v>
       </c>
       <c r="B550" s="0">
-        <v>650</v>
+        <v>780</v>
       </c>
     </row>
     <row r="551" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A551" s="0" t="s">
         <v>548</v>
       </c>
       <c r="B551" s="0">
-        <v>510</v>
+        <v>185</v>
       </c>
     </row>
     <row r="552" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A552" s="0" t="s">
         <v>549</v>
       </c>
       <c r="B552" s="0">
-        <v>840</v>
+        <v>335</v>
       </c>
     </row>
     <row r="553" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A553" s="0" t="s">
         <v>550</v>
       </c>
       <c r="B553" s="0">
-        <v>495</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="554" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A554" s="0" t="s">
         <v>551</v>
       </c>
       <c r="B554" s="0">
-        <v>650</v>
+        <v>995</v>
       </c>
     </row>
     <row r="555" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A555" s="0" t="s">
         <v>552</v>
       </c>
       <c r="B555" s="0">
-        <v>785</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="556" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A556" s="0" t="s">
         <v>553</v>
       </c>
       <c r="B556" s="0">
-        <v>950</v>
+        <v>595</v>
       </c>
     </row>
     <row r="557" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A557" s="0" t="s">
         <v>554</v>
       </c>
       <c r="B557" s="0">
-        <v>1495</v>
+        <v>265</v>
       </c>
     </row>
     <row r="558" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A558" s="0" t="s">
         <v>555</v>
       </c>
       <c r="B558" s="0">
-        <v>1320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="559" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A559" s="0" t="s">
         <v>556</v>
       </c>
       <c r="B559" s="0">
-        <v>780</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="560" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A560" s="0" t="s">
         <v>557</v>
       </c>
       <c r="B560" s="0">
-        <v>185</v>
+        <v>840</v>
       </c>
     </row>
     <row r="561" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A561" s="0" t="s">
         <v>558</v>
       </c>
       <c r="B561" s="0">
-        <v>335</v>
+        <v>5985</v>
       </c>
     </row>
     <row r="562" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A562" s="0" t="s">
         <v>559</v>
       </c>
       <c r="B562" s="0">
-        <v>1650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="563" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A563" s="0" t="s">
         <v>560</v>
       </c>
       <c r="B563" s="0">
-        <v>995</v>
+        <v>745</v>
       </c>
     </row>
     <row r="564" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A564" s="0" t="s">
         <v>561</v>
       </c>
       <c r="B564" s="0">
-        <v>1970</v>
+        <v>750</v>
       </c>
     </row>
     <row r="565" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A565" s="0" t="s">
         <v>562</v>
       </c>
       <c r="B565" s="0">
-        <v>595</v>
+        <v>260</v>
       </c>
     </row>
     <row r="566" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A566" s="0" t="s">
         <v>563</v>
       </c>
       <c r="B566" s="0">
-        <v>265</v>
+        <v>995</v>
       </c>
     </row>
     <row r="567" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A567" s="0" t="s">
         <v>564</v>
       </c>
       <c r="B567" s="0">
         <v>450</v>
       </c>
     </row>
     <row r="568" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A568" s="0" t="s">
         <v>565</v>
       </c>
       <c r="B568" s="0">
-        <v>1240</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="569" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A569" s="0" t="s">
         <v>566</v>
       </c>
       <c r="B569" s="0">
-        <v>840</v>
+        <v>590</v>
       </c>
     </row>
     <row r="570" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A570" s="0" t="s">
         <v>567</v>
       </c>
       <c r="B570" s="0">
-        <v>5985</v>
+        <v>930</v>
       </c>
     </row>
     <row r="571" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A571" s="0" t="s">
         <v>568</v>
       </c>
       <c r="B571" s="0">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="572" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A572" s="0" t="s">
         <v>569</v>
       </c>
       <c r="B572" s="0">
-        <v>745</v>
+        <v>4250</v>
       </c>
     </row>
     <row r="573" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A573" s="0" t="s">
         <v>570</v>
       </c>
       <c r="B573" s="0">
-        <v>750</v>
+        <v>555</v>
       </c>
     </row>
     <row r="574" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A574" s="0" t="s">
         <v>571</v>
       </c>
       <c r="B574" s="0">
-        <v>260</v>
+        <v>510</v>
       </c>
     </row>
     <row r="575" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A575" s="0" t="s">
         <v>572</v>
       </c>
       <c r="B575" s="0">
-        <v>995</v>
+        <v>4865</v>
       </c>
     </row>
     <row r="576" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A576" s="0" t="s">
         <v>573</v>
       </c>
       <c r="B576" s="0">
-        <v>310</v>
+        <v>530</v>
       </c>
     </row>
     <row r="577" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A577" s="0" t="s">
         <v>574</v>
       </c>
       <c r="B577" s="0">
-        <v>450</v>
+        <v>795</v>
       </c>
     </row>
     <row r="578" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A578" s="0" t="s">
         <v>575</v>
       </c>
       <c r="B578" s="0">
-        <v>1850</v>
+        <v>750</v>
       </c>
     </row>
     <row r="579" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A579" s="0" t="s">
         <v>576</v>
       </c>
       <c r="B579" s="0">
-        <v>590</v>
+        <v>700</v>
       </c>
     </row>
     <row r="580" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A580" s="0" t="s">
         <v>577</v>
       </c>
       <c r="B580" s="0">
-        <v>930</v>
+        <v>8615</v>
       </c>
     </row>
     <row r="581" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A581" s="0" t="s">
         <v>578</v>
       </c>
       <c r="B581" s="0">
-        <v>800</v>
+        <v>520</v>
       </c>
     </row>
     <row r="582" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A582" s="0" t="s">
         <v>579</v>
       </c>
       <c r="B582" s="0">
-        <v>4250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="583" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A583" s="0" t="s">
         <v>580</v>
       </c>
       <c r="B583" s="0">
-        <v>555</v>
+        <v>850</v>
       </c>
     </row>
     <row r="584" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A584" s="0" t="s">
         <v>581</v>
       </c>
       <c r="B584" s="0">
-        <v>510</v>
+        <v>395</v>
       </c>
     </row>
     <row r="585" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A585" s="0" t="s">
         <v>582</v>
       </c>
       <c r="B585" s="0">
-        <v>4865</v>
+        <v>430</v>
       </c>
     </row>
     <row r="586" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A586" s="0" t="s">
         <v>583</v>
       </c>
       <c r="B586" s="0">
-        <v>520</v>
+        <v>375</v>
       </c>
     </row>
     <row r="587" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A587" s="0" t="s">
         <v>584</v>
       </c>
       <c r="B587" s="0">
-        <v>710</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="588" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A588" s="0" t="s">
         <v>585</v>
       </c>
       <c r="B588" s="0">
-        <v>795</v>
+        <v>330</v>
       </c>
     </row>
     <row r="589" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A589" s="0" t="s">
         <v>586</v>
       </c>
       <c r="B589" s="0">
-        <v>750</v>
+        <v>225</v>
       </c>
     </row>
     <row r="590" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A590" s="0" t="s">
         <v>587</v>
       </c>
       <c r="B590" s="0">
-        <v>700</v>
+        <v>420</v>
       </c>
     </row>
     <row r="591" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A591" s="0" t="s">
         <v>588</v>
       </c>
       <c r="B591" s="0">
-        <v>8615</v>
+        <v>540</v>
       </c>
     </row>
     <row r="592" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A592" s="0" t="s">
         <v>589</v>
       </c>
       <c r="B592" s="0">
-        <v>520</v>
+        <v>590</v>
       </c>
     </row>
     <row r="593" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A593" s="0" t="s">
         <v>590</v>
       </c>
       <c r="B593" s="0">
-        <v>400</v>
+        <v>785</v>
       </c>
     </row>
     <row r="594" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A594" s="0" t="s">
         <v>591</v>
       </c>
       <c r="B594" s="0">
-        <v>850</v>
+        <v>530</v>
       </c>
     </row>
     <row r="595" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A595" s="0" t="s">
         <v>592</v>
       </c>
       <c r="B595" s="0">
-        <v>395</v>
+        <v>770</v>
       </c>
     </row>
     <row r="596" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A596" s="0" t="s">
         <v>593</v>
       </c>
       <c r="B596" s="0">
-        <v>430</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="597" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A597" s="0" t="s">
         <v>594</v>
       </c>
       <c r="B597" s="0">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="598" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A598" s="0" t="s">
         <v>595</v>
       </c>
       <c r="B598" s="0">
-        <v>1890</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="599" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A599" s="0" t="s">
         <v>596</v>
       </c>
       <c r="B599" s="0">
-        <v>330</v>
+        <v>6690</v>
       </c>
     </row>
     <row r="600" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A600" s="0" t="s">
         <v>597</v>
       </c>
       <c r="B600" s="0">
-        <v>225</v>
+        <v>6910</v>
       </c>
     </row>
     <row r="601" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A601" s="0" t="s">
         <v>598</v>
       </c>
       <c r="B601" s="0">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="602" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A602" s="0" t="s">
         <v>599</v>
       </c>
       <c r="B602" s="0">
-        <v>540</v>
+        <v>4445</v>
       </c>
     </row>
     <row r="603" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A603" s="0" t="s">
         <v>600</v>
       </c>
       <c r="B603" s="0">
-        <v>590</v>
+        <v>4190</v>
       </c>
     </row>
     <row r="604" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A604" s="0" t="s">
         <v>601</v>
       </c>
       <c r="B604" s="0">
-        <v>785</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="605" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A605" s="0" t="s">
         <v>602</v>
       </c>
       <c r="B605" s="0">
-        <v>520</v>
+        <v>810</v>
       </c>
     </row>
     <row r="606" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A606" s="0" t="s">
         <v>603</v>
       </c>
       <c r="B606" s="0">
-        <v>770</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="607" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A607" s="0" t="s">
         <v>604</v>
       </c>
       <c r="B607" s="0">
-        <v>1670</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="608" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A608" s="0" t="s">
         <v>605</v>
       </c>
       <c r="B608" s="0">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="609" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A609" s="0" t="s">
         <v>606</v>
       </c>
       <c r="B609" s="0">
-        <v>1015</v>
+        <v>880</v>
       </c>
     </row>
     <row r="610" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A610" s="0" t="s">
         <v>607</v>
       </c>
       <c r="B610" s="0">
-        <v>6690</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="611" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A611" s="0" t="s">
         <v>608</v>
       </c>
       <c r="B611" s="0">
-        <v>6910</v>
+        <v>235</v>
       </c>
     </row>
     <row r="612" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A612" s="0" t="s">
         <v>609</v>
       </c>
       <c r="B612" s="0">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="613" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A613" s="0" t="s">
         <v>610</v>
       </c>
       <c r="B613" s="0">
-        <v>4445</v>
+        <v>165</v>
       </c>
     </row>
     <row r="614" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A614" s="0" t="s">
         <v>611</v>
       </c>
       <c r="B614" s="0">
-        <v>4190</v>
+        <v>5885</v>
       </c>
     </row>
     <row r="615" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A615" s="0" t="s">
         <v>612</v>
       </c>
       <c r="B615" s="0">
-        <v>1045</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="616" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A616" s="0" t="s">
         <v>613</v>
       </c>
       <c r="B616" s="0">
-        <v>790</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="617" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A617" s="0" t="s">
         <v>614</v>
       </c>
       <c r="B617" s="0">
-        <v>1000</v>
+        <v>745</v>
       </c>
     </row>
     <row r="618" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A618" s="0" t="s">
         <v>615</v>
       </c>
       <c r="B618" s="0">
-        <v>1705</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="619" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A619" s="0" t="s">
         <v>616</v>
       </c>
       <c r="B619" s="0">
-        <v>350</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="620" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A620" s="0" t="s">
         <v>617</v>
       </c>
       <c r="B620" s="0">
-        <v>880</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="621" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A621" s="0" t="s">
         <v>618</v>
       </c>
       <c r="B621" s="0">
-        <v>1300</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="622" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A622" s="0" t="s">
         <v>619</v>
       </c>
       <c r="B622" s="0">
-        <v>235</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="623" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A623" s="0" t="s">
         <v>620</v>
       </c>
       <c r="B623" s="0">
-        <v>225</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="624" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A624" s="0" t="s">
         <v>621</v>
       </c>
       <c r="B624" s="0">
-        <v>165</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="625" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A625" s="0" t="s">
         <v>622</v>
       </c>
       <c r="B625" s="0">
-        <v>5885</v>
+        <v>5050</v>
       </c>
     </row>
     <row r="626" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A626" s="0" t="s">
         <v>623</v>
       </c>
       <c r="B626" s="0">
-        <v>1485</v>
+        <v>270</v>
       </c>
     </row>
     <row r="627" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A627" s="0" t="s">
         <v>624</v>
       </c>
       <c r="B627" s="0">
-        <v>2680</v>
+        <v>995</v>
       </c>
     </row>
     <row r="628" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A628" s="0" t="s">
         <v>625</v>
       </c>
       <c r="B628" s="0">
-        <v>745</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="629" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A629" s="0" t="s">
         <v>626</v>
       </c>
       <c r="B629" s="0">
-        <v>1795</v>
+        <v>7030</v>
       </c>
     </row>
     <row r="630" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A630" s="0" t="s">
         <v>627</v>
       </c>
       <c r="B630" s="0">
-        <v>1325</v>
+        <v>520</v>
       </c>
     </row>
     <row r="631" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A631" s="0" t="s">
         <v>628</v>
       </c>
       <c r="B631" s="0">
-        <v>1440</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="632" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A632" s="0" t="s">
         <v>629</v>
       </c>
       <c r="B632" s="0">
-        <v>1660</v>
+        <v>260</v>
       </c>
     </row>
     <row r="633" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A633" s="0" t="s">
         <v>630</v>
       </c>
       <c r="B633" s="0">
-        <v>1120</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="634" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A634" s="0" t="s">
         <v>631</v>
       </c>
       <c r="B634" s="0">
-        <v>1120</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="635" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A635" s="0" t="s">
         <v>632</v>
       </c>
       <c r="B635" s="0">
-        <v>1335</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="636" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A636" s="0" t="s">
         <v>633</v>
       </c>
       <c r="B636" s="0">
-        <v>945</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="637" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A637" s="0" t="s">
         <v>634</v>
       </c>
       <c r="B637" s="0">
-        <v>5050</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="638" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A638" s="0" t="s">
         <v>635</v>
       </c>
       <c r="B638" s="0">
-        <v>860</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="639" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A639" s="0" t="s">
         <v>636</v>
       </c>
       <c r="B639" s="0">
-        <v>425</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="640" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A640" s="0" t="s">
         <v>637</v>
       </c>
       <c r="B640" s="0">
-        <v>270</v>
+        <v>185</v>
       </c>
     </row>
     <row r="641" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A641" s="0" t="s">
         <v>638</v>
       </c>
       <c r="B641" s="0">
-        <v>995</v>
+        <v>250</v>
       </c>
     </row>
     <row r="642" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A642" s="0" t="s">
         <v>639</v>
       </c>
       <c r="B642" s="0">
-        <v>1700</v>
+        <v>785</v>
       </c>
     </row>
     <row r="643" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A643" s="0" t="s">
         <v>640</v>
       </c>
       <c r="B643" s="0">
-        <v>7030</v>
+        <v>520</v>
       </c>
     </row>
     <row r="644" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A644" s="0" t="s">
         <v>641</v>
       </c>
       <c r="B644" s="0">
-        <v>520</v>
+        <v>4650</v>
       </c>
     </row>
     <row r="645" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A645" s="0" t="s">
         <v>642</v>
       </c>
       <c r="B645" s="0">
-        <v>1740</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="646" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A646" s="0" t="s">
         <v>643</v>
       </c>
       <c r="B646" s="0">
-        <v>1460</v>
+        <v>455</v>
       </c>
     </row>
     <row r="647" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A647" s="0" t="s">
         <v>644</v>
       </c>
       <c r="B647" s="0">
-        <v>260</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="648" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A648" s="0" t="s">
         <v>645</v>
       </c>
       <c r="B648" s="0">
-        <v>1255</v>
+        <v>890</v>
       </c>
     </row>
     <row r="649" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A649" s="0" t="s">
         <v>646</v>
       </c>
       <c r="B649" s="0">
-        <v>300</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="650" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A650" s="0" t="s">
         <v>647</v>
       </c>
       <c r="B650" s="0">
-        <v>3800</v>
+        <v>375</v>
       </c>
     </row>
     <row r="651" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A651" s="0" t="s">
         <v>648</v>
       </c>
       <c r="B651" s="0">
-        <v>1250</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="652" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A652" s="0" t="s">
         <v>649</v>
       </c>
       <c r="B652" s="0">
-        <v>990</v>
+        <v>895</v>
       </c>
     </row>
     <row r="653" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A653" s="0" t="s">
         <v>650</v>
       </c>
       <c r="B653" s="0">
-        <v>1050</v>
+        <v>265</v>
       </c>
     </row>
     <row r="654" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A654" s="0" t="s">
         <v>651</v>
       </c>
       <c r="B654" s="0">
-        <v>1150</v>
+        <v>810</v>
       </c>
     </row>
     <row r="655" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A655" s="0" t="s">
         <v>652</v>
       </c>
       <c r="B655" s="0">
-        <v>1070</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="656" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A656" s="0" t="s">
         <v>653</v>
       </c>
       <c r="B656" s="0">
-        <v>1355</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="657" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A657" s="0" t="s">
         <v>654</v>
       </c>
       <c r="B657" s="0">
-        <v>185</v>
+        <v>950</v>
       </c>
     </row>
     <row r="658" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A658" s="0" t="s">
         <v>655</v>
       </c>
       <c r="B658" s="0">
-        <v>250</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="659" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A659" s="0" t="s">
         <v>656</v>
       </c>
       <c r="B659" s="0">
-        <v>770</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="660" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A660" s="0" t="s">
         <v>657</v>
       </c>
       <c r="B660" s="0">
-        <v>520</v>
+        <v>7460</v>
       </c>
     </row>
     <row r="661" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A661" s="0" t="s">
         <v>658</v>
       </c>
       <c r="B661" s="0">
-        <v>4650</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="662" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A662" s="0" t="s">
         <v>659</v>
       </c>
       <c r="B662" s="0">
-        <v>2275</v>
+        <v>440</v>
       </c>
     </row>
     <row r="663" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A663" s="0" t="s">
         <v>660</v>
       </c>
       <c r="B663" s="0">
-        <v>455</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="664" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A664" s="0" t="s">
         <v>661</v>
       </c>
       <c r="B664" s="0">
-        <v>2085</v>
+        <v>325</v>
       </c>
     </row>
     <row r="665" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A665" s="0" t="s">
         <v>662</v>
       </c>
       <c r="B665" s="0">
-        <v>890</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="666" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A666" s="0" t="s">
         <v>663</v>
       </c>
       <c r="B666" s="0">
-        <v>3440</v>
+        <v>595</v>
       </c>
     </row>
     <row r="667" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A667" s="0" t="s">
         <v>664</v>
       </c>
       <c r="B667" s="0">
-        <v>1115</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="668" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A668" s="0" t="s">
         <v>665</v>
       </c>
       <c r="B668" s="0">
-        <v>370</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="669" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A669" s="0" t="s">
         <v>666</v>
       </c>
       <c r="B669" s="0">
-        <v>1365</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="670" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A670" s="0" t="s">
         <v>667</v>
       </c>
       <c r="B670" s="0">
-        <v>895</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="671" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A671" s="0" t="s">
         <v>668</v>
       </c>
       <c r="B671" s="0">
-        <v>1180</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="672" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A672" s="0" t="s">
         <v>669</v>
       </c>
       <c r="B672" s="0">
-        <v>265</v>
+        <v>205</v>
       </c>
     </row>
     <row r="673" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A673" s="0" t="s">
         <v>670</v>
       </c>
       <c r="B673" s="0">
-        <v>4610</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="674" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A674" s="0" t="s">
         <v>671</v>
       </c>
       <c r="B674" s="0">
-        <v>810</v>
+        <v>390</v>
       </c>
     </row>
     <row r="675" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A675" s="0" t="s">
         <v>672</v>
       </c>
       <c r="B675" s="0">
-        <v>1950</v>
+        <v>990</v>
       </c>
     </row>
     <row r="676" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A676" s="0" t="s">
         <v>673</v>
       </c>
       <c r="B676" s="0">
-        <v>2460</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="677" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A677" s="0" t="s">
         <v>674</v>
       </c>
       <c r="B677" s="0">
-        <v>865</v>
+        <v>695</v>
       </c>
     </row>
     <row r="678" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A678" s="0" t="s">
         <v>675</v>
       </c>
       <c r="B678" s="0">
-        <v>950</v>
+        <v>810</v>
       </c>
     </row>
     <row r="679" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A679" s="0" t="s">
         <v>676</v>
       </c>
       <c r="B679" s="0">
-        <v>1100</v>
+        <v>380</v>
       </c>
     </row>
     <row r="680" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A680" s="0" t="s">
         <v>677</v>
       </c>
       <c r="B680" s="0">
-        <v>1670</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="681" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A681" s="0" t="s">
         <v>678</v>
       </c>
       <c r="B681" s="0">
-        <v>7460</v>
+        <v>560</v>
       </c>
     </row>
     <row r="682" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A682" s="0" t="s">
         <v>679</v>
       </c>
       <c r="B682" s="0">
-        <v>1760</v>
+        <v>320</v>
       </c>
     </row>
     <row r="683" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A683" s="0" t="s">
         <v>680</v>
       </c>
       <c r="B683" s="0">
-        <v>1490</v>
+        <v>850</v>
       </c>
     </row>
     <row r="684" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A684" s="0" t="s">
         <v>681</v>
       </c>
       <c r="B684" s="0">
-        <v>2045</v>
+        <v>645</v>
       </c>
     </row>
     <row r="685" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A685" s="0" t="s">
         <v>682</v>
       </c>
       <c r="B685" s="0">
-        <v>440</v>
+        <v>450</v>
       </c>
     </row>
     <row r="686" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A686" s="0" t="s">
         <v>683</v>
       </c>
       <c r="B686" s="0">
-        <v>1180</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="687" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A687" s="0" t="s">
         <v>684</v>
       </c>
       <c r="B687" s="0">
-        <v>325</v>
+        <v>740</v>
       </c>
     </row>
     <row r="688" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A688" s="0" t="s">
         <v>685</v>
       </c>
       <c r="B688" s="0">
-        <v>2670</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="689" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A689" s="0" t="s">
         <v>686</v>
       </c>
       <c r="B689" s="0">
-        <v>615</v>
+        <v>980</v>
       </c>
     </row>
     <row r="690" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A690" s="0" t="s">
         <v>687</v>
       </c>
       <c r="B690" s="0">
-        <v>1440</v>
+        <v>865</v>
       </c>
     </row>
     <row r="691" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A691" s="0" t="s">
         <v>688</v>
       </c>
       <c r="B691" s="0">
-        <v>910</v>
+        <v>310</v>
       </c>
     </row>
     <row r="692" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A692" s="0" t="s">
         <v>689</v>
       </c>
       <c r="B692" s="0">
-        <v>550</v>
+        <v>910</v>
       </c>
     </row>
     <row r="693" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A693" s="0" t="s">
         <v>690</v>
       </c>
       <c r="B693" s="0">
-        <v>1095</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="694" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A694" s="0" t="s">
         <v>691</v>
       </c>
       <c r="B694" s="0">
-        <v>2590</v>
+        <v>640</v>
       </c>
     </row>
     <row r="695" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A695" s="0" t="s">
         <v>692</v>
       </c>
       <c r="B695" s="0">
-        <v>1180</v>
+        <v>545</v>
       </c>
     </row>
     <row r="696" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A696" s="0" t="s">
         <v>693</v>
       </c>
       <c r="B696" s="0">
-        <v>1720</v>
+        <v>300</v>
       </c>
     </row>
     <row r="697" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A697" s="0" t="s">
         <v>694</v>
       </c>
       <c r="B697" s="0">
-        <v>205</v>
+        <v>6355</v>
       </c>
     </row>
     <row r="698" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A698" s="0" t="s">
         <v>695</v>
       </c>
       <c r="B698" s="0">
-        <v>2095</v>
+        <v>905</v>
       </c>
     </row>
     <row r="699" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A699" s="0" t="s">
         <v>696</v>
       </c>
       <c r="B699" s="0">
-        <v>390</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="700" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A700" s="0" t="s">
         <v>697</v>
       </c>
       <c r="B700" s="0">
-        <v>990</v>
+        <v>425</v>
       </c>
     </row>
     <row r="701" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A701" s="0" t="s">
         <v>698</v>
       </c>
       <c r="B701" s="0">
-        <v>1890</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="702" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A702" s="0" t="s">
         <v>699</v>
       </c>
       <c r="B702" s="0">
-        <v>695</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="703" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A703" s="0" t="s">
         <v>700</v>
       </c>
       <c r="B703" s="0">
-        <v>810</v>
+        <v>7730</v>
       </c>
     </row>
     <row r="704" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A704" s="0" t="s">
         <v>701</v>
       </c>
       <c r="B704" s="0">
-        <v>710</v>
+        <v>870</v>
       </c>
     </row>
     <row r="705" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A705" s="0" t="s">
         <v>702</v>
       </c>
       <c r="B705" s="0">
-        <v>380</v>
+        <v>700</v>
       </c>
     </row>
     <row r="706" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A706" s="0" t="s">
         <v>703</v>
       </c>
       <c r="B706" s="0">
-        <v>545</v>
+        <v>4990</v>
       </c>
     </row>
     <row r="707" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A707" s="0" t="s">
         <v>704</v>
       </c>
       <c r="B707" s="0">
-        <v>2635</v>
-[...3 lines deleted...]
-      <c r="A708" s="0" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="708" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A708" s="3" t="s">
         <v>705</v>
       </c>
-      <c r="B708" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B708" s="0"/>
     </row>
     <row r="709" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A709" s="0" t="s">
         <v>706</v>
       </c>
       <c r="B709" s="0">
-        <v>320</v>
+        <v>6300</v>
       </c>
     </row>
     <row r="710" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A710" s="0" t="s">
         <v>707</v>
       </c>
       <c r="B710" s="0">
-        <v>820</v>
+        <v>4695</v>
       </c>
     </row>
     <row r="711" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A711" s="0" t="s">
         <v>708</v>
       </c>
       <c r="B711" s="0">
-        <v>630</v>
+        <v>36945</v>
       </c>
     </row>
     <row r="712" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A712" s="0" t="s">
         <v>709</v>
       </c>
       <c r="B712" s="0">
-        <v>645</v>
+        <v>845</v>
       </c>
     </row>
     <row r="713" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A713" s="0" t="s">
         <v>710</v>
       </c>
       <c r="B713" s="0">
-        <v>450</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="714" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A714" s="0" t="s">
         <v>711</v>
       </c>
       <c r="B714" s="0">
-        <v>2125</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="715" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A715" s="0" t="s">
         <v>712</v>
       </c>
       <c r="B715" s="0">
-        <v>740</v>
+        <v>655</v>
       </c>
     </row>
     <row r="716" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A716" s="0" t="s">
         <v>713</v>
       </c>
       <c r="B716" s="0">
-        <v>2505</v>
-[...3 lines deleted...]
-      <c r="A717" s="3" t="s">
+        <v>34885</v>
+      </c>
+    </row>
+    <row r="717" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A717" s="0" t="s">
         <v>714</v>
       </c>
-      <c r="B717" s="0"/>
+      <c r="B717" s="0">
+        <v>34885</v>
+      </c>
     </row>
     <row r="718" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A718" s="0" t="s">
         <v>715</v>
       </c>
       <c r="B718" s="0">
-        <v>6300</v>
+        <v>7695</v>
       </c>
     </row>
     <row r="719" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A719" s="0" t="s">
         <v>716</v>
       </c>
       <c r="B719" s="0">
-        <v>4695</v>
+        <v>7695</v>
       </c>
     </row>
     <row r="720" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A720" s="0" t="s">
         <v>717</v>
       </c>
       <c r="B720" s="0">
-        <v>36945</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="721" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A721" s="0" t="s">
         <v>718</v>
       </c>
       <c r="B721" s="0">
-        <v>845</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="722" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A722" s="0" t="s">
         <v>719</v>
       </c>
       <c r="B722" s="0">
-        <v>1085</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="723" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A723" s="0" t="s">
         <v>720</v>
       </c>
       <c r="B723" s="0">
-        <v>1355</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="724" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A724" s="0" t="s">
         <v>721</v>
       </c>
       <c r="B724" s="0">
-        <v>2230</v>
+        <v>9280</v>
       </c>
     </row>
     <row r="725" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A725" s="0" t="s">
         <v>722</v>
       </c>
       <c r="B725" s="0">
-        <v>655</v>
+        <v>27580</v>
       </c>
     </row>
     <row r="726" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A726" s="0" t="s">
         <v>723</v>
       </c>
       <c r="B726" s="0">
-        <v>34885</v>
+        <v>27580</v>
       </c>
     </row>
     <row r="727" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A727" s="0" t="s">
         <v>724</v>
       </c>
       <c r="B727" s="0">
-        <v>34885</v>
-[...3 lines deleted...]
-      <c r="A728" s="0" t="s">
+        <v>31906</v>
+      </c>
+    </row>
+    <row r="728" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A728" s="3" t="s">
         <v>725</v>
       </c>
-      <c r="B728" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B728" s="0"/>
     </row>
     <row r="729" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A729" s="0" t="s">
         <v>726</v>
       </c>
       <c r="B729" s="0">
-        <v>7695</v>
+        <v>65</v>
       </c>
     </row>
     <row r="730" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A730" s="0" t="s">
         <v>727</v>
       </c>
       <c r="B730" s="0">
-        <v>2950</v>
+        <v>225</v>
       </c>
     </row>
     <row r="731" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A731" s="0" t="s">
         <v>728</v>
       </c>
       <c r="B731" s="0">
-        <v>1580</v>
+        <v>150</v>
       </c>
     </row>
     <row r="732" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A732" s="0" t="s">
         <v>729</v>
       </c>
       <c r="B732" s="0">
-        <v>2250</v>
+        <v>205</v>
       </c>
     </row>
     <row r="733" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A733" s="0" t="s">
         <v>730</v>
       </c>
       <c r="B733" s="0">
-        <v>1240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="734" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A734" s="0" t="s">
         <v>731</v>
       </c>
       <c r="B734" s="0">
-        <v>9280</v>
+        <v>440</v>
       </c>
     </row>
     <row r="735" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A735" s="0" t="s">
         <v>732</v>
       </c>
       <c r="B735" s="0">
-        <v>27580</v>
+        <v>90</v>
       </c>
     </row>
     <row r="736" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A736" s="0" t="s">
         <v>733</v>
       </c>
       <c r="B736" s="0">
-        <v>27580</v>
+        <v>90</v>
       </c>
     </row>
     <row r="737" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A737" s="0" t="s">
         <v>734</v>
       </c>
       <c r="B737" s="0">
-        <v>31906</v>
-[...3 lines deleted...]
-      <c r="A738" s="3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="738" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A738" s="0" t="s">
         <v>735</v>
       </c>
-      <c r="B738" s="0"/>
+      <c r="B738" s="0">
+        <v>545</v>
+      </c>
     </row>
     <row r="739" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A739" s="0" t="s">
         <v>736</v>
       </c>
       <c r="B739" s="0">
-        <v>65</v>
+        <v>370</v>
       </c>
     </row>
     <row r="740" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A740" s="0" t="s">
         <v>737</v>
       </c>
       <c r="B740" s="0">
-        <v>225</v>
+        <v>140</v>
       </c>
     </row>
     <row r="741" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A741" s="0" t="s">
         <v>738</v>
       </c>
       <c r="B741" s="0">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="742" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A742" s="0" t="s">
         <v>739</v>
       </c>
       <c r="B742" s="0">
-        <v>205</v>
+        <v>160</v>
       </c>
     </row>
     <row r="743" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A743" s="0" t="s">
         <v>740</v>
       </c>
       <c r="B743" s="0">
-        <v>160</v>
+        <v>198</v>
       </c>
     </row>
     <row r="744" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A744" s="0" t="s">
         <v>741</v>
       </c>
       <c r="B744" s="0">
-        <v>440</v>
+        <v>50</v>
       </c>
     </row>
     <row r="745" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A745" s="0" t="s">
         <v>742</v>
       </c>
       <c r="B745" s="0">
-        <v>90</v>
+        <v>263</v>
       </c>
     </row>
     <row r="746" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A746" s="0" t="s">
         <v>743</v>
       </c>
       <c r="B746" s="0">
-        <v>90</v>
+        <v>330</v>
       </c>
     </row>
     <row r="747" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A747" s="0" t="s">
         <v>744</v>
       </c>
       <c r="B747" s="0">
-        <v>71</v>
+        <v>345</v>
       </c>
     </row>
     <row r="748" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A748" s="0" t="s">
         <v>745</v>
       </c>
       <c r="B748" s="0">
-        <v>545</v>
+        <v>85</v>
       </c>
     </row>
     <row r="749" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A749" s="0" t="s">
         <v>746</v>
       </c>
       <c r="B749" s="0">
-        <v>370</v>
+        <v>120</v>
       </c>
     </row>
     <row r="750" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A750" s="0" t="s">
         <v>747</v>
       </c>
       <c r="B750" s="0">
-        <v>140</v>
+        <v>472</v>
       </c>
     </row>
     <row r="751" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A751" s="0" t="s">
         <v>748</v>
       </c>
       <c r="B751" s="0">
-        <v>130</v>
+        <v>465</v>
       </c>
     </row>
     <row r="752" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A752" s="0" t="s">
         <v>749</v>
       </c>
       <c r="B752" s="0">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="753" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A753" s="0" t="s">
         <v>750</v>
       </c>
       <c r="B753" s="0">
-        <v>198</v>
+        <v>118</v>
       </c>
     </row>
     <row r="754" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A754" s="0" t="s">
         <v>751</v>
       </c>
       <c r="B754" s="0">
-        <v>50</v>
+        <v>118</v>
       </c>
     </row>
     <row r="755" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A755" s="0" t="s">
         <v>752</v>
       </c>
       <c r="B755" s="0">
-        <v>263</v>
+        <v>137</v>
       </c>
     </row>
     <row r="756" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A756" s="0" t="s">
         <v>753</v>
       </c>
       <c r="B756" s="0">
-        <v>330</v>
+        <v>194</v>
       </c>
     </row>
     <row r="757" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A757" s="0" t="s">
         <v>754</v>
       </c>
       <c r="B757" s="0">
-        <v>345</v>
+        <v>43</v>
       </c>
     </row>
     <row r="758" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A758" s="0" t="s">
         <v>755</v>
       </c>
       <c r="B758" s="0">
-        <v>85</v>
+        <v>49</v>
       </c>
     </row>
     <row r="759" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A759" s="0" t="s">
         <v>756</v>
       </c>
       <c r="B759" s="0">
-        <v>120</v>
+        <v>85</v>
       </c>
     </row>
     <row r="760" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A760" s="0" t="s">
         <v>757</v>
       </c>
       <c r="B760" s="0">
-        <v>472</v>
+        <v>67</v>
       </c>
     </row>
     <row r="761" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A761" s="0" t="s">
         <v>758</v>
       </c>
       <c r="B761" s="0">
-        <v>465</v>
+        <v>120</v>
       </c>
     </row>
     <row r="762" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A762" s="0" t="s">
         <v>759</v>
       </c>
       <c r="B762" s="0">
-        <v>340</v>
+        <v>50</v>
       </c>
     </row>
     <row r="763" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A763" s="0" t="s">
         <v>760</v>
       </c>
       <c r="B763" s="0">
-        <v>118</v>
+        <v>110</v>
       </c>
     </row>
     <row r="764" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A764" s="0" t="s">
         <v>761</v>
       </c>
       <c r="B764" s="0">
-        <v>118</v>
+        <v>92</v>
       </c>
     </row>
     <row r="765" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A765" s="0" t="s">
         <v>762</v>
       </c>
       <c r="B765" s="0">
-        <v>137</v>
+        <v>180</v>
       </c>
     </row>
     <row r="766" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A766" s="0" t="s">
         <v>763</v>
       </c>
       <c r="B766" s="0">
-        <v>194</v>
+        <v>310</v>
       </c>
     </row>
     <row r="767" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A767" s="0" t="s">
         <v>764</v>
       </c>
       <c r="B767" s="0">
-        <v>43</v>
+        <v>150</v>
       </c>
     </row>
     <row r="768" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A768" s="0" t="s">
         <v>765</v>
       </c>
       <c r="B768" s="0">
-        <v>49</v>
+        <v>68</v>
       </c>
     </row>
     <row r="769" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A769" s="0" t="s">
         <v>766</v>
       </c>
       <c r="B769" s="0">
-        <v>85</v>
+        <v>82</v>
       </c>
     </row>
     <row r="770" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A770" s="0" t="s">
         <v>767</v>
       </c>
       <c r="B770" s="0">
-        <v>67</v>
+        <v>168</v>
       </c>
     </row>
     <row r="771" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A771" s="0" t="s">
         <v>768</v>
       </c>
       <c r="B771" s="0">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="772" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A772" s="0" t="s">
         <v>769</v>
       </c>
       <c r="B772" s="0">
-        <v>50</v>
+        <v>85</v>
       </c>
     </row>
     <row r="773" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A773" s="0" t="s">
         <v>770</v>
       </c>
       <c r="B773" s="0">
-        <v>110</v>
+        <v>78</v>
       </c>
     </row>
     <row r="774" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A774" s="0" t="s">
         <v>771</v>
       </c>
       <c r="B774" s="0">
-        <v>92</v>
+        <v>378</v>
       </c>
     </row>
     <row r="775" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A775" s="0" t="s">
         <v>772</v>
       </c>
       <c r="B775" s="0">
-        <v>180</v>
+        <v>305</v>
       </c>
     </row>
     <row r="776" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A776" s="0" t="s">
         <v>773</v>
       </c>
       <c r="B776" s="0">
-        <v>310</v>
+        <v>335</v>
       </c>
     </row>
     <row r="777" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A777" s="0" t="s">
         <v>774</v>
       </c>
       <c r="B777" s="0">
-        <v>150</v>
+        <v>335</v>
       </c>
     </row>
     <row r="778" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A778" s="0" t="s">
         <v>775</v>
       </c>
       <c r="B778" s="0">
-        <v>68</v>
+        <v>115</v>
       </c>
     </row>
     <row r="779" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A779" s="0" t="s">
         <v>776</v>
       </c>
       <c r="B779" s="0">
-        <v>82</v>
+        <v>195</v>
       </c>
     </row>
     <row r="780" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A780" s="0" t="s">
         <v>777</v>
       </c>
       <c r="B780" s="0">
-        <v>168</v>
+        <v>100</v>
       </c>
     </row>
     <row r="781" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A781" s="0" t="s">
         <v>778</v>
       </c>
       <c r="B781" s="0">
-        <v>165</v>
+        <v>155</v>
       </c>
     </row>
     <row r="782" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A782" s="0" t="s">
         <v>779</v>
       </c>
       <c r="B782" s="0">
-        <v>85</v>
+        <v>585</v>
       </c>
     </row>
     <row r="783" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A783" s="0" t="s">
         <v>780</v>
       </c>
       <c r="B783" s="0">
-        <v>78</v>
+        <v>795</v>
       </c>
     </row>
     <row r="784" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A784" s="0" t="s">
         <v>781</v>
       </c>
       <c r="B784" s="0">
-        <v>378</v>
+        <v>515</v>
       </c>
     </row>
     <row r="785" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A785" s="0" t="s">
         <v>782</v>
       </c>
       <c r="B785" s="0">
-        <v>305</v>
+        <v>270</v>
       </c>
     </row>
     <row r="786" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A786" s="0" t="s">
         <v>783</v>
       </c>
       <c r="B786" s="0">
-        <v>335</v>
+        <v>452</v>
       </c>
     </row>
     <row r="787" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A787" s="0" t="s">
         <v>784</v>
       </c>
       <c r="B787" s="0">
-        <v>335</v>
+        <v>795</v>
       </c>
     </row>
     <row r="788" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A788" s="0" t="s">
         <v>785</v>
       </c>
       <c r="B788" s="0">
-        <v>115</v>
+        <v>855</v>
       </c>
     </row>
     <row r="789" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A789" s="0" t="s">
         <v>786</v>
       </c>
       <c r="B789" s="0">
-        <v>195</v>
+        <v>795</v>
       </c>
     </row>
     <row r="790" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A790" s="0" t="s">
         <v>787</v>
       </c>
       <c r="B790" s="0">
-        <v>100</v>
+        <v>987</v>
       </c>
     </row>
     <row r="791" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A791" s="0" t="s">
         <v>788</v>
       </c>
       <c r="B791" s="0">
-        <v>155</v>
+        <v>547</v>
       </c>
     </row>
     <row r="792" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A792" s="0" t="s">
         <v>789</v>
       </c>
       <c r="B792" s="0">
-        <v>585</v>
+        <v>425</v>
       </c>
     </row>
     <row r="793" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A793" s="0" t="s">
         <v>790</v>
       </c>
       <c r="B793" s="0">
-        <v>795</v>
+        <v>70</v>
       </c>
     </row>
     <row r="794" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A794" s="0" t="s">
         <v>791</v>
       </c>
       <c r="B794" s="0">
-        <v>515</v>
+        <v>232</v>
       </c>
     </row>
     <row r="795" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A795" s="0" t="s">
         <v>792</v>
       </c>
       <c r="B795" s="0">
-        <v>270</v>
+        <v>575</v>
       </c>
     </row>
     <row r="796" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A796" s="0" t="s">
         <v>793</v>
       </c>
       <c r="B796" s="0">
-        <v>452</v>
+        <v>454</v>
       </c>
     </row>
     <row r="797" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A797" s="0" t="s">
         <v>794</v>
       </c>
       <c r="B797" s="0">
-        <v>795</v>
+        <v>55</v>
       </c>
     </row>
     <row r="798" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A798" s="0" t="s">
         <v>795</v>
       </c>
       <c r="B798" s="0">
-        <v>855</v>
+        <v>60</v>
       </c>
     </row>
     <row r="799" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A799" s="0" t="s">
         <v>796</v>
       </c>
       <c r="B799" s="0">
-        <v>795</v>
+        <v>65</v>
       </c>
     </row>
     <row r="800" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A800" s="0" t="s">
         <v>797</v>
       </c>
       <c r="B800" s="0">
-        <v>987</v>
+        <v>140</v>
       </c>
     </row>
     <row r="801" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A801" s="0" t="s">
         <v>798</v>
       </c>
       <c r="B801" s="0">
-        <v>547</v>
+        <v>135</v>
       </c>
     </row>
     <row r="802" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A802" s="0" t="s">
         <v>799</v>
       </c>
       <c r="B802" s="0">
-        <v>425</v>
+        <v>910</v>
       </c>
     </row>
     <row r="803" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A803" s="0" t="s">
         <v>800</v>
       </c>
       <c r="B803" s="0">
-        <v>70</v>
+        <v>215</v>
       </c>
     </row>
     <row r="804" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A804" s="0" t="s">
         <v>801</v>
       </c>
       <c r="B804" s="0">
-        <v>232</v>
+        <v>225</v>
       </c>
     </row>
     <row r="805" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A805" s="0" t="s">
         <v>802</v>
       </c>
       <c r="B805" s="0">
-        <v>575</v>
+        <v>585</v>
       </c>
     </row>
     <row r="806" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A806" s="0" t="s">
         <v>803</v>
       </c>
       <c r="B806" s="0">
-        <v>454</v>
+        <v>625</v>
       </c>
     </row>
     <row r="807" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A807" s="0" t="s">
         <v>804</v>
       </c>
       <c r="B807" s="0">
-        <v>55</v>
+        <v>365</v>
       </c>
     </row>
     <row r="808" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A808" s="0" t="s">
         <v>805</v>
       </c>
       <c r="B808" s="0">
-        <v>60</v>
+        <v>695</v>
       </c>
     </row>
     <row r="809" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A809" s="0" t="s">
         <v>806</v>
       </c>
       <c r="B809" s="0">
-        <v>65</v>
+        <v>725</v>
       </c>
     </row>
     <row r="810" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A810" s="0" t="s">
         <v>807</v>
       </c>
       <c r="B810" s="0">
-        <v>140</v>
+        <v>475</v>
       </c>
     </row>
     <row r="811" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A811" s="0" t="s">
         <v>808</v>
       </c>
       <c r="B811" s="0">
-        <v>135</v>
+        <v>590</v>
       </c>
     </row>
     <row r="812" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A812" s="0" t="s">
         <v>809</v>
       </c>
       <c r="B812" s="0">
-        <v>910</v>
+        <v>850</v>
       </c>
     </row>
     <row r="813" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A813" s="0" t="s">
         <v>810</v>
       </c>
       <c r="B813" s="0">
-        <v>215</v>
+        <v>590</v>
       </c>
     </row>
     <row r="814" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A814" s="0" t="s">
         <v>811</v>
       </c>
       <c r="B814" s="0">
-        <v>225</v>
+        <v>590</v>
       </c>
     </row>
     <row r="815" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A815" s="0" t="s">
         <v>812</v>
       </c>
       <c r="B815" s="0">
-        <v>585</v>
+        <v>250</v>
       </c>
     </row>
     <row r="816" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A816" s="0" t="s">
         <v>813</v>
       </c>
       <c r="B816" s="0">
-        <v>625</v>
+        <v>305</v>
       </c>
     </row>
     <row r="817" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A817" s="0" t="s">
         <v>814</v>
       </c>
       <c r="B817" s="0">
-        <v>365</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="818" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A818" s="0" t="s">
         <v>815</v>
       </c>
       <c r="B818" s="0">
-        <v>695</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="819" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A819" s="0" t="s">
         <v>816</v>
       </c>
       <c r="B819" s="0">
-        <v>725</v>
+        <v>755</v>
       </c>
     </row>
     <row r="820" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A820" s="0" t="s">
         <v>817</v>
       </c>
       <c r="B820" s="0">
-        <v>475</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="821" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A821" s="0" t="s">
         <v>818</v>
       </c>
       <c r="B821" s="0">
-        <v>590</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="822" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A822" s="0" t="s">
         <v>819</v>
       </c>
       <c r="B822" s="0">
-        <v>850</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="823" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A823" s="0" t="s">
         <v>820</v>
       </c>
       <c r="B823" s="0">
-        <v>590</v>
+        <v>790</v>
       </c>
     </row>
     <row r="824" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A824" s="0" t="s">
         <v>821</v>
       </c>
       <c r="B824" s="0">
-        <v>590</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="825" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A825" s="0" t="s">
         <v>822</v>
       </c>
       <c r="B825" s="0">
-        <v>250</v>
+        <v>855</v>
       </c>
     </row>
     <row r="826" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A826" s="0" t="s">
         <v>823</v>
       </c>
       <c r="B826" s="0">
-        <v>305</v>
+        <v>940</v>
       </c>
     </row>
     <row r="827" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A827" s="0" t="s">
         <v>824</v>
       </c>
       <c r="B827" s="0">
-        <v>2070</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="828" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A828" s="0" t="s">
         <v>825</v>
       </c>
       <c r="B828" s="0">
-        <v>3300</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="829" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A829" s="0" t="s">
         <v>826</v>
       </c>
       <c r="B829" s="0">
-        <v>755</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="830" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A830" s="0" t="s">
         <v>827</v>
       </c>
       <c r="B830" s="0">
-        <v>1050</v>
+        <v>910</v>
       </c>
     </row>
     <row r="831" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A831" s="0" t="s">
         <v>828</v>
       </c>
       <c r="B831" s="0">
-        <v>1035</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="832" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A832" s="0" t="s">
         <v>829</v>
       </c>
       <c r="B832" s="0">
-        <v>1205</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="833" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A833" s="0" t="s">
         <v>830</v>
       </c>
       <c r="B833" s="0">
-        <v>790</v>
+        <v>760</v>
       </c>
     </row>
     <row r="834" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A834" s="0" t="s">
         <v>831</v>
       </c>
       <c r="B834" s="0">
-        <v>1280</v>
+        <v>990</v>
       </c>
     </row>
     <row r="835" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A835" s="0" t="s">
         <v>832</v>
       </c>
       <c r="B835" s="0">
-        <v>855</v>
+        <v>760</v>
       </c>
     </row>
     <row r="836" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A836" s="0" t="s">
         <v>833</v>
       </c>
       <c r="B836" s="0">
-        <v>940</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="837" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A837" s="0" t="s">
         <v>834</v>
       </c>
       <c r="B837" s="0">
-        <v>1335</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="838" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A838" s="0" t="s">
         <v>835</v>
       </c>
       <c r="B838" s="0">
-        <v>1070</v>
+        <v>185</v>
       </c>
     </row>
     <row r="839" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A839" s="0" t="s">
         <v>836</v>
       </c>
       <c r="B839" s="0">
-        <v>1235</v>
+        <v>85</v>
       </c>
     </row>
     <row r="840" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A840" s="0" t="s">
         <v>837</v>
       </c>
       <c r="B840" s="0">
-        <v>910</v>
+        <v>125</v>
       </c>
     </row>
     <row r="841" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A841" s="0" t="s">
         <v>838</v>
       </c>
       <c r="B841" s="0">
-        <v>2420</v>
+        <v>67</v>
       </c>
     </row>
     <row r="842" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A842" s="0" t="s">
         <v>839</v>
       </c>
       <c r="B842" s="0">
-        <v>1530</v>
+        <v>67</v>
       </c>
     </row>
     <row r="843" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A843" s="0" t="s">
         <v>840</v>
       </c>
       <c r="B843" s="0">
-        <v>760</v>
+        <v>72</v>
       </c>
     </row>
     <row r="844" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A844" s="0" t="s">
         <v>841</v>
       </c>
       <c r="B844" s="0">
-        <v>990</v>
+        <v>265</v>
       </c>
     </row>
     <row r="845" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A845" s="0" t="s">
         <v>842</v>
       </c>
       <c r="B845" s="0">
-        <v>760</v>
+        <v>25</v>
       </c>
     </row>
     <row r="846" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A846" s="0" t="s">
         <v>843</v>
       </c>
       <c r="B846" s="0">
-        <v>1170</v>
+        <v>53</v>
       </c>
     </row>
     <row r="847" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A847" s="0" t="s">
         <v>844</v>
       </c>
       <c r="B847" s="0">
-        <v>1690</v>
+        <v>30</v>
       </c>
     </row>
     <row r="848" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A848" s="0" t="s">
         <v>845</v>
       </c>
       <c r="B848" s="0">
-        <v>185</v>
+        <v>960</v>
       </c>
     </row>
     <row r="849" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A849" s="0" t="s">
         <v>846</v>
       </c>
       <c r="B849" s="0">
-        <v>85</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="850" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A850" s="0" t="s">
         <v>847</v>
       </c>
       <c r="B850" s="0">
-        <v>125</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="851" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A851" s="0" t="s">
         <v>848</v>
       </c>
       <c r="B851" s="0">
-        <v>67</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="852" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A852" s="0" t="s">
         <v>849</v>
       </c>
       <c r="B852" s="0">
-        <v>67</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="853" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A853" s="0" t="s">
         <v>850</v>
       </c>
       <c r="B853" s="0">
-        <v>72</v>
+        <v>130</v>
       </c>
     </row>
     <row r="854" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A854" s="0" t="s">
         <v>851</v>
       </c>
       <c r="B854" s="0">
-        <v>265</v>
+        <v>262</v>
       </c>
     </row>
     <row r="855" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A855" s="0" t="s">
         <v>852</v>
       </c>
       <c r="B855" s="0">
-        <v>25</v>
+        <v>262</v>
       </c>
     </row>
     <row r="856" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A856" s="0" t="s">
         <v>853</v>
       </c>
       <c r="B856" s="0">
-        <v>53</v>
+        <v>282</v>
       </c>
     </row>
     <row r="857" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A857" s="0" t="s">
         <v>854</v>
       </c>
       <c r="B857" s="0">
-        <v>30</v>
+        <v>500</v>
       </c>
     </row>
     <row r="858" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A858" s="0" t="s">
         <v>855</v>
       </c>
       <c r="B858" s="0">
-        <v>960</v>
+        <v>822</v>
       </c>
     </row>
     <row r="859" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A859" s="0" t="s">
         <v>856</v>
       </c>
       <c r="B859" s="0">
-        <v>1150</v>
+        <v>640</v>
       </c>
     </row>
     <row r="860" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A860" s="0" t="s">
         <v>857</v>
       </c>
       <c r="B860" s="0">
-        <v>1800</v>
+        <v>490</v>
       </c>
     </row>
     <row r="861" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A861" s="0" t="s">
         <v>858</v>
       </c>
       <c r="B861" s="0">
-        <v>1510</v>
+        <v>640</v>
       </c>
     </row>
     <row r="862" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A862" s="0" t="s">
         <v>859</v>
       </c>
       <c r="B862" s="0">
-        <v>1350</v>
+        <v>510</v>
       </c>
     </row>
     <row r="863" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A863" s="0" t="s">
         <v>860</v>
       </c>
       <c r="B863" s="0">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="864" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A864" s="0" t="s">
-        <v>861</v>
+        <v>860</v>
       </c>
       <c r="B864" s="0">
-        <v>262</v>
+        <v>135</v>
       </c>
     </row>
     <row r="865" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A865" s="0" t="s">
-        <v>862</v>
+        <v>861</v>
       </c>
       <c r="B865" s="0">
-        <v>262</v>
+        <v>320</v>
       </c>
     </row>
     <row r="866" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A866" s="0" t="s">
-        <v>863</v>
+        <v>861</v>
       </c>
       <c r="B866" s="0">
-        <v>282</v>
+        <v>320</v>
       </c>
     </row>
     <row r="867" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A867" s="0" t="s">
-        <v>864</v>
+        <v>862</v>
       </c>
       <c r="B867" s="0">
-        <v>500</v>
+        <v>310</v>
       </c>
     </row>
     <row r="868" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A868" s="0" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
       <c r="B868" s="0">
-        <v>822</v>
+        <v>310</v>
       </c>
     </row>
     <row r="869" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A869" s="0" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
       <c r="B869" s="0">
-        <v>640</v>
+        <v>340</v>
       </c>
     </row>
     <row r="870" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A870" s="0" t="s">
-        <v>867</v>
+        <v>863</v>
       </c>
       <c r="B870" s="0">
-        <v>490</v>
+        <v>340</v>
       </c>
     </row>
     <row r="871" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A871" s="0" t="s">
-        <v>868</v>
+        <v>864</v>
       </c>
       <c r="B871" s="0">
-        <v>640</v>
+        <v>760</v>
       </c>
     </row>
     <row r="872" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A872" s="0" t="s">
-        <v>869</v>
+        <v>865</v>
       </c>
       <c r="B872" s="0">
-        <v>510</v>
+        <v>542</v>
       </c>
     </row>
     <row r="873" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A873" s="0" t="s">
-        <v>870</v>
+        <v>866</v>
       </c>
       <c r="B873" s="0">
-        <v>395</v>
+        <v>435</v>
       </c>
     </row>
     <row r="874" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A874" s="0" t="s">
-        <v>871</v>
+        <v>867</v>
       </c>
       <c r="B874" s="0">
-        <v>135</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="875" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A875" s="0" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="B875" s="0">
-        <v>135</v>
+        <v>645</v>
       </c>
     </row>
     <row r="876" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A876" s="0" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="B876" s="0">
-        <v>320</v>
+        <v>920</v>
       </c>
     </row>
     <row r="877" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A877" s="0" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="B877" s="0">
-        <v>320</v>
+        <v>920</v>
       </c>
     </row>
     <row r="878" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A878" s="0" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
       <c r="B878" s="0">
-        <v>310</v>
+        <v>410</v>
       </c>
     </row>
     <row r="879" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A879" s="0" t="s">
-        <v>873</v>
+        <v>871</v>
       </c>
       <c r="B879" s="0">
-        <v>310</v>
+        <v>890</v>
       </c>
     </row>
     <row r="880" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A880" s="0" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="B880" s="0">
-        <v>340</v>
+        <v>80</v>
       </c>
     </row>
     <row r="881" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A881" s="0" t="s">
-        <v>874</v>
+        <v>873</v>
       </c>
       <c r="B881" s="0">
-        <v>340</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="882" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A882" s="0" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="B882" s="0">
-        <v>760</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="883" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A883" s="0" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="B883" s="0">
-        <v>542</v>
+        <v>60</v>
       </c>
     </row>
     <row r="884" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A884" s="0" t="s">
-        <v>877</v>
+        <v>876</v>
       </c>
       <c r="B884" s="0">
-        <v>435</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="885" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A885" s="0" t="s">
-        <v>878</v>
+        <v>877</v>
       </c>
       <c r="B885" s="0">
-        <v>1065</v>
+        <v>630</v>
       </c>
     </row>
     <row r="886" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A886" s="0" t="s">
-        <v>879</v>
+        <v>878</v>
       </c>
       <c r="B886" s="0">
-        <v>645</v>
+        <v>640</v>
       </c>
     </row>
     <row r="887" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A887" s="0" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="B887" s="0">
-        <v>920</v>
+        <v>875</v>
       </c>
     </row>
     <row r="888" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A888" s="0" t="s">
         <v>880</v>
       </c>
       <c r="B888" s="0">
-        <v>920</v>
+        <v>595</v>
       </c>
     </row>
     <row r="889" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A889" s="0" t="s">
         <v>881</v>
       </c>
       <c r="B889" s="0">
-        <v>410</v>
+        <v>779</v>
       </c>
     </row>
     <row r="890" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A890" s="0" t="s">
         <v>882</v>
       </c>
       <c r="B890" s="0">
-        <v>890</v>
+        <v>440</v>
       </c>
     </row>
     <row r="891" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A891" s="0" t="s">
         <v>883</v>
       </c>
       <c r="B891" s="0">
-        <v>80</v>
+        <v>513</v>
       </c>
     </row>
     <row r="892" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A892" s="0" t="s">
         <v>884</v>
       </c>
       <c r="B892" s="0">
-        <v>1250</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="893" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A893" s="0" t="s">
         <v>885</v>
       </c>
       <c r="B893" s="0">
-        <v>1650</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="894" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A894" s="0" t="s">
         <v>886</v>
       </c>
       <c r="B894" s="0">
-        <v>60</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="895" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A895" s="0" t="s">
         <v>887</v>
       </c>
       <c r="B895" s="0">
-        <v>2485</v>
+        <v>779</v>
       </c>
     </row>
     <row r="896" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A896" s="0" t="s">
         <v>888</v>
       </c>
       <c r="B896" s="0">
-        <v>630</v>
+        <v>126</v>
       </c>
     </row>
     <row r="897" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A897" s="0" t="s">
         <v>889</v>
       </c>
       <c r="B897" s="0">
-        <v>640</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="898" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A898" s="0" t="s">
         <v>890</v>
       </c>
       <c r="B898" s="0">
-        <v>875</v>
+        <v>395</v>
       </c>
     </row>
     <row r="899" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A899" s="0" t="s">
         <v>891</v>
       </c>
       <c r="B899" s="0">
-        <v>595</v>
+        <v>520</v>
       </c>
     </row>
     <row r="900" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A900" s="0" t="s">
         <v>892</v>
       </c>
       <c r="B900" s="0">
-        <v>779</v>
+        <v>442</v>
       </c>
     </row>
     <row r="901" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A901" s="0" t="s">
         <v>893</v>
       </c>
       <c r="B901" s="0">
-        <v>440</v>
+        <v>233</v>
       </c>
     </row>
     <row r="902" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A902" s="0" t="s">
         <v>894</v>
       </c>
       <c r="B902" s="0">
-        <v>513</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="903" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A903" s="0" t="s">
         <v>895</v>
       </c>
       <c r="B903" s="0">
-        <v>1100</v>
+        <v>575</v>
       </c>
     </row>
     <row r="904" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A904" s="0" t="s">
         <v>896</v>
       </c>
       <c r="B904" s="0">
-        <v>1195</v>
+        <v>390</v>
       </c>
     </row>
     <row r="905" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A905" s="0" t="s">
         <v>897</v>
       </c>
       <c r="B905" s="0">
-        <v>1410</v>
+        <v>547</v>
       </c>
     </row>
     <row r="906" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A906" s="0" t="s">
         <v>898</v>
       </c>
       <c r="B906" s="0">
-        <v>779</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="907" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A907" s="0" t="s">
         <v>899</v>
       </c>
       <c r="B907" s="0">
-        <v>126</v>
+        <v>343</v>
       </c>
     </row>
     <row r="908" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A908" s="0" t="s">
         <v>900</v>
       </c>
       <c r="B908" s="0">
-        <v>1877</v>
+        <v>855</v>
       </c>
     </row>
     <row r="909" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A909" s="0" t="s">
         <v>901</v>
       </c>
       <c r="B909" s="0">
-        <v>395</v>
+        <v>310</v>
       </c>
     </row>
     <row r="910" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A910" s="0" t="s">
         <v>902</v>
       </c>
       <c r="B910" s="0">
-        <v>520</v>
+        <v>515</v>
       </c>
     </row>
     <row r="911" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A911" s="0" t="s">
         <v>903</v>
       </c>
       <c r="B911" s="0">
-        <v>442</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="912" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A912" s="0" t="s">
         <v>904</v>
       </c>
       <c r="B912" s="0">
-        <v>233</v>
+        <v>8230</v>
       </c>
     </row>
     <row r="913" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A913" s="0" t="s">
         <v>905</v>
       </c>
       <c r="B913" s="0">
-        <v>2655</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="914" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A914" s="0" t="s">
         <v>906</v>
       </c>
       <c r="B914" s="0">
-        <v>575</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="915" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A915" s="0" t="s">
         <v>907</v>
       </c>
       <c r="B915" s="0">
-        <v>390</v>
+        <v>585</v>
       </c>
     </row>
     <row r="916" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A916" s="0" t="s">
         <v>908</v>
       </c>
       <c r="B916" s="0">
-        <v>547</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="917" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A917" s="0" t="s">
         <v>909</v>
       </c>
       <c r="B917" s="0">
-        <v>1530</v>
+        <v>640</v>
       </c>
     </row>
     <row r="918" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A918" s="0" t="s">
         <v>910</v>
       </c>
       <c r="B918" s="0">
-        <v>335</v>
+        <v>162</v>
       </c>
     </row>
     <row r="919" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A919" s="0" t="s">
         <v>911</v>
       </c>
       <c r="B919" s="0">
-        <v>855</v>
+        <v>290</v>
       </c>
     </row>
     <row r="920" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A920" s="0" t="s">
         <v>912</v>
       </c>
       <c r="B920" s="0">
-        <v>310</v>
+        <v>245</v>
       </c>
     </row>
     <row r="921" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A921" s="0" t="s">
         <v>913</v>
       </c>
       <c r="B921" s="0">
-        <v>515</v>
+        <v>205</v>
       </c>
     </row>
     <row r="922" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A922" s="0" t="s">
         <v>914</v>
       </c>
       <c r="B922" s="0">
-        <v>1410</v>
+        <v>45</v>
       </c>
     </row>
     <row r="923" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A923" s="0" t="s">
         <v>915</v>
       </c>
       <c r="B923" s="0">
-        <v>8230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="924" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A924" s="0" t="s">
         <v>916</v>
       </c>
       <c r="B924" s="0">
-        <v>1070</v>
+        <v>252</v>
       </c>
     </row>
     <row r="925" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A925" s="0" t="s">
         <v>917</v>
       </c>
       <c r="B925" s="0">
-        <v>1070</v>
+        <v>195</v>
       </c>
     </row>
     <row r="926" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A926" s="0" t="s">
         <v>918</v>
       </c>
       <c r="B926" s="0">
-        <v>585</v>
+        <v>215</v>
       </c>
     </row>
     <row r="927" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A927" s="0" t="s">
         <v>919</v>
       </c>
       <c r="B927" s="0">
-        <v>2570</v>
+        <v>775</v>
       </c>
     </row>
     <row r="928" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A928" s="0" t="s">
         <v>920</v>
       </c>
       <c r="B928" s="0">
-        <v>640</v>
+        <v>466</v>
       </c>
     </row>
     <row r="929" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A929" s="0" t="s">
         <v>921</v>
       </c>
       <c r="B929" s="0">
-        <v>162</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="930" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A930" s="0" t="s">
         <v>922</v>
       </c>
       <c r="B930" s="0">
-        <v>290</v>
+        <v>825</v>
       </c>
     </row>
     <row r="931" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A931" s="0" t="s">
         <v>923</v>
       </c>
       <c r="B931" s="0">
-        <v>245</v>
+        <v>590</v>
       </c>
     </row>
     <row r="932" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A932" s="0" t="s">
         <v>924</v>
       </c>
       <c r="B932" s="0">
-        <v>205</v>
+        <v>995</v>
       </c>
     </row>
     <row r="933" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A933" s="0" t="s">
         <v>925</v>
       </c>
       <c r="B933" s="0">
-        <v>45</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="934" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A934" s="0" t="s">
         <v>926</v>
       </c>
       <c r="B934" s="0">
-        <v>250</v>
+        <v>960</v>
       </c>
     </row>
     <row r="935" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A935" s="0" t="s">
         <v>927</v>
       </c>
       <c r="B935" s="0">
-        <v>252</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="936" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A936" s="0" t="s">
         <v>928</v>
       </c>
       <c r="B936" s="0">
-        <v>195</v>
+        <v>565</v>
       </c>
     </row>
     <row r="937" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A937" s="0" t="s">
         <v>929</v>
       </c>
       <c r="B937" s="0">
-        <v>215</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="938" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A938" s="0" t="s">
         <v>930</v>
       </c>
       <c r="B938" s="0">
-        <v>775</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="939" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A939" s="0" t="s">
         <v>931</v>
       </c>
       <c r="B939" s="0">
-        <v>466</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="940" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A940" s="0" t="s">
         <v>932</v>
       </c>
       <c r="B940" s="0">
-        <v>1850</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="941" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A941" s="0" t="s">
         <v>933</v>
       </c>
       <c r="B941" s="0">
-        <v>825</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="942" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A942" s="0" t="s">
         <v>934</v>
       </c>
       <c r="B942" s="0">
-        <v>365</v>
+        <v>612</v>
       </c>
     </row>
     <row r="943" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A943" s="0" t="s">
         <v>935</v>
       </c>
       <c r="B943" s="0">
-        <v>195</v>
+        <v>795</v>
       </c>
     </row>
     <row r="944" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A944" s="0" t="s">
         <v>936</v>
       </c>
       <c r="B944" s="0">
-        <v>590</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="945" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A945" s="0" t="s">
         <v>937</v>
       </c>
       <c r="B945" s="0">
-        <v>995</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="946" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A946" s="0" t="s">
         <v>938</v>
       </c>
       <c r="B946" s="0">
-        <v>1880</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="947" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A947" s="0" t="s">
         <v>939</v>
       </c>
       <c r="B947" s="0">
-        <v>960</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="948" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A948" s="0" t="s">
         <v>940</v>
       </c>
       <c r="B948" s="0">
-        <v>260</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="949" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A949" s="0" t="s">
         <v>941</v>
       </c>
       <c r="B949" s="0">
-        <v>1040</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="950" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A950" s="0" t="s">
         <v>942</v>
       </c>
       <c r="B950" s="0">
-        <v>565</v>
+        <v>95</v>
       </c>
     </row>
     <row r="951" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A951" s="0" t="s">
         <v>943</v>
       </c>
       <c r="B951" s="0">
-        <v>1900</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="952" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A952" s="0" t="s">
         <v>944</v>
       </c>
       <c r="B952" s="0">
-        <v>1690</v>
+        <v>373</v>
       </c>
     </row>
     <row r="953" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A953" s="0" t="s">
         <v>945</v>
       </c>
       <c r="B953" s="0">
-        <v>1690</v>
+        <v>905</v>
       </c>
     </row>
     <row r="954" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A954" s="0" t="s">
         <v>946</v>
       </c>
       <c r="B954" s="0">
-        <v>1690</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="955" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A955" s="0" t="s">
         <v>947</v>
       </c>
       <c r="B955" s="0">
-        <v>1690</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="956" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A956" s="0" t="s">
         <v>948</v>
       </c>
       <c r="B956" s="0">
-        <v>612</v>
+        <v>600</v>
       </c>
     </row>
     <row r="957" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A957" s="0" t="s">
         <v>949</v>
       </c>
       <c r="B957" s="0">
-        <v>795</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="958" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A958" s="0" t="s">
         <v>950</v>
       </c>
       <c r="B958" s="0">
-        <v>1900</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="959" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A959" s="0" t="s">
         <v>951</v>
       </c>
       <c r="B959" s="0">
-        <v>1900</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="960" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A960" s="0" t="s">
         <v>952</v>
       </c>
       <c r="B960" s="0">
-        <v>1900</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="961" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A961" s="0" t="s">
         <v>953</v>
       </c>
       <c r="B961" s="0">
-        <v>1900</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="962" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A962" s="0" t="s">
         <v>954</v>
       </c>
       <c r="B962" s="0">
-        <v>1250</v>
+        <v>980</v>
       </c>
     </row>
     <row r="963" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A963" s="0" t="s">
         <v>955</v>
       </c>
       <c r="B963" s="0">
-        <v>3350</v>
+        <v>688</v>
       </c>
     </row>
     <row r="964" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A964" s="0" t="s">
         <v>956</v>
       </c>
       <c r="B964" s="0">
-        <v>85</v>
+        <v>620</v>
       </c>
     </row>
     <row r="965" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A965" s="0" t="s">
         <v>957</v>
       </c>
       <c r="B965" s="0">
-        <v>1395</v>
+        <v>154</v>
       </c>
     </row>
     <row r="966" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A966" s="0" t="s">
         <v>958</v>
       </c>
       <c r="B966" s="0">
-        <v>373</v>
+        <v>655</v>
       </c>
     </row>
     <row r="967" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A967" s="0" t="s">
         <v>959</v>
       </c>
       <c r="B967" s="0">
-        <v>905</v>
+        <v>215</v>
       </c>
     </row>
     <row r="968" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A968" s="0" t="s">
         <v>960</v>
       </c>
       <c r="B968" s="0">
-        <v>1080</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="969" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A969" s="0" t="s">
         <v>961</v>
       </c>
       <c r="B969" s="0">
-        <v>1100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="970" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A970" s="0" t="s">
         <v>962</v>
       </c>
       <c r="B970" s="0">
-        <v>600</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="971" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A971" s="0" t="s">
         <v>963</v>
       </c>
       <c r="B971" s="0">
-        <v>1520</v>
+        <v>790</v>
       </c>
     </row>
     <row r="972" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A972" s="0" t="s">
         <v>964</v>
       </c>
       <c r="B972" s="0">
-        <v>1275</v>
+        <v>740</v>
       </c>
     </row>
     <row r="973" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A973" s="0" t="s">
         <v>965</v>
       </c>
       <c r="B973" s="0">
-        <v>1915</v>
+        <v>870</v>
       </c>
     </row>
     <row r="974" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A974" s="0" t="s">
         <v>966</v>
       </c>
       <c r="B974" s="0">
-        <v>1670</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="975" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A975" s="0" t="s">
         <v>967</v>
       </c>
       <c r="B975" s="0">
-        <v>1740</v>
+        <v>228</v>
       </c>
     </row>
     <row r="976" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A976" s="0" t="s">
         <v>968</v>
       </c>
       <c r="B976" s="0">
-        <v>980</v>
+        <v>645</v>
       </c>
     </row>
     <row r="977" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A977" s="0" t="s">
         <v>969</v>
       </c>
       <c r="B977" s="0">
-        <v>648</v>
+        <v>300</v>
       </c>
     </row>
     <row r="978" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A978" s="0" t="s">
         <v>970</v>
       </c>
       <c r="B978" s="0">
-        <v>620</v>
+        <v>225</v>
       </c>
     </row>
     <row r="979" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A979" s="0" t="s">
         <v>971</v>
       </c>
       <c r="B979" s="0">
-        <v>154</v>
+        <v>205</v>
       </c>
     </row>
     <row r="980" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A980" s="0" t="s">
         <v>972</v>
       </c>
       <c r="B980" s="0">
-        <v>655</v>
+        <v>515</v>
       </c>
     </row>
     <row r="981" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A981" s="0" t="s">
         <v>973</v>
       </c>
       <c r="B981" s="0">
-        <v>215</v>
+        <v>600</v>
       </c>
     </row>
     <row r="982" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A982" s="0" t="s">
         <v>974</v>
       </c>
       <c r="B982" s="0">
-        <v>1100</v>
+        <v>592</v>
       </c>
     </row>
     <row r="983" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A983" s="0" t="s">
         <v>975</v>
       </c>
       <c r="B983" s="0">
-        <v>180</v>
+        <v>385</v>
       </c>
     </row>
     <row r="984" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A984" s="0" t="s">
         <v>976</v>
       </c>
       <c r="B984" s="0">
-        <v>1260</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="985" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A985" s="0" t="s">
         <v>977</v>
       </c>
       <c r="B985" s="0">
-        <v>790</v>
+        <v>400</v>
       </c>
     </row>
     <row r="986" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A986" s="0" t="s">
         <v>978</v>
       </c>
       <c r="B986" s="0">
-        <v>740</v>
+        <v>440</v>
       </c>
     </row>
     <row r="987" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A987" s="0" t="s">
         <v>979</v>
       </c>
       <c r="B987" s="0">
-        <v>870</v>
+        <v>360</v>
       </c>
     </row>
     <row r="988" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A988" s="0" t="s">
         <v>980</v>
       </c>
       <c r="B988" s="0">
-        <v>1125</v>
+        <v>185</v>
       </c>
     </row>
     <row r="989" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A989" s="0" t="s">
         <v>981</v>
       </c>
       <c r="B989" s="0">
-        <v>228</v>
+        <v>205</v>
       </c>
     </row>
     <row r="990" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A990" s="0" t="s">
         <v>982</v>
       </c>
       <c r="B990" s="0">
-        <v>630</v>
+        <v>310</v>
       </c>
     </row>
     <row r="991" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A991" s="0" t="s">
         <v>983</v>
       </c>
       <c r="B991" s="0">
-        <v>300</v>
+        <v>3610</v>
       </c>
     </row>
     <row r="992" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A992" s="0" t="s">
         <v>984</v>
       </c>
       <c r="B992" s="0">
-        <v>225</v>
+        <v>385</v>
       </c>
     </row>
     <row r="993" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A993" s="0" t="s">
         <v>985</v>
       </c>
       <c r="B993" s="0">
-        <v>205</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="994" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A994" s="0" t="s">
         <v>986</v>
       </c>
       <c r="B994" s="0">
-        <v>515</v>
+        <v>795</v>
       </c>
     </row>
     <row r="995" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A995" s="0" t="s">
         <v>987</v>
       </c>
       <c r="B995" s="0">
-        <v>600</v>
+        <v>845</v>
       </c>
     </row>
     <row r="996" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A996" s="0" t="s">
         <v>988</v>
       </c>
       <c r="B996" s="0">
-        <v>592</v>
+        <v>405</v>
       </c>
     </row>
     <row r="997" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A997" s="0" t="s">
         <v>989</v>
       </c>
       <c r="B997" s="0">
-        <v>385</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="998" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A998" s="0" t="s">
         <v>990</v>
       </c>
       <c r="B998" s="0">
-        <v>2255</v>
+        <v>620</v>
       </c>
     </row>
     <row r="999" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A999" s="0" t="s">
         <v>991</v>
       </c>
       <c r="B999" s="0">
-        <v>355</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1000" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1000" s="0" t="s">
         <v>992</v>
       </c>
       <c r="B1000" s="0">
-        <v>440</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="1001" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1001" s="0" t="s">
         <v>993</v>
       </c>
       <c r="B1001" s="0">
-        <v>355</v>
+        <v>930</v>
       </c>
     </row>
     <row r="1002" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1002" s="0" t="s">
         <v>994</v>
       </c>
       <c r="B1002" s="0">
-        <v>185</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="1003" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1003" s="0" t="s">
         <v>995</v>
       </c>
       <c r="B1003" s="0">
-        <v>200</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="1004" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1004" s="0" t="s">
         <v>996</v>
       </c>
       <c r="B1004" s="0">
-        <v>310</v>
+        <v>547</v>
       </c>
     </row>
     <row r="1005" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1005" s="0" t="s">
         <v>997</v>
       </c>
       <c r="B1005" s="0">
-        <v>3610</v>
+        <v>143</v>
       </c>
     </row>
     <row r="1006" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1006" s="0" t="s">
         <v>998</v>
       </c>
       <c r="B1006" s="0">
-        <v>385</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1007" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1007" s="0" t="s">
         <v>999</v>
       </c>
       <c r="B1007" s="0">
-        <v>1340</v>
+        <v>542</v>
       </c>
     </row>
     <row r="1008" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1008" s="0" t="s">
         <v>1000</v>
       </c>
       <c r="B1008" s="0">
-        <v>795</v>
+        <v>985</v>
       </c>
     </row>
     <row r="1009" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1009" s="0" t="s">
         <v>1001</v>
       </c>
       <c r="B1009" s="0">
-        <v>845</v>
+        <v>548</v>
       </c>
     </row>
     <row r="1010" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1010" s="0" t="s">
         <v>1002</v>
       </c>
       <c r="B1010" s="0">
-        <v>405</v>
+        <v>760</v>
       </c>
     </row>
     <row r="1011" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1011" s="0" t="s">
         <v>1003</v>
       </c>
       <c r="B1011" s="0">
-        <v>1100</v>
+        <v>755</v>
       </c>
     </row>
     <row r="1012" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1012" s="0" t="s">
         <v>1004</v>
       </c>
       <c r="B1012" s="0">
-        <v>605</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1013" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1013" s="0" t="s">
         <v>1005</v>
       </c>
       <c r="B1013" s="0">
-        <v>445</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1014" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1014" s="0" t="s">
         <v>1006</v>
       </c>
       <c r="B1014" s="0">
-        <v>1140</v>
+        <v>898</v>
       </c>
     </row>
     <row r="1015" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1015" s="0" t="s">
         <v>1007</v>
       </c>
       <c r="B1015" s="0">
-        <v>930</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1016" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1016" s="0" t="s">
         <v>1008</v>
       </c>
       <c r="B1016" s="0">
-        <v>1795</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="1017" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1017" s="0" t="s">
         <v>1009</v>
       </c>
       <c r="B1017" s="0">
-        <v>1950</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="1018" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1018" s="0" t="s">
         <v>1010</v>
       </c>
       <c r="B1018" s="0">
-        <v>547</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1019" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1019" s="0" t="s">
         <v>1011</v>
       </c>
       <c r="B1019" s="0">
-        <v>143</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1020" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1020" s="0" t="s">
         <v>1012</v>
       </c>
       <c r="B1020" s="0">
-        <v>855</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="1021" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1021" s="0" t="s">
         <v>1013</v>
       </c>
       <c r="B1021" s="0">
-        <v>275</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="1022" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1022" s="0" t="s">
         <v>1014</v>
       </c>
       <c r="B1022" s="0">
-        <v>542</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1023" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1023" s="0" t="s">
         <v>1015</v>
       </c>
       <c r="B1023" s="0">
-        <v>985</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="1024" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1024" s="0" t="s">
         <v>1016</v>
       </c>
       <c r="B1024" s="0">
-        <v>480</v>
+        <v>3995</v>
       </c>
     </row>
     <row r="1025" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1025" s="0" t="s">
         <v>1017</v>
       </c>
       <c r="B1025" s="0">
-        <v>760</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1026" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1026" s="0" t="s">
         <v>1018</v>
       </c>
       <c r="B1026" s="0">
-        <v>755</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1027" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1027" s="0" t="s">
         <v>1019</v>
       </c>
       <c r="B1027" s="0">
-        <v>1035</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1028" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1028" s="0" t="s">
         <v>1020</v>
       </c>
       <c r="B1028" s="0">
-        <v>140</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1029" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1029" s="0" t="s">
         <v>1021</v>
       </c>
       <c r="B1029" s="0">
-        <v>520</v>
+        <v>615</v>
       </c>
     </row>
     <row r="1030" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1030" s="0" t="s">
         <v>1022</v>
       </c>
       <c r="B1030" s="0">
-        <v>898</v>
+        <v>2835</v>
       </c>
     </row>
     <row r="1031" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1031" s="0" t="s">
         <v>1023</v>
       </c>
       <c r="B1031" s="0">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1032" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1032" s="0" t="s">
         <v>1024</v>
       </c>
       <c r="B1032" s="0">
-        <v>1275</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1033" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1033" s="0" t="s">
         <v>1025</v>
       </c>
       <c r="B1033" s="0">
-        <v>1150</v>
+        <v>865</v>
       </c>
     </row>
     <row r="1034" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1034" s="0" t="s">
         <v>1026</v>
       </c>
       <c r="B1034" s="0">
-        <v>205</v>
+        <v>412</v>
       </c>
     </row>
     <row r="1035" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1035" s="0" t="s">
         <v>1027</v>
       </c>
       <c r="B1035" s="0">
-        <v>290</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="1036" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1036" s="0" t="s">
         <v>1028</v>
       </c>
       <c r="B1036" s="0">
-        <v>1525</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="1037" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1037" s="0" t="s">
         <v>1029</v>
       </c>
       <c r="B1037" s="0">
-        <v>2185</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1038" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1038" s="0" t="s">
         <v>1030</v>
       </c>
       <c r="B1038" s="0">
-        <v>635</v>
+        <v>998</v>
       </c>
     </row>
     <row r="1039" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1039" s="0" t="s">
         <v>1031</v>
       </c>
       <c r="B1039" s="0">
-        <v>1445</v>
+        <v>262</v>
       </c>
     </row>
     <row r="1040" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1040" s="0" t="s">
         <v>1032</v>
       </c>
       <c r="B1040" s="0">
-        <v>3995</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="1041" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1041" s="0" t="s">
         <v>1033</v>
       </c>
       <c r="B1041" s="0">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1042" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1042" s="0" t="s">
         <v>1034</v>
       </c>
       <c r="B1042" s="0">
-        <v>170</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1043" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1043" s="0" t="s">
         <v>1035</v>
       </c>
       <c r="B1043" s="0">
-        <v>825</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1044" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1044" s="0" t="s">
         <v>1036</v>
       </c>
       <c r="B1044" s="0">
-        <v>825</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1045" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1045" s="0" t="s">
         <v>1037</v>
       </c>
       <c r="B1045" s="0">
-        <v>615</v>
+        <v>112</v>
       </c>
     </row>
     <row r="1046" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1046" s="0" t="s">
         <v>1038</v>
       </c>
       <c r="B1046" s="0">
-        <v>2835</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1047" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1047" s="0" t="s">
         <v>1039</v>
       </c>
       <c r="B1047" s="0">
-        <v>185</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="1048" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1048" s="0" t="s">
         <v>1040</v>
       </c>
       <c r="B1048" s="0">
-        <v>475</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="1049" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1049" s="0" t="s">
         <v>1041</v>
       </c>
       <c r="B1049" s="0">
-        <v>865</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="1050" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1050" s="0" t="s">
         <v>1042</v>
       </c>
       <c r="B1050" s="0">
-        <v>412</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="1051" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1051" s="0" t="s">
         <v>1043</v>
       </c>
       <c r="B1051" s="0">
-        <v>105</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="1052" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1052" s="0" t="s">
         <v>1044</v>
       </c>
       <c r="B1052" s="0">
-        <v>1680</v>
+        <v>418</v>
       </c>
     </row>
     <row r="1053" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1053" s="0" t="s">
         <v>1045</v>
       </c>
       <c r="B1053" s="0">
-        <v>1885</v>
+        <v>710</v>
       </c>
     </row>
     <row r="1054" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1054" s="0" t="s">
         <v>1046</v>
       </c>
       <c r="B1054" s="0">
-        <v>800</v>
+        <v>685</v>
       </c>
     </row>
     <row r="1055" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1055" s="0" t="s">
         <v>1047</v>
       </c>
       <c r="B1055" s="0">
-        <v>998</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1056" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1056" s="0" t="s">
         <v>1048</v>
       </c>
       <c r="B1056" s="0">
-        <v>262</v>
+        <v>755</v>
       </c>
     </row>
     <row r="1057" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1057" s="0" t="s">
         <v>1049</v>
       </c>
       <c r="B1057" s="0">
-        <v>3500</v>
+        <v>3640</v>
       </c>
     </row>
     <row r="1058" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1058" s="0" t="s">
         <v>1050</v>
       </c>
       <c r="B1058" s="0">
-        <v>300</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="1059" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1059" s="0" t="s">
         <v>1051</v>
       </c>
       <c r="B1059" s="0">
-        <v>530</v>
+        <v>3310</v>
       </c>
     </row>
     <row r="1060" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1060" s="0" t="s">
         <v>1052</v>
       </c>
       <c r="B1060" s="0">
-        <v>390</v>
+        <v>4560</v>
       </c>
     </row>
     <row r="1061" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1061" s="0" t="s">
         <v>1053</v>
       </c>
       <c r="B1061" s="0">
-        <v>520</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1062" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1062" s="0" t="s">
         <v>1054</v>
       </c>
       <c r="B1062" s="0">
-        <v>112</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="1063" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1063" s="0" t="s">
         <v>1055</v>
       </c>
       <c r="B1063" s="0">
-        <v>605</v>
+        <v>935</v>
       </c>
     </row>
     <row r="1064" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1064" s="0" t="s">
         <v>1056</v>
       </c>
       <c r="B1064" s="0">
-        <v>2040</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="1065" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1065" s="0" t="s">
         <v>1057</v>
       </c>
       <c r="B1065" s="0">
-        <v>1215</v>
+        <v>688</v>
       </c>
     </row>
     <row r="1066" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1066" s="0" t="s">
         <v>1058</v>
       </c>
       <c r="B1066" s="0">
-        <v>2745</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1067" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1067" s="0" t="s">
         <v>1059</v>
       </c>
       <c r="B1067" s="0">
-        <v>2860</v>
+        <v>810</v>
       </c>
     </row>
     <row r="1068" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1068" s="0" t="s">
         <v>1060</v>
       </c>
       <c r="B1068" s="0">
-        <v>1415</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1069" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1069" s="0" t="s">
         <v>1061</v>
       </c>
       <c r="B1069" s="0">
-        <v>418</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="1070" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1070" s="0" t="s">
         <v>1062</v>
       </c>
       <c r="B1070" s="0">
-        <v>525</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="1071" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1071" s="0" t="s">
         <v>1063</v>
       </c>
       <c r="B1071" s="0">
-        <v>685</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="1072" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1072" s="0" t="s">
         <v>1064</v>
       </c>
       <c r="B1072" s="0">
-        <v>465</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="1073" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1073" s="0" t="s">
         <v>1065</v>
       </c>
       <c r="B1073" s="0">
-        <v>755</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1074" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1074" s="0" t="s">
         <v>1066</v>
       </c>
       <c r="B1074" s="0">
-        <v>3640</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1075" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1075" s="0" t="s">
         <v>1067</v>
       </c>
       <c r="B1075" s="0">
-        <v>1545</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1076" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1076" s="0" t="s">
         <v>1068</v>
       </c>
       <c r="B1076" s="0">
-        <v>3310</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1077" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1077" s="0" t="s">
         <v>1069</v>
       </c>
       <c r="B1077" s="0">
-        <v>4560</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1078" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1078" s="0" t="s">
         <v>1070</v>
       </c>
       <c r="B1078" s="0">
-        <v>165</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1079" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1079" s="0" t="s">
         <v>1071</v>
       </c>
       <c r="B1079" s="0">
-        <v>2255</v>
-[...3 lines deleted...]
-      <c r="A1080" s="0" t="s">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1080" s="3" t="s">
         <v>1072</v>
       </c>
-      <c r="B1080" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1080" s="0"/>
     </row>
     <row r="1081" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1081" s="0" t="s">
         <v>1073</v>
       </c>
       <c r="B1081" s="0">
-        <v>1500</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1082" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1082" s="0" t="s">
         <v>1074</v>
       </c>
       <c r="B1082" s="0">
-        <v>1580</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1083" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1083" s="0" t="s">
         <v>1075</v>
       </c>
       <c r="B1083" s="0">
-        <v>650</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1084" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1084" s="0" t="s">
         <v>1076</v>
       </c>
       <c r="B1084" s="0">
-        <v>530</v>
+        <v>965</v>
       </c>
     </row>
     <row r="1085" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1085" s="0" t="s">
         <v>1077</v>
       </c>
       <c r="B1085" s="0">
-        <v>810</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1086" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1086" s="0" t="s">
         <v>1078</v>
       </c>
       <c r="B1086" s="0">
-        <v>222</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1087" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1087" s="0" t="s">
         <v>1079</v>
       </c>
       <c r="B1087" s="0">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1088" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1088" s="0" t="s">
         <v>1080</v>
       </c>
       <c r="B1088" s="0">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1089" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1089" s="0" t="s">
         <v>1081</v>
       </c>
       <c r="B1089" s="0">
-        <v>310</v>
+        <v>695</v>
       </c>
     </row>
     <row r="1090" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1090" s="0" t="s">
         <v>1082</v>
       </c>
       <c r="B1090" s="0">
-        <v>1025</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1091" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1091" s="0" t="s">
         <v>1083</v>
       </c>
       <c r="B1091" s="0">
-        <v>1060</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1092" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1092" s="0" t="s">
         <v>1084</v>
       </c>
       <c r="B1092" s="0">
-        <v>1750</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1093" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1093" s="0" t="s">
         <v>1085</v>
       </c>
       <c r="B1093" s="0">
-        <v>1400</v>
+        <v>418</v>
       </c>
     </row>
     <row r="1094" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1094" s="0" t="s">
         <v>1086</v>
       </c>
       <c r="B1094" s="0">
-        <v>1260</v>
-[...3 lines deleted...]
-      <c r="A1095" s="3" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1095" s="0" t="s">
         <v>1087</v>
       </c>
-      <c r="B1095" s="0"/>
+      <c r="B1095" s="0">
+        <v>523</v>
+      </c>
     </row>
     <row r="1096" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1096" s="0" t="s">
         <v>1088</v>
       </c>
       <c r="B1096" s="0">
-        <v>85</v>
+        <v>634</v>
       </c>
     </row>
     <row r="1097" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1097" s="0" t="s">
         <v>1089</v>
       </c>
       <c r="B1097" s="0">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1098" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1098" s="0" t="s">
         <v>1090</v>
       </c>
       <c r="B1098" s="0">
-        <v>225</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1099" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1099" s="0" t="s">
         <v>1091</v>
       </c>
       <c r="B1099" s="0">
-        <v>965</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1100" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1100" s="0" t="s">
         <v>1092</v>
       </c>
       <c r="B1100" s="0">
-        <v>115</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1101" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1101" s="0" t="s">
         <v>1093</v>
       </c>
       <c r="B1101" s="0">
-        <v>185</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1102" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1102" s="0" t="s">
         <v>1094</v>
       </c>
       <c r="B1102" s="0">
-        <v>240</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1103" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1103" s="0" t="s">
         <v>1095</v>
       </c>
       <c r="B1103" s="0">
-        <v>340</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1104" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1104" s="0" t="s">
         <v>1096</v>
       </c>
       <c r="B1104" s="0">
-        <v>695</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1105" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1105" s="0" t="s">
         <v>1097</v>
       </c>
       <c r="B1105" s="0">
-        <v>105</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1106" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1106" s="0" t="s">
         <v>1098</v>
       </c>
       <c r="B1106" s="0">
-        <v>565</v>
+        <v>740</v>
       </c>
     </row>
     <row r="1107" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1107" s="0" t="s">
         <v>1099</v>
       </c>
       <c r="B1107" s="0">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1108" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1108" s="0" t="s">
         <v>1100</v>
       </c>
       <c r="B1108" s="0">
-        <v>418</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1109" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1109" s="0" t="s">
         <v>1101</v>
       </c>
       <c r="B1109" s="0">
-        <v>646</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1110" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1110" s="0" t="s">
         <v>1102</v>
       </c>
       <c r="B1110" s="0">
-        <v>523</v>
+        <v>735</v>
       </c>
     </row>
     <row r="1111" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1111" s="0" t="s">
         <v>1103</v>
       </c>
       <c r="B1111" s="0">
-        <v>634</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1112" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1112" s="0" t="s">
         <v>1104</v>
       </c>
       <c r="B1112" s="0">
-        <v>330</v>
+        <v>478</v>
       </c>
     </row>
     <row r="1113" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1113" s="0" t="s">
         <v>1105</v>
       </c>
       <c r="B1113" s="0">
-        <v>235</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1114" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1114" s="0" t="s">
         <v>1106</v>
       </c>
       <c r="B1114" s="0">
-        <v>310</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1115" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1115" s="0" t="s">
         <v>1107</v>
       </c>
       <c r="B1115" s="0">
-        <v>130</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1116" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1116" s="0" t="s">
         <v>1108</v>
       </c>
       <c r="B1116" s="0">
-        <v>50</v>
+        <v>626</v>
       </c>
     </row>
     <row r="1117" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1117" s="0" t="s">
         <v>1109</v>
       </c>
       <c r="B1117" s="0">
-        <v>40</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1118" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1118" s="0" t="s">
         <v>1110</v>
       </c>
       <c r="B1118" s="0">
-        <v>315</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1119" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1119" s="0" t="s">
         <v>1111</v>
       </c>
       <c r="B1119" s="0">
-        <v>495</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1120" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1120" s="0" t="s">
         <v>1112</v>
       </c>
       <c r="B1120" s="0">
-        <v>690</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1121" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1121" s="0" t="s">
         <v>1113</v>
       </c>
       <c r="B1121" s="0">
-        <v>740</v>
+        <v>725</v>
       </c>
     </row>
     <row r="1122" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1122" s="0" t="s">
         <v>1114</v>
       </c>
       <c r="B1122" s="0">
-        <v>270</v>
+        <v>635</v>
       </c>
     </row>
     <row r="1123" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1123" s="0" t="s">
         <v>1115</v>
       </c>
       <c r="B1123" s="0">
-        <v>625</v>
+        <v>288</v>
       </c>
     </row>
     <row r="1124" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1124" s="0" t="s">
         <v>1116</v>
       </c>
       <c r="B1124" s="0">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1125" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1125" s="0" t="s">
         <v>1117</v>
       </c>
       <c r="B1125" s="0">
-        <v>735</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1126" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1126" s="0" t="s">
         <v>1118</v>
       </c>
       <c r="B1126" s="0">
-        <v>130</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1127" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1127" s="0" t="s">
         <v>1119</v>
       </c>
       <c r="B1127" s="0">
-        <v>478</v>
+        <v>372</v>
       </c>
     </row>
     <row r="1128" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1128" s="0" t="s">
         <v>1120</v>
       </c>
       <c r="B1128" s="0">
-        <v>295</v>
+        <v>640</v>
       </c>
     </row>
     <row r="1129" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1129" s="0" t="s">
         <v>1121</v>
       </c>
       <c r="B1129" s="0">
-        <v>800</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1130" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1130" s="0" t="s">
         <v>1122</v>
       </c>
       <c r="B1130" s="0">
-        <v>315</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1131" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1131" s="0" t="s">
         <v>1123</v>
       </c>
       <c r="B1131" s="0">
-        <v>626</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1132" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1132" s="0" t="s">
         <v>1124</v>
       </c>
       <c r="B1132" s="0">
-        <v>185</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1133" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1133" s="0" t="s">
         <v>1125</v>
       </c>
       <c r="B1133" s="0">
-        <v>675</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1134" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1134" s="0" t="s">
         <v>1126</v>
       </c>
       <c r="B1134" s="0">
-        <v>200</v>
+        <v>338</v>
       </c>
     </row>
     <row r="1135" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1135" s="0" t="s">
         <v>1127</v>
       </c>
       <c r="B1135" s="0">
-        <v>490</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1136" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1136" s="0" t="s">
         <v>1128</v>
       </c>
       <c r="B1136" s="0">
-        <v>725</v>
+        <v>855</v>
       </c>
     </row>
     <row r="1137" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1137" s="0" t="s">
         <v>1129</v>
       </c>
       <c r="B1137" s="0">
-        <v>635</v>
+        <v>233</v>
       </c>
     </row>
     <row r="1138" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1138" s="0" t="s">
         <v>1130</v>
       </c>
       <c r="B1138" s="0">
-        <v>288</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="1139" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1139" s="0" t="s">
         <v>1131</v>
       </c>
       <c r="B1139" s="0">
-        <v>220</v>
+        <v>122</v>
       </c>
     </row>
     <row r="1140" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1140" s="0" t="s">
         <v>1132</v>
       </c>
       <c r="B1140" s="0">
-        <v>210</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1141" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1141" s="0" t="s">
         <v>1133</v>
       </c>
       <c r="B1141" s="0">
-        <v>95</v>
+        <v>228</v>
       </c>
     </row>
     <row r="1142" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1142" s="0" t="s">
         <v>1134</v>
       </c>
       <c r="B1142" s="0">
-        <v>372</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1143" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1143" s="0" t="s">
         <v>1135</v>
       </c>
       <c r="B1143" s="0">
-        <v>640</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1144" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1144" s="0" t="s">
         <v>1136</v>
       </c>
       <c r="B1144" s="0">
-        <v>295</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1145" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1145" s="0" t="s">
         <v>1137</v>
       </c>
       <c r="B1145" s="0">
-        <v>460</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1146" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1146" s="0" t="s">
         <v>1138</v>
       </c>
       <c r="B1146" s="0">
-        <v>385</v>
+        <v>267</v>
       </c>
     </row>
     <row r="1147" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1147" s="0" t="s">
         <v>1139</v>
       </c>
       <c r="B1147" s="0">
-        <v>395</v>
+        <v>87</v>
       </c>
     </row>
     <row r="1148" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1148" s="0" t="s">
         <v>1140</v>
       </c>
       <c r="B1148" s="0">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1149" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1149" s="0" t="s">
         <v>1141</v>
       </c>
       <c r="B1149" s="0">
-        <v>338</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1150" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1150" s="0" t="s">
         <v>1142</v>
       </c>
       <c r="B1150" s="0">
-        <v>370</v>
+        <v>217</v>
       </c>
     </row>
     <row r="1151" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1151" s="0" t="s">
         <v>1143</v>
       </c>
       <c r="B1151" s="0">
-        <v>855</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1152" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1152" s="0" t="s">
         <v>1144</v>
       </c>
       <c r="B1152" s="0">
-        <v>233</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1153" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1153" s="0" t="s">
         <v>1145</v>
       </c>
       <c r="B1153" s="0">
-        <v>1175</v>
+        <v>343</v>
       </c>
     </row>
     <row r="1154" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1154" s="0" t="s">
         <v>1146</v>
       </c>
       <c r="B1154" s="0">
-        <v>122</v>
+        <v>254</v>
       </c>
     </row>
     <row r="1155" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1155" s="0" t="s">
         <v>1147</v>
       </c>
       <c r="B1155" s="0">
-        <v>155</v>
+        <v>213</v>
       </c>
     </row>
     <row r="1156" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1156" s="0" t="s">
         <v>1148</v>
       </c>
       <c r="B1156" s="0">
-        <v>228</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1157" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1157" s="0" t="s">
         <v>1149</v>
       </c>
       <c r="B1157" s="0">
-        <v>238</v>
+        <v>132</v>
       </c>
     </row>
     <row r="1158" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1158" s="0" t="s">
         <v>1150</v>
       </c>
       <c r="B1158" s="0">
-        <v>115</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1159" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1159" s="0" t="s">
         <v>1151</v>
       </c>
       <c r="B1159" s="0">
-        <v>105</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1160" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1160" s="0" t="s">
         <v>1152</v>
       </c>
       <c r="B1160" s="0">
-        <v>120</v>
+        <v>920</v>
       </c>
     </row>
     <row r="1161" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1161" s="0" t="s">
         <v>1153</v>
       </c>
       <c r="B1161" s="0">
-        <v>267</v>
+        <v>213</v>
       </c>
     </row>
     <row r="1162" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1162" s="0" t="s">
         <v>1154</v>
       </c>
       <c r="B1162" s="0">
-        <v>87</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1163" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1163" s="0" t="s">
         <v>1155</v>
       </c>
       <c r="B1163" s="0">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="1164" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1164" s="0" t="s">
         <v>1156</v>
       </c>
       <c r="B1164" s="0">
-        <v>370</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="1165" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1165" s="0" t="s">
         <v>1157</v>
       </c>
       <c r="B1165" s="0">
-        <v>217</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1166" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1166" s="0" t="s">
         <v>1158</v>
       </c>
       <c r="B1166" s="0">
-        <v>135</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1167" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1167" s="0" t="s">
         <v>1159</v>
       </c>
       <c r="B1167" s="0">
-        <v>518</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1168" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1168" s="0" t="s">
         <v>1160</v>
       </c>
       <c r="B1168" s="0">
-        <v>343</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1169" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1169" s="0" t="s">
         <v>1161</v>
       </c>
       <c r="B1169" s="0">
-        <v>254</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1170" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1170" s="0" t="s">
         <v>1162</v>
       </c>
       <c r="B1170" s="0">
-        <v>213</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1171" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1171" s="0" t="s">
         <v>1163</v>
       </c>
       <c r="B1171" s="0">
-        <v>270</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1172" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1172" s="0" t="s">
         <v>1164</v>
       </c>
       <c r="B1172" s="0">
-        <v>132</v>
+        <v>535</v>
       </c>
     </row>
     <row r="1173" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1173" s="0" t="s">
         <v>1165</v>
       </c>
       <c r="B1173" s="0">
-        <v>825</v>
+        <v>137</v>
       </c>
     </row>
     <row r="1174" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1174" s="0" t="s">
         <v>1166</v>
       </c>
       <c r="B1174" s="0">
-        <v>210</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1175" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1175" s="0" t="s">
         <v>1167</v>
       </c>
       <c r="B1175" s="0">
-        <v>920</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1176" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1176" s="0" t="s">
         <v>1168</v>
       </c>
       <c r="B1176" s="0">
-        <v>213</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1177" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1177" s="0" t="s">
         <v>1169</v>
       </c>
       <c r="B1177" s="0">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1178" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1178" s="0" t="s">
         <v>1170</v>
       </c>
       <c r="B1178" s="0">
-        <v>112</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1179" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1179" s="0" t="s">
         <v>1171</v>
       </c>
       <c r="B1179" s="0">
-        <v>1080</v>
+        <v>147</v>
       </c>
     </row>
     <row r="1180" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1180" s="0" t="s">
         <v>1172</v>
       </c>
       <c r="B1180" s="0">
-        <v>210</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1181" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1181" s="0" t="s">
         <v>1173</v>
       </c>
       <c r="B1181" s="0">
-        <v>70</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="1182" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1182" s="0" t="s">
         <v>1174</v>
       </c>
       <c r="B1182" s="0">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1183" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1183" s="0" t="s">
         <v>1175</v>
       </c>
       <c r="B1183" s="0">
-        <v>205</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1184" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1184" s="0" t="s">
         <v>1176</v>
       </c>
       <c r="B1184" s="0">
-        <v>520</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1185" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1185" s="0" t="s">
         <v>1177</v>
       </c>
       <c r="B1185" s="0">
-        <v>565</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1186" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1186" s="0" t="s">
         <v>1178</v>
       </c>
       <c r="B1186" s="0">
-        <v>115</v>
+        <v>226</v>
       </c>
     </row>
     <row r="1187" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1187" s="0" t="s">
         <v>1179</v>
       </c>
       <c r="B1187" s="0">
-        <v>535</v>
+        <v>208</v>
       </c>
     </row>
     <row r="1188" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1188" s="0" t="s">
         <v>1180</v>
       </c>
       <c r="B1188" s="0">
-        <v>137</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1189" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1189" s="0" t="s">
         <v>1181</v>
       </c>
       <c r="B1189" s="0">
-        <v>700</v>
+        <v>378</v>
       </c>
     </row>
     <row r="1190" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1190" s="0" t="s">
         <v>1182</v>
       </c>
       <c r="B1190" s="0">
-        <v>425</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="1191" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1191" s="0" t="s">
         <v>1183</v>
       </c>
       <c r="B1191" s="0">
-        <v>110</v>
+        <v>138</v>
       </c>
     </row>
     <row r="1192" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1192" s="0" t="s">
         <v>1184</v>
       </c>
       <c r="B1192" s="0">
-        <v>110</v>
+        <v>554</v>
       </c>
     </row>
     <row r="1193" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1193" s="0" t="s">
         <v>1185</v>
       </c>
       <c r="B1193" s="0">
-        <v>132</v>
+        <v>108</v>
       </c>
     </row>
     <row r="1194" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1194" s="0" t="s">
         <v>1186</v>
       </c>
       <c r="B1194" s="0">
-        <v>147</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="1195" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1195" s="0" t="s">
         <v>1187</v>
       </c>
       <c r="B1195" s="0">
-        <v>505</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1196" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1196" s="0" t="s">
         <v>1188</v>
       </c>
       <c r="B1196" s="0">
-        <v>1675</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1197" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1197" s="0" t="s">
         <v>1189</v>
       </c>
       <c r="B1197" s="0">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1198" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1198" s="0" t="s">
         <v>1190</v>
       </c>
       <c r="B1198" s="0">
-        <v>405</v>
+        <v>815</v>
       </c>
     </row>
     <row r="1199" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1199" s="0" t="s">
         <v>1191</v>
       </c>
       <c r="B1199" s="0">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1200" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1200" s="0" t="s">
         <v>1192</v>
       </c>
       <c r="B1200" s="0">
-        <v>430</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1201" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1201" s="0" t="s">
         <v>1193</v>
       </c>
       <c r="B1201" s="0">
-        <v>226</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1202" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1202" s="0" t="s">
         <v>1194</v>
       </c>
       <c r="B1202" s="0">
-        <v>208</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1203" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1203" s="0" t="s">
         <v>1195</v>
       </c>
       <c r="B1203" s="0">
-        <v>285</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1204" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1204" s="0" t="s">
         <v>1196</v>
       </c>
       <c r="B1204" s="0">
-        <v>378</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1205" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1205" s="0" t="s">
         <v>1197</v>
       </c>
       <c r="B1205" s="0">
-        <v>1420</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="1206" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1206" s="0" t="s">
         <v>1198</v>
       </c>
       <c r="B1206" s="0">
-        <v>138</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1207" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1207" s="0" t="s">
         <v>1199</v>
       </c>
       <c r="B1207" s="0">
-        <v>554</v>
+        <v>615</v>
       </c>
     </row>
     <row r="1208" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1208" s="0" t="s">
         <v>1200</v>
       </c>
       <c r="B1208" s="0">
-        <v>108</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1209" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1209" s="0" t="s">
         <v>1201</v>
       </c>
       <c r="B1209" s="0">
-        <v>1640</v>
+        <v>685</v>
       </c>
     </row>
     <row r="1210" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1210" s="0" t="s">
         <v>1202</v>
       </c>
       <c r="B1210" s="0">
-        <v>450</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1211" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1211" s="0" t="s">
         <v>1203</v>
       </c>
       <c r="B1211" s="0">
-        <v>175</v>
+        <v>795</v>
       </c>
     </row>
     <row r="1212" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1212" s="0" t="s">
         <v>1204</v>
       </c>
       <c r="B1212" s="0">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1213" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1213" s="0" t="s">
         <v>1205</v>
       </c>
       <c r="B1213" s="0">
-        <v>815</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1214" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1214" s="0" t="s">
         <v>1206</v>
       </c>
       <c r="B1214" s="0">
-        <v>210</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1215" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1215" s="0" t="s">
         <v>1207</v>
       </c>
       <c r="B1215" s="0">
-        <v>235</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1216" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1216" s="0" t="s">
         <v>1208</v>
       </c>
       <c r="B1216" s="0">
-        <v>295</v>
+        <v>172</v>
       </c>
     </row>
     <row r="1217" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1217" s="0" t="s">
         <v>1209</v>
       </c>
       <c r="B1217" s="0">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1218" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1218" s="0" t="s">
         <v>1210</v>
       </c>
       <c r="B1218" s="0">
-        <v>110</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1219" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1219" s="0" t="s">
         <v>1211</v>
       </c>
       <c r="B1219" s="0">
-        <v>625</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1220" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1220" s="0" t="s">
         <v>1212</v>
       </c>
       <c r="B1220" s="0">
-        <v>1290</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="1221" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1221" s="0" t="s">
         <v>1213</v>
       </c>
       <c r="B1221" s="0">
-        <v>190</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1222" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1222" s="0" t="s">
         <v>1214</v>
       </c>
       <c r="B1222" s="0">
-        <v>285</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1223" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1223" s="0" t="s">
         <v>1215</v>
       </c>
       <c r="B1223" s="0">
-        <v>615</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1224" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1224" s="0" t="s">
         <v>1216</v>
       </c>
       <c r="B1224" s="0">
-        <v>150</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="1225" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1225" s="0" t="s">
         <v>1217</v>
       </c>
       <c r="B1225" s="0">
-        <v>685</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1226" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1226" s="0" t="s">
         <v>1218</v>
       </c>
       <c r="B1226" s="0">
-        <v>415</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1227" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1227" s="0" t="s">
         <v>1219</v>
       </c>
       <c r="B1227" s="0">
-        <v>795</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1228" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1228" s="0" t="s">
         <v>1220</v>
       </c>
       <c r="B1228" s="0">
         <v>130</v>
       </c>
     </row>
     <row r="1229" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1229" s="0" t="s">
         <v>1221</v>
       </c>
       <c r="B1229" s="0">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1230" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1230" s="0" t="s">
         <v>1222</v>
       </c>
       <c r="B1230" s="0">
-        <v>185</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1231" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1231" s="0" t="s">
         <v>1223</v>
       </c>
       <c r="B1231" s="0">
-        <v>115</v>
+        <v>171</v>
       </c>
     </row>
     <row r="1232" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1232" s="0" t="s">
         <v>1224</v>
       </c>
       <c r="B1232" s="0">
-        <v>172</v>
+        <v>555</v>
       </c>
     </row>
     <row r="1233" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1233" s="0" t="s">
         <v>1225</v>
       </c>
       <c r="B1233" s="0">
-        <v>225</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1234" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1234" s="0" t="s">
         <v>1226</v>
       </c>
       <c r="B1234" s="0">
-        <v>445</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1235" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1235" s="0" t="s">
         <v>1227</v>
       </c>
       <c r="B1235" s="0">
-        <v>75</v>
+        <v>213</v>
       </c>
     </row>
     <row r="1236" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1236" s="0" t="s">
         <v>1228</v>
       </c>
       <c r="B1236" s="0">
-        <v>425</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1237" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1237" s="0" t="s">
         <v>1229</v>
       </c>
       <c r="B1237" s="0">
-        <v>1135</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1238" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1238" s="0" t="s">
         <v>1230</v>
       </c>
       <c r="B1238" s="0">
-        <v>750</v>
+        <v>515</v>
       </c>
     </row>
     <row r="1239" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1239" s="0" t="s">
         <v>1231</v>
       </c>
       <c r="B1239" s="0">
-        <v>185</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1240" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1240" s="0" t="s">
         <v>1232</v>
       </c>
       <c r="B1240" s="0">
-        <v>440</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="1241" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1241" s="0" t="s">
         <v>1233</v>
       </c>
       <c r="B1241" s="0">
-        <v>1670</v>
+        <v>655</v>
       </c>
     </row>
     <row r="1242" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1242" s="0" t="s">
         <v>1234</v>
       </c>
       <c r="B1242" s="0">
-        <v>234</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1243" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1243" s="0" t="s">
         <v>1235</v>
       </c>
       <c r="B1243" s="0">
-        <v>565</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1244" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1244" s="0" t="s">
         <v>1236</v>
       </c>
       <c r="B1244" s="0">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1245" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1245" s="0" t="s">
         <v>1237</v>
       </c>
       <c r="B1245" s="0">
-        <v>130</v>
-[...3 lines deleted...]
-      <c r="A1246" s="0" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="1246" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1246" s="3" t="s">
         <v>1238</v>
       </c>
-      <c r="B1246" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1246" s="0"/>
     </row>
     <row r="1247" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1247" s="0" t="s">
         <v>1239</v>
       </c>
       <c r="B1247" s="0">
-        <v>235</v>
+        <v>3920</v>
       </c>
     </row>
     <row r="1248" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1248" s="0" t="s">
         <v>1240</v>
       </c>
       <c r="B1248" s="0">
-        <v>171</v>
+        <v>4930</v>
       </c>
     </row>
     <row r="1249" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1249" s="0" t="s">
         <v>1241</v>
       </c>
       <c r="B1249" s="0">
-        <v>555</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1250" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1250" s="0" t="s">
         <v>1242</v>
       </c>
       <c r="B1250" s="0">
-        <v>430</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1251" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1251" s="0" t="s">
         <v>1243</v>
       </c>
       <c r="B1251" s="0">
-        <v>265</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1252" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1252" s="0" t="s">
         <v>1244</v>
       </c>
       <c r="B1252" s="0">
-        <v>213</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1253" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1253" s="0" t="s">
         <v>1245</v>
       </c>
       <c r="B1253" s="0">
-        <v>235</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="1254" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1254" s="0" t="s">
         <v>1246</v>
       </c>
       <c r="B1254" s="0">
-        <v>235</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="1255" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1255" s="0" t="s">
         <v>1247</v>
       </c>
       <c r="B1255" s="0">
-        <v>515</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1256" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1256" s="0" t="s">
         <v>1248</v>
       </c>
       <c r="B1256" s="0">
-        <v>605</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="1257" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1257" s="0" t="s">
         <v>1249</v>
       </c>
       <c r="B1257" s="0">
-        <v>2198</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="1258" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1258" s="0" t="s">
         <v>1250</v>
       </c>
       <c r="B1258" s="0">
-        <v>655</v>
+        <v>3140</v>
       </c>
     </row>
     <row r="1259" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1259" s="0" t="s">
         <v>1251</v>
       </c>
       <c r="B1259" s="0">
-        <v>575</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="1260" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1260" s="0" t="s">
         <v>1252</v>
       </c>
       <c r="B1260" s="0">
-        <v>195</v>
-[...3 lines deleted...]
-      <c r="A1261" s="3" t="s">
+        <v>2705</v>
+      </c>
+    </row>
+    <row r="1261" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1261" s="0" t="s">
         <v>1253</v>
       </c>
-      <c r="B1261" s="0"/>
+      <c r="B1261" s="0">
+        <v>1675</v>
+      </c>
     </row>
     <row r="1262" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1262" s="0" t="s">
         <v>1254</v>
       </c>
       <c r="B1262" s="0">
-        <v>3920</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1263" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1263" s="0" t="s">
         <v>1255</v>
       </c>
       <c r="B1263" s="0">
-        <v>4930</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="1264" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1264" s="0" t="s">
         <v>1256</v>
       </c>
       <c r="B1264" s="0">
-        <v>270</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="1265" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1265" s="0" t="s">
         <v>1257</v>
       </c>
       <c r="B1265" s="0">
-        <v>325</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="1266" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1266" s="0" t="s">
         <v>1258</v>
       </c>
       <c r="B1266" s="0">
-        <v>245</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="1267" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1267" s="0" t="s">
         <v>1259</v>
       </c>
       <c r="B1267" s="0">
-        <v>225</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="1268" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1268" s="0" t="s">
         <v>1260</v>
       </c>
       <c r="B1268" s="0">
-        <v>1280</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="1269" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1269" s="0" t="s">
         <v>1261</v>
       </c>
       <c r="B1269" s="0">
-        <v>2855</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="1270" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1270" s="0" t="s">
         <v>1262</v>
       </c>
       <c r="B1270" s="0">
-        <v>150</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="1271" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1271" s="0" t="s">
         <v>1263</v>
       </c>
       <c r="B1271" s="0">
-        <v>2275</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="1272" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1272" s="0" t="s">
         <v>1264</v>
       </c>
       <c r="B1272" s="0">
-        <v>1485</v>
+        <v>3580</v>
       </c>
     </row>
     <row r="1273" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1273" s="0" t="s">
         <v>1265</v>
       </c>
       <c r="B1273" s="0">
-        <v>900</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="1274" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1274" s="0" t="s">
         <v>1266</v>
       </c>
       <c r="B1274" s="0">
-        <v>3140</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="1275" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1275" s="0" t="s">
         <v>1267</v>
       </c>
       <c r="B1275" s="0">
-        <v>1910</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="1276" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1276" s="0" t="s">
         <v>1268</v>
       </c>
       <c r="B1276" s="0">
-        <v>2705</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="1277" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1277" s="0" t="s">
         <v>1269</v>
       </c>
       <c r="B1277" s="0">
-        <v>1640</v>
-[...3 lines deleted...]
-      <c r="A1278" s="0" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="1278" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1278" s="3" t="s">
         <v>1270</v>
       </c>
-      <c r="B1278" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1278" s="0"/>
     </row>
     <row r="1279" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1279" s="0" t="s">
         <v>1271</v>
       </c>
       <c r="B1279" s="0">
-        <v>900</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1280" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1280" s="0" t="s">
         <v>1272</v>
       </c>
       <c r="B1280" s="0">
-        <v>1520</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1281" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1281" s="0" t="s">
         <v>1273</v>
       </c>
       <c r="B1281" s="0">
-        <v>2800</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1282" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1282" s="0" t="s">
         <v>1274</v>
       </c>
       <c r="B1282" s="0">
-        <v>2085</v>
+        <v>455</v>
       </c>
     </row>
     <row r="1283" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1283" s="0" t="s">
         <v>1275</v>
       </c>
       <c r="B1283" s="0">
-        <v>2875</v>
+        <v>116</v>
       </c>
     </row>
     <row r="1284" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1284" s="0" t="s">
         <v>1276</v>
       </c>
       <c r="B1284" s="0">
-        <v>1620</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1285" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1285" s="0" t="s">
         <v>1277</v>
       </c>
       <c r="B1285" s="0">
-        <v>1930</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1286" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1286" s="0" t="s">
         <v>1278</v>
       </c>
       <c r="B1286" s="0">
-        <v>1920</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1287" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1287" s="0" t="s">
         <v>1279</v>
       </c>
       <c r="B1287" s="0">
-        <v>1920</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1288" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1288" s="0" t="s">
         <v>1280</v>
       </c>
       <c r="B1288" s="0">
-        <v>2310</v>
+        <v>515</v>
       </c>
     </row>
     <row r="1289" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1289" s="0" t="s">
         <v>1281</v>
       </c>
       <c r="B1289" s="0">
-        <v>3580</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1290" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1290" s="0" t="s">
         <v>1282</v>
       </c>
       <c r="B1290" s="0">
-        <v>3200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1291" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1291" s="0" t="s">
         <v>1283</v>
       </c>
       <c r="B1291" s="0">
-        <v>1280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1292" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1292" s="0" t="s">
         <v>1284</v>
       </c>
       <c r="B1292" s="0">
-        <v>1920</v>
-[...3 lines deleted...]
-      <c r="A1293" s="3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="1293" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1293" s="0" t="s">
         <v>1285</v>
       </c>
-      <c r="B1293" s="0"/>
+      <c r="B1293" s="0">
+        <v>85</v>
+      </c>
     </row>
     <row r="1294" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1294" s="0" t="s">
         <v>1286</v>
       </c>
       <c r="B1294" s="0">
-        <v>245</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1295" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1295" s="0" t="s">
         <v>1287</v>
       </c>
       <c r="B1295" s="0">
-        <v>335</v>
+        <v>64</v>
       </c>
     </row>
     <row r="1296" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1296" s="0" t="s">
         <v>1288</v>
       </c>
       <c r="B1296" s="0">
-        <v>375</v>
+        <v>98</v>
       </c>
     </row>
     <row r="1297" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1297" s="0" t="s">
         <v>1289</v>
       </c>
       <c r="B1297" s="0">
-        <v>445</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1298" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1298" s="0" t="s">
         <v>1290</v>
       </c>
       <c r="B1298" s="0">
-        <v>116</v>
+        <v>42</v>
       </c>
     </row>
     <row r="1299" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1299" s="0" t="s">
         <v>1291</v>
       </c>
       <c r="B1299" s="0">
-        <v>145</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1300" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1300" s="0" t="s">
         <v>1292</v>
       </c>
       <c r="B1300" s="0">
-        <v>158</v>
-[...3 lines deleted...]
-      <c r="A1301" s="0" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1301" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1301" s="3" t="s">
         <v>1293</v>
       </c>
-      <c r="B1301" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1301" s="0"/>
     </row>
     <row r="1302" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1302" s="0" t="s">
         <v>1294</v>
       </c>
       <c r="B1302" s="0">
-        <v>6</v>
+        <v>4850</v>
       </c>
     </row>
     <row r="1303" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1303" s="0" t="s">
         <v>1295</v>
       </c>
       <c r="B1303" s="0">
-        <v>515</v>
+        <v>10285</v>
       </c>
     </row>
     <row r="1304" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1304" s="0" t="s">
         <v>1296</v>
       </c>
       <c r="B1304" s="0">
-        <v>170</v>
+        <v>12650</v>
       </c>
     </row>
     <row r="1305" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1305" s="0" t="s">
         <v>1297</v>
       </c>
       <c r="B1305" s="0">
-        <v>80</v>
+        <v>6770</v>
       </c>
     </row>
     <row r="1306" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1306" s="0" t="s">
         <v>1298</v>
       </c>
       <c r="B1306" s="0">
-        <v>600</v>
+        <v>9530</v>
       </c>
     </row>
     <row r="1307" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1307" s="0" t="s">
         <v>1299</v>
       </c>
       <c r="B1307" s="0">
-        <v>57</v>
+        <v>4335</v>
       </c>
     </row>
     <row r="1308" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1308" s="0" t="s">
         <v>1300</v>
       </c>
       <c r="B1308" s="0">
-        <v>85</v>
+        <v>5620</v>
       </c>
     </row>
     <row r="1309" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1309" s="0" t="s">
         <v>1301</v>
       </c>
       <c r="B1309" s="0">
-        <v>110</v>
+        <v>3385</v>
       </c>
     </row>
     <row r="1310" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1310" s="0" t="s">
         <v>1302</v>
       </c>
       <c r="B1310" s="0">
-        <v>64</v>
+        <v>4650</v>
       </c>
     </row>
     <row r="1311" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1311" s="0" t="s">
         <v>1303</v>
       </c>
       <c r="B1311" s="0">
-        <v>98</v>
-[...3 lines deleted...]
-      <c r="A1312" s="0" t="s">
+        <v>6910</v>
+      </c>
+    </row>
+    <row r="1312" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1312" s="3" t="s">
         <v>1304</v>
       </c>
-      <c r="B1312" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1312" s="0"/>
     </row>
     <row r="1313" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1313" s="0" t="s">
         <v>1305</v>
       </c>
       <c r="B1313" s="0">
-        <v>42</v>
+        <v>3180</v>
       </c>
     </row>
     <row r="1314" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1314" s="0" t="s">
         <v>1306</v>
       </c>
       <c r="B1314" s="0">
-        <v>395</v>
+        <v>20800</v>
       </c>
     </row>
     <row r="1315" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1315" s="0" t="s">
         <v>1307</v>
       </c>
       <c r="B1315" s="0">
-        <v>150</v>
-[...3 lines deleted...]
-      <c r="A1316" s="3" t="s">
+        <v>3110</v>
+      </c>
+    </row>
+    <row r="1316" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1316" s="0" t="s">
         <v>1308</v>
       </c>
-      <c r="B1316" s="0"/>
+      <c r="B1316" s="0">
+        <v>7150</v>
+      </c>
     </row>
     <row r="1317" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1317" s="0" t="s">
         <v>1309</v>
       </c>
       <c r="B1317" s="0">
-        <v>4850</v>
+        <v>5325</v>
       </c>
     </row>
     <row r="1318" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1318" s="0" t="s">
         <v>1310</v>
       </c>
       <c r="B1318" s="0">
-        <v>10285</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="1319" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1319" s="0" t="s">
         <v>1311</v>
       </c>
       <c r="B1319" s="0">
-        <v>12650</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="1320" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1320" s="0" t="s">
         <v>1312</v>
       </c>
       <c r="B1320" s="0">
-        <v>6770</v>
+        <v>845</v>
       </c>
     </row>
     <row r="1321" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1321" s="0" t="s">
         <v>1313</v>
       </c>
       <c r="B1321" s="0">
-        <v>9530</v>
+        <v>4595</v>
       </c>
     </row>
     <row r="1322" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1322" s="0" t="s">
         <v>1314</v>
       </c>
       <c r="B1322" s="0">
-        <v>4335</v>
+        <v>3915</v>
       </c>
     </row>
     <row r="1323" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1323" s="0" t="s">
         <v>1315</v>
       </c>
       <c r="B1323" s="0">
-        <v>5620</v>
+        <v>8100.8</v>
       </c>
     </row>
     <row r="1324" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1324" s="0" t="s">
         <v>1316</v>
       </c>
       <c r="B1324" s="0">
-        <v>3385</v>
+        <v>7651.2</v>
       </c>
     </row>
     <row r="1325" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1325" s="0" t="s">
         <v>1317</v>
       </c>
       <c r="B1325" s="0">
-        <v>4650</v>
+        <v>13500.8</v>
       </c>
     </row>
     <row r="1326" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1326" s="0" t="s">
         <v>1318</v>
       </c>
       <c r="B1326" s="0">
-        <v>6910</v>
-[...3 lines deleted...]
-      <c r="A1327" s="3" t="s">
+        <v>2475.2</v>
+      </c>
+    </row>
+    <row r="1327" spans="1:2">
+      <c r="A1327" s="2" t="s">
         <v>1319</v>
       </c>
       <c r="B1327" s="0"/>
     </row>
-    <row r="1328" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
-      <c r="A1328" s="0" t="s">
+    <row r="1328" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1328" s="3" t="s">
         <v>1320</v>
       </c>
-      <c r="B1328" s="0">
-[...4 lines deleted...]
-      <c r="A1329" s="0" t="s">
+      <c r="B1328" s="0"/>
+    </row>
+    <row r="1329" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1329" s="3" t="s">
         <v>1321</v>
       </c>
-      <c r="B1329" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1329" s="0"/>
     </row>
     <row r="1330" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1330" s="0" t="s">
         <v>1322</v>
       </c>
       <c r="B1330" s="0">
-        <v>3110</v>
-[...3 lines deleted...]
-      <c r="A1331" s="0" t="s">
+        <v>3995</v>
+      </c>
+    </row>
+    <row r="1331" spans="1:2">
+      <c r="A1331" s="2" t="s">
         <v>1323</v>
       </c>
-      <c r="B1331" s="0">
-[...4 lines deleted...]
-      <c r="A1332" s="0" t="s">
+      <c r="B1331" s="0"/>
+    </row>
+    <row r="1332" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1332" s="3" t="s">
         <v>1324</v>
       </c>
-      <c r="B1332" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1332" s="0"/>
     </row>
     <row r="1333" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1333" s="0" t="s">
         <v>1325</v>
       </c>
       <c r="B1333" s="0">
-        <v>3220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1334" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1334" s="0" t="s">
         <v>1326</v>
       </c>
       <c r="B1334" s="0">
-        <v>2710</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1335" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1335" s="0" t="s">
         <v>1327</v>
       </c>
       <c r="B1335" s="0">
-        <v>845</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1336" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1336" s="0" t="s">
         <v>1328</v>
       </c>
       <c r="B1336" s="0">
-        <v>4595</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1337" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1337" s="0" t="s">
         <v>1329</v>
       </c>
       <c r="B1337" s="0">
-        <v>3915</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1338" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1338" s="0" t="s">
         <v>1330</v>
       </c>
       <c r="B1338" s="0">
-        <v>8100.8</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="1339" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1339" s="0" t="s">
         <v>1331</v>
       </c>
       <c r="B1339" s="0">
-        <v>7651.2</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1340" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1340" s="0" t="s">
         <v>1332</v>
       </c>
       <c r="B1340" s="0">
-        <v>13500.8</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1341" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1341" s="0" t="s">
         <v>1333</v>
       </c>
       <c r="B1341" s="0">
-        <v>2475.2</v>
-[...3 lines deleted...]
-      <c r="A1342" s="2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="1342" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1342" s="0" t="s">
         <v>1334</v>
       </c>
-      <c r="B1342" s="0"/>
-[...2 lines deleted...]
-      <c r="A1343" s="3" t="s">
+      <c r="B1342" s="0">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="1343" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1343" s="0" t="s">
         <v>1335</v>
       </c>
-      <c r="B1343" s="0"/>
-[...2 lines deleted...]
-      <c r="A1344" s="3" t="s">
+      <c r="B1343" s="0">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1344" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1344" s="0" t="s">
         <v>1336</v>
       </c>
-      <c r="B1344" s="0"/>
+      <c r="B1344" s="0">
+        <v>147</v>
+      </c>
     </row>
     <row r="1345" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1345" s="0" t="s">
         <v>1337</v>
       </c>
       <c r="B1345" s="0">
-        <v>3995</v>
-[...3 lines deleted...]
-      <c r="A1346" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="1346" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1346" s="0" t="s">
         <v>1338</v>
       </c>
-      <c r="B1346" s="0"/>
-[...2 lines deleted...]
-      <c r="A1347" s="3" t="s">
+      <c r="B1346" s="0">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="1347" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1347" s="0" t="s">
         <v>1339</v>
       </c>
-      <c r="B1347" s="0"/>
+      <c r="B1347" s="0">
+        <v>98</v>
+      </c>
     </row>
     <row r="1348" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1348" s="0" t="s">
         <v>1340</v>
       </c>
       <c r="B1348" s="0">
-        <v>160</v>
+        <v>107</v>
       </c>
     </row>
     <row r="1349" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1349" s="0" t="s">
         <v>1341</v>
       </c>
       <c r="B1349" s="0">
-        <v>55</v>
+        <v>124</v>
       </c>
     </row>
     <row r="1350" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1350" s="0" t="s">
         <v>1342</v>
       </c>
       <c r="B1350" s="0">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1351" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1351" s="0" t="s">
         <v>1343</v>
       </c>
       <c r="B1351" s="0">
-        <v>238</v>
+        <v>221</v>
       </c>
     </row>
     <row r="1352" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1352" s="0" t="s">
         <v>1344</v>
       </c>
       <c r="B1352" s="0">
-        <v>110</v>
+        <v>332</v>
       </c>
     </row>
     <row r="1353" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1353" s="0" t="s">
         <v>1345</v>
       </c>
       <c r="B1353" s="0">
-        <v>1250</v>
+        <v>206</v>
       </c>
     </row>
     <row r="1354" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1354" s="0" t="s">
         <v>1346</v>
       </c>
       <c r="B1354" s="0">
-        <v>120</v>
+        <v>37</v>
       </c>
     </row>
     <row r="1355" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1355" s="0" t="s">
         <v>1347</v>
       </c>
       <c r="B1355" s="0">
-        <v>40</v>
+        <v>148</v>
       </c>
     </row>
     <row r="1356" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1356" s="0" t="s">
         <v>1348</v>
       </c>
       <c r="B1356" s="0">
-        <v>48</v>
+        <v>453</v>
       </c>
     </row>
     <row r="1357" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1357" s="0" t="s">
         <v>1349</v>
       </c>
       <c r="B1357" s="0">
-        <v>175</v>
+        <v>78</v>
       </c>
     </row>
     <row r="1358" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1358" s="0" t="s">
         <v>1350</v>
       </c>
       <c r="B1358" s="0">
-        <v>110</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1359" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1359" s="0" t="s">
         <v>1351</v>
       </c>
       <c r="B1359" s="0">
-        <v>147</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1360" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1360" s="0" t="s">
         <v>1352</v>
       </c>
       <c r="B1360" s="0">
-        <v>74</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1361" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1361" s="0" t="s">
         <v>1353</v>
       </c>
       <c r="B1361" s="0">
-        <v>90</v>
+        <v>112</v>
       </c>
     </row>
     <row r="1362" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1362" s="0" t="s">
         <v>1354</v>
       </c>
       <c r="B1362" s="0">
-        <v>98</v>
+        <v>34</v>
       </c>
     </row>
     <row r="1363" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1363" s="0" t="s">
         <v>1355</v>
       </c>
       <c r="B1363" s="0">
-        <v>107</v>
+        <v>118</v>
       </c>
     </row>
     <row r="1364" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1364" s="0" t="s">
-        <v>1356</v>
+        <v>1355</v>
       </c>
       <c r="B1364" s="0">
-        <v>124</v>
+        <v>118</v>
       </c>
     </row>
     <row r="1365" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1365" s="0" t="s">
-        <v>1357</v>
+        <v>1356</v>
       </c>
       <c r="B1365" s="0">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1366" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1366" s="0" t="s">
-        <v>1358</v>
+        <v>1357</v>
       </c>
       <c r="B1366" s="0">
-        <v>221</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1367" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1367" s="0" t="s">
-        <v>1359</v>
+        <v>1358</v>
       </c>
       <c r="B1367" s="0">
-        <v>261</v>
+        <v>64</v>
       </c>
     </row>
     <row r="1368" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1368" s="0" t="s">
-        <v>1360</v>
+        <v>1359</v>
       </c>
       <c r="B1368" s="0">
-        <v>332</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1369" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1369" s="0" t="s">
-        <v>1361</v>
+        <v>1360</v>
       </c>
       <c r="B1369" s="0">
-        <v>206</v>
+        <v>226</v>
       </c>
     </row>
     <row r="1370" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1370" s="0" t="s">
-        <v>1362</v>
+        <v>1361</v>
       </c>
       <c r="B1370" s="0">
-        <v>75</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1371" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1371" s="0" t="s">
-        <v>1363</v>
+        <v>1362</v>
       </c>
       <c r="B1371" s="0">
-        <v>37</v>
+        <v>506</v>
       </c>
     </row>
     <row r="1372" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1372" s="0" t="s">
-        <v>1364</v>
+        <v>1363</v>
       </c>
       <c r="B1372" s="0">
-        <v>148</v>
+        <v>855</v>
       </c>
     </row>
     <row r="1373" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1373" s="0" t="s">
-        <v>1365</v>
+        <v>1364</v>
       </c>
       <c r="B1373" s="0">
-        <v>453</v>
+        <v>213</v>
       </c>
     </row>
     <row r="1374" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1374" s="0" t="s">
-        <v>1366</v>
+        <v>1365</v>
       </c>
       <c r="B1374" s="0">
-        <v>78</v>
+        <v>23</v>
       </c>
     </row>
     <row r="1375" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1375" s="0" t="s">
-        <v>1367</v>
+        <v>1366</v>
       </c>
       <c r="B1375" s="0">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1376" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1376" s="0" t="s">
-        <v>1368</v>
+        <v>1367</v>
       </c>
       <c r="B1376" s="0">
-        <v>85</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1377" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1377" s="0" t="s">
-        <v>1369</v>
+        <v>1368</v>
       </c>
       <c r="B1377" s="0">
-        <v>105</v>
+        <v>27</v>
       </c>
     </row>
     <row r="1378" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1378" s="0" t="s">
-        <v>1370</v>
+        <v>1369</v>
       </c>
       <c r="B1378" s="0">
-        <v>112</v>
+        <v>126</v>
       </c>
     </row>
     <row r="1379" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1379" s="0" t="s">
-        <v>1371</v>
+        <v>1370</v>
       </c>
       <c r="B1379" s="0">
-        <v>34</v>
+        <v>331</v>
       </c>
     </row>
     <row r="1380" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1380" s="0" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="B1380" s="0">
-        <v>118</v>
+        <v>333</v>
       </c>
     </row>
     <row r="1381" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1381" s="0" t="s">
         <v>1372</v>
       </c>
       <c r="B1381" s="0">
-        <v>118</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1382" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1382" s="0" t="s">
         <v>1373</v>
       </c>
       <c r="B1382" s="0">
-        <v>110</v>
+        <v>474</v>
       </c>
     </row>
     <row r="1383" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1383" s="0" t="s">
         <v>1374</v>
       </c>
       <c r="B1383" s="0">
-        <v>20</v>
+        <v>192</v>
       </c>
     </row>
     <row r="1384" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1384" s="0" t="s">
         <v>1375</v>
       </c>
       <c r="B1384" s="0">
-        <v>64</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1385" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1385" s="0" t="s">
         <v>1376</v>
       </c>
       <c r="B1385" s="0">
-        <v>260</v>
+        <v>388</v>
       </c>
     </row>
     <row r="1386" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1386" s="0" t="s">
         <v>1377</v>
       </c>
       <c r="B1386" s="0">
-        <v>226</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1387" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1387" s="0" t="s">
         <v>1378</v>
       </c>
       <c r="B1387" s="0">
-        <v>139</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1388" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1388" s="0" t="s">
         <v>1379</v>
       </c>
       <c r="B1388" s="0">
-        <v>506</v>
+        <v>222</v>
       </c>
     </row>
     <row r="1389" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1389" s="0" t="s">
         <v>1380</v>
       </c>
       <c r="B1389" s="0">
-        <v>855</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1390" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1390" s="0" t="s">
         <v>1381</v>
       </c>
       <c r="B1390" s="0">
-        <v>213</v>
+        <v>87</v>
       </c>
     </row>
     <row r="1391" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1391" s="0" t="s">
         <v>1382</v>
       </c>
       <c r="B1391" s="0">
-        <v>23</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1392" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1392" s="0" t="s">
         <v>1383</v>
       </c>
       <c r="B1392" s="0">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1393" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1393" s="0" t="s">
         <v>1384</v>
       </c>
       <c r="B1393" s="0">
-        <v>175</v>
+        <v>408</v>
       </c>
     </row>
     <row r="1394" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1394" s="0" t="s">
         <v>1385</v>
       </c>
       <c r="B1394" s="0">
-        <v>27</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1395" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1395" s="0" t="s">
         <v>1386</v>
       </c>
       <c r="B1395" s="0">
-        <v>120</v>
+        <v>27</v>
       </c>
     </row>
     <row r="1396" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1396" s="0" t="s">
         <v>1387</v>
       </c>
       <c r="B1396" s="0">
-        <v>331</v>
+        <v>733</v>
       </c>
     </row>
     <row r="1397" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1397" s="0" t="s">
         <v>1388</v>
       </c>
       <c r="B1397" s="0">
-        <v>333</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="1398" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1398" s="0" t="s">
         <v>1389</v>
       </c>
       <c r="B1398" s="0">
-        <v>450</v>
+        <v>950</v>
       </c>
     </row>
     <row r="1399" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1399" s="0" t="s">
         <v>1390</v>
       </c>
       <c r="B1399" s="0">
-        <v>474</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1400" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1400" s="0" t="s">
         <v>1391</v>
       </c>
       <c r="B1400" s="0">
-        <v>192</v>
+        <v>232</v>
       </c>
     </row>
     <row r="1401" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1401" s="0" t="s">
         <v>1392</v>
       </c>
       <c r="B1401" s="0">
-        <v>90</v>
+        <v>896</v>
       </c>
     </row>
     <row r="1402" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1402" s="0" t="s">
         <v>1393</v>
       </c>
       <c r="B1402" s="0">
-        <v>388</v>
+        <v>595</v>
       </c>
     </row>
     <row r="1403" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1403" s="0" t="s">
         <v>1394</v>
       </c>
       <c r="B1403" s="0">
-        <v>40</v>
+        <v>112</v>
       </c>
     </row>
     <row r="1404" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1404" s="0" t="s">
         <v>1395</v>
       </c>
       <c r="B1404" s="0">
-        <v>93</v>
+        <v>366</v>
       </c>
     </row>
     <row r="1405" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1405" s="0" t="s">
         <v>1396</v>
       </c>
       <c r="B1405" s="0">
-        <v>222</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1406" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1406" s="0" t="s">
         <v>1397</v>
       </c>
       <c r="B1406" s="0">
-        <v>55</v>
+        <v>263</v>
       </c>
     </row>
     <row r="1407" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1407" s="0" t="s">
         <v>1398</v>
       </c>
       <c r="B1407" s="0">
-        <v>87</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1408" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1408" s="0" t="s">
         <v>1399</v>
       </c>
       <c r="B1408" s="0">
-        <v>575</v>
+        <v>592</v>
       </c>
     </row>
     <row r="1409" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1409" s="0" t="s">
         <v>1400</v>
       </c>
       <c r="B1409" s="0">
-        <v>45</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1410" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1410" s="0" t="s">
         <v>1401</v>
       </c>
       <c r="B1410" s="0">
-        <v>408</v>
+        <v>406</v>
       </c>
     </row>
     <row r="1411" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1411" s="0" t="s">
         <v>1402</v>
       </c>
       <c r="B1411" s="0">
-        <v>405</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1412" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1412" s="0" t="s">
         <v>1403</v>
       </c>
       <c r="B1412" s="0">
-        <v>27</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1413" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1413" s="0" t="s">
         <v>1404</v>
       </c>
       <c r="B1413" s="0">
-        <v>733</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1414" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1414" s="0" t="s">
         <v>1405</v>
       </c>
       <c r="B1414" s="0">
-        <v>1322</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1415" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1415" s="0" t="s">
         <v>1406</v>
       </c>
       <c r="B1415" s="0">
-        <v>950</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1416" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1416" s="0" t="s">
         <v>1407</v>
       </c>
       <c r="B1416" s="0">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1417" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1417" s="0" t="s">
         <v>1408</v>
       </c>
       <c r="B1417" s="0">
-        <v>360</v>
+        <v>398</v>
       </c>
     </row>
     <row r="1418" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1418" s="0" t="s">
         <v>1409</v>
       </c>
       <c r="B1418" s="0">
-        <v>232</v>
+        <v>288</v>
       </c>
     </row>
     <row r="1419" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1419" s="0" t="s">
         <v>1410</v>
       </c>
       <c r="B1419" s="0">
-        <v>896</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="1420" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1420" s="0" t="s">
         <v>1411</v>
       </c>
       <c r="B1420" s="0">
-        <v>595</v>
+        <v>730</v>
       </c>
     </row>
     <row r="1421" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1421" s="0" t="s">
         <v>1412</v>
       </c>
       <c r="B1421" s="0">
-        <v>112</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1422" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1422" s="0" t="s">
         <v>1413</v>
       </c>
       <c r="B1422" s="0">
-        <v>366</v>
+        <v>193</v>
       </c>
     </row>
     <row r="1423" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1423" s="0" t="s">
         <v>1414</v>
       </c>
       <c r="B1423" s="0">
-        <v>160</v>
+        <v>108</v>
       </c>
     </row>
     <row r="1424" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1424" s="0" t="s">
         <v>1415</v>
       </c>
       <c r="B1424" s="0">
-        <v>263</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1425" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1425" s="0" t="s">
         <v>1416</v>
       </c>
       <c r="B1425" s="0">
-        <v>560</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1426" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1426" s="0" t="s">
         <v>1417</v>
       </c>
       <c r="B1426" s="0">
-        <v>592</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1427" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1427" s="0" t="s">
         <v>1418</v>
       </c>
       <c r="B1427" s="0">
-        <v>155</v>
+        <v>268</v>
       </c>
     </row>
     <row r="1428" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1428" s="0" t="s">
         <v>1419</v>
       </c>
       <c r="B1428" s="0">
-        <v>406</v>
+        <v>383</v>
       </c>
     </row>
     <row r="1429" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1429" s="0" t="s">
         <v>1420</v>
       </c>
       <c r="B1429" s="0">
-        <v>420</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1430" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1430" s="0" t="s">
         <v>1421</v>
       </c>
       <c r="B1430" s="0">
-        <v>100</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1431" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1431" s="0" t="s">
         <v>1422</v>
       </c>
       <c r="B1431" s="0">
-        <v>285</v>
+        <v>87</v>
       </c>
     </row>
     <row r="1432" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1432" s="0" t="s">
         <v>1423</v>
       </c>
       <c r="B1432" s="0">
-        <v>730</v>
+        <v>153</v>
       </c>
     </row>
     <row r="1433" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1433" s="0" t="s">
         <v>1424</v>
       </c>
       <c r="B1433" s="0">
-        <v>60</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1434" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1434" s="0" t="s">
         <v>1425</v>
       </c>
       <c r="B1434" s="0">
-        <v>290</v>
+        <v>294</v>
       </c>
     </row>
     <row r="1435" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1435" s="0" t="s">
         <v>1426</v>
       </c>
       <c r="B1435" s="0">
-        <v>100</v>
+        <v>304</v>
       </c>
     </row>
     <row r="1436" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1436" s="0" t="s">
         <v>1427</v>
       </c>
       <c r="B1436" s="0">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1437" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1437" s="0" t="s">
         <v>1428</v>
       </c>
       <c r="B1437" s="0">
-        <v>398</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1438" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1438" s="0" t="s">
         <v>1429</v>
       </c>
       <c r="B1438" s="0">
-        <v>288</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1439" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1439" s="0" t="s">
         <v>1430</v>
       </c>
       <c r="B1439" s="0">
-        <v>1320</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1440" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1440" s="0" t="s">
         <v>1431</v>
       </c>
       <c r="B1440" s="0">
-        <v>730</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1441" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1441" s="0" t="s">
         <v>1432</v>
       </c>
       <c r="B1441" s="0">
-        <v>105</v>
-[...3 lines deleted...]
-      <c r="A1442" s="0" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1442" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1442" s="3" t="s">
         <v>1433</v>
       </c>
-      <c r="B1442" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1442" s="0"/>
     </row>
     <row r="1443" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1443" s="0" t="s">
         <v>1434</v>
       </c>
       <c r="B1443" s="0">
-        <v>108</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1444" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1444" s="0" t="s">
         <v>1435</v>
       </c>
       <c r="B1444" s="0">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1445" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1445" s="0" t="s">
         <v>1436</v>
       </c>
       <c r="B1445" s="0">
-        <v>530</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1446" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1446" s="0" t="s">
         <v>1437</v>
       </c>
       <c r="B1446" s="0">
-        <v>625</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1447" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1447" s="0" t="s">
         <v>1438</v>
       </c>
       <c r="B1447" s="0">
-        <v>268</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1448" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1448" s="0" t="s">
         <v>1439</v>
       </c>
       <c r="B1448" s="0">
-        <v>383</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1449" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1449" s="0" t="s">
         <v>1440</v>
       </c>
       <c r="B1449" s="0">
-        <v>310</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1450" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1450" s="0" t="s">
         <v>1441</v>
       </c>
       <c r="B1450" s="0">
-        <v>884</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1451" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1451" s="0" t="s">
         <v>1442</v>
       </c>
       <c r="B1451" s="0">
-        <v>185</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1452" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1452" s="0" t="s">
         <v>1443</v>
       </c>
       <c r="B1452" s="0">
-        <v>87</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1453" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1453" s="0" t="s">
         <v>1444</v>
       </c>
       <c r="B1453" s="0">
-        <v>153</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1454" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1454" s="0" t="s">
         <v>1445</v>
       </c>
       <c r="B1454" s="0">
-        <v>650</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1455" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1455" s="0" t="s">
         <v>1446</v>
       </c>
       <c r="B1455" s="0">
-        <v>294</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1456" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1456" s="0" t="s">
         <v>1447</v>
       </c>
       <c r="B1456" s="0">
-        <v>304</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1457" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1457" s="0" t="s">
         <v>1448</v>
       </c>
       <c r="B1457" s="0">
-        <v>280</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1458" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1458" s="0" t="s">
         <v>1449</v>
       </c>
       <c r="B1458" s="0">
-        <v>80</v>
+        <v>173</v>
       </c>
     </row>
     <row r="1459" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1459" s="0" t="s">
         <v>1450</v>
       </c>
       <c r="B1459" s="0">
-        <v>277</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1460" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1460" s="0" t="s">
         <v>1451</v>
       </c>
       <c r="B1460" s="0">
-        <v>84</v>
-[...3 lines deleted...]
-      <c r="A1461" s="3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="1461" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1461" s="0" t="s">
         <v>1452</v>
       </c>
-      <c r="B1461" s="0"/>
+      <c r="B1461" s="0">
+        <v>80</v>
+      </c>
     </row>
     <row r="1462" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1462" s="0" t="s">
         <v>1453</v>
       </c>
       <c r="B1462" s="0">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1463" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1463" s="0" t="s">
         <v>1454</v>
       </c>
       <c r="B1463" s="0">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1464" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1464" s="0" t="s">
         <v>1455</v>
       </c>
       <c r="B1464" s="0">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1465" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1465" s="0" t="s">
         <v>1456</v>
       </c>
       <c r="B1465" s="0">
-        <v>55</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1466" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1466" s="0" t="s">
         <v>1457</v>
       </c>
       <c r="B1466" s="0">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1467" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1467" s="0" t="s">
         <v>1458</v>
       </c>
       <c r="B1467" s="0">
-        <v>40</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1468" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1468" s="0" t="s">
         <v>1459</v>
       </c>
       <c r="B1468" s="0">
-        <v>40</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1469" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1469" s="0" t="s">
         <v>1460</v>
       </c>
       <c r="B1469" s="0">
-        <v>40</v>
+        <v>214</v>
       </c>
     </row>
     <row r="1470" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1470" s="0" t="s">
         <v>1461</v>
       </c>
       <c r="B1470" s="0">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1471" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1471" s="0" t="s">
         <v>1462</v>
       </c>
       <c r="B1471" s="0">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1472" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1472" s="0" t="s">
         <v>1463</v>
       </c>
       <c r="B1472" s="0">
-        <v>45</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1473" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1473" s="0" t="s">
         <v>1464</v>
       </c>
       <c r="B1473" s="0">
-        <v>20</v>
+        <v>43</v>
       </c>
     </row>
     <row r="1474" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1474" s="0" t="s">
         <v>1465</v>
       </c>
       <c r="B1474" s="0">
-        <v>32</v>
+        <v>43</v>
       </c>
     </row>
     <row r="1475" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1475" s="0" t="s">
         <v>1466</v>
       </c>
       <c r="B1475" s="0">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1476" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1476" s="0" t="s">
         <v>1467</v>
       </c>
       <c r="B1476" s="0">
         <v>40</v>
       </c>
     </row>
     <row r="1477" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1477" s="0" t="s">
         <v>1468</v>
       </c>
       <c r="B1477" s="0">
-        <v>173</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1478" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1478" s="0" t="s">
         <v>1469</v>
       </c>
       <c r="B1478" s="0">
-        <v>130</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1479" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1479" s="0" t="s">
         <v>1470</v>
       </c>
       <c r="B1479" s="0">
-        <v>115</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1480" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1480" s="0" t="s">
         <v>1471</v>
       </c>
       <c r="B1480" s="0">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1481" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1481" s="0" t="s">
         <v>1472</v>
       </c>
       <c r="B1481" s="0">
-        <v>20</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1482" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1482" s="0" t="s">
         <v>1473</v>
       </c>
       <c r="B1482" s="0">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1483" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1483" s="0" t="s">
         <v>1474</v>
       </c>
       <c r="B1483" s="0">
-        <v>30</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1484" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1484" s="0" t="s">
         <v>1475</v>
       </c>
       <c r="B1484" s="0">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1485" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1485" s="0" t="s">
         <v>1476</v>
       </c>
       <c r="B1485" s="0">
-        <v>120</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1486" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1486" s="0" t="s">
         <v>1477</v>
       </c>
       <c r="B1486" s="0">
-        <v>145</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1487" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1487" s="0" t="s">
         <v>1478</v>
       </c>
       <c r="B1487" s="0">
-        <v>160</v>
+        <v>87</v>
       </c>
     </row>
     <row r="1488" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1488" s="0" t="s">
         <v>1479</v>
       </c>
       <c r="B1488" s="0">
-        <v>214</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1489" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1489" s="0" t="s">
         <v>1480</v>
       </c>
       <c r="B1489" s="0">
-        <v>200</v>
+        <v>329</v>
       </c>
     </row>
     <row r="1490" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1490" s="0" t="s">
         <v>1481</v>
       </c>
       <c r="B1490" s="0">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1491" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1491" s="0" t="s">
         <v>1482</v>
       </c>
       <c r="B1491" s="0">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1492" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1492" s="0" t="s">
         <v>1483</v>
       </c>
       <c r="B1492" s="0">
-        <v>43</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1493" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1493" s="0" t="s">
         <v>1484</v>
       </c>
       <c r="B1493" s="0">
-        <v>43</v>
+        <v>248</v>
       </c>
     </row>
     <row r="1494" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1494" s="0" t="s">
         <v>1485</v>
       </c>
       <c r="B1494" s="0">
-        <v>60</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1495" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1495" s="0" t="s">
         <v>1486</v>
       </c>
       <c r="B1495" s="0">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1496" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1496" s="0" t="s">
         <v>1487</v>
       </c>
       <c r="B1496" s="0">
-        <v>70</v>
+        <v>27</v>
       </c>
     </row>
     <row r="1497" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1497" s="0" t="s">
         <v>1488</v>
       </c>
       <c r="B1497" s="0">
-        <v>70</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1498" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1498" s="0" t="s">
         <v>1489</v>
       </c>
       <c r="B1498" s="0">
-        <v>70</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1499" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1499" s="0" t="s">
         <v>1490</v>
       </c>
       <c r="B1499" s="0">
-        <v>180</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1500" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1500" s="0" t="s">
         <v>1491</v>
       </c>
       <c r="B1500" s="0">
-        <v>470</v>
+        <v>27</v>
       </c>
     </row>
     <row r="1501" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1501" s="0" t="s">
         <v>1492</v>
       </c>
       <c r="B1501" s="0">
-        <v>90</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1502" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1502" s="0" t="s">
         <v>1493</v>
       </c>
       <c r="B1502" s="0">
-        <v>130</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1503" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1503" s="0" t="s">
         <v>1494</v>
       </c>
       <c r="B1503" s="0">
-        <v>50</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1504" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1504" s="0" t="s">
         <v>1495</v>
       </c>
       <c r="B1504" s="0">
-        <v>40</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1505" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1505" s="0" t="s">
         <v>1496</v>
       </c>
       <c r="B1505" s="0">
-        <v>32</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1506" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1506" s="0" t="s">
         <v>1497</v>
       </c>
       <c r="B1506" s="0">
-        <v>87</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1507" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1507" s="0" t="s">
         <v>1498</v>
       </c>
       <c r="B1507" s="0">
-        <v>90</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1508" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1508" s="0" t="s">
         <v>1499</v>
       </c>
       <c r="B1508" s="0">
-        <v>329</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1509" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1509" s="0" t="s">
         <v>1500</v>
       </c>
       <c r="B1509" s="0">
-        <v>145</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1510" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1510" s="0" t="s">
         <v>1501</v>
       </c>
       <c r="B1510" s="0">
-        <v>175</v>
+        <v>615</v>
       </c>
     </row>
     <row r="1511" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1511" s="0" t="s">
         <v>1502</v>
       </c>
       <c r="B1511" s="0">
-        <v>130</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1512" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1512" s="0" t="s">
         <v>1503</v>
       </c>
       <c r="B1512" s="0">
-        <v>248</v>
+        <v>258</v>
       </c>
     </row>
     <row r="1513" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1513" s="0" t="s">
         <v>1504</v>
       </c>
       <c r="B1513" s="0">
-        <v>14</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1514" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1514" s="0" t="s">
         <v>1505</v>
       </c>
       <c r="B1514" s="0">
-        <v>20</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1515" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1515" s="0" t="s">
         <v>1506</v>
       </c>
       <c r="B1515" s="0">
-        <v>27</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1516" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1516" s="0" t="s">
         <v>1507</v>
       </c>
       <c r="B1516" s="0">
-        <v>22</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1517" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1517" s="0" t="s">
         <v>1508</v>
       </c>
       <c r="B1517" s="0">
-        <v>18</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1518" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1518" s="0" t="s">
         <v>1509</v>
       </c>
       <c r="B1518" s="0">
-        <v>48</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1519" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1519" s="0" t="s">
         <v>1510</v>
       </c>
       <c r="B1519" s="0">
-        <v>27</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1520" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1520" s="0" t="s">
         <v>1511</v>
       </c>
       <c r="B1520" s="0">
-        <v>12</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1521" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1521" s="0" t="s">
         <v>1512</v>
       </c>
       <c r="B1521" s="0">
-        <v>12</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1522" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1522" s="0" t="s">
         <v>1513</v>
       </c>
       <c r="B1522" s="0">
-        <v>370</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1523" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1523" s="0" t="s">
         <v>1514</v>
       </c>
       <c r="B1523" s="0">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1524" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1524" s="0" t="s">
         <v>1515</v>
       </c>
       <c r="B1524" s="0">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1525" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1525" s="0" t="s">
         <v>1516</v>
       </c>
       <c r="B1525" s="0">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1526" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1526" s="0" t="s">
         <v>1517</v>
       </c>
       <c r="B1526" s="0">
-        <v>355</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1527" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1527" s="0" t="s">
         <v>1518</v>
       </c>
       <c r="B1527" s="0">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1528" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1528" s="0" t="s">
         <v>1519</v>
       </c>
       <c r="B1528" s="0">
-        <v>80</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1529" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1529" s="0" t="s">
         <v>1520</v>
       </c>
       <c r="B1529" s="0">
-        <v>615</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1530" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1530" s="0" t="s">
         <v>1521</v>
       </c>
       <c r="B1530" s="0">
-        <v>295</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1531" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1531" s="0" t="s">
         <v>1522</v>
       </c>
       <c r="B1531" s="0">
-        <v>258</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1532" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1532" s="0" t="s">
         <v>1523</v>
       </c>
       <c r="B1532" s="0">
-        <v>590</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1533" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1533" s="0" t="s">
         <v>1524</v>
       </c>
       <c r="B1533" s="0">
-        <v>80</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1534" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1534" s="0" t="s">
         <v>1525</v>
       </c>
       <c r="B1534" s="0">
-        <v>80</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1535" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1535" s="0" t="s">
         <v>1526</v>
       </c>
       <c r="B1535" s="0">
-        <v>95</v>
+        <v>87</v>
       </c>
     </row>
     <row r="1536" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1536" s="0" t="s">
         <v>1527</v>
       </c>
       <c r="B1536" s="0">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1537" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1537" s="0" t="s">
         <v>1528</v>
       </c>
       <c r="B1537" s="0">
-        <v>85</v>
+        <v>41</v>
       </c>
     </row>
     <row r="1538" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1538" s="0" t="s">
         <v>1529</v>
       </c>
       <c r="B1538" s="0">
-        <v>80</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1539" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1539" s="0" t="s">
         <v>1530</v>
       </c>
       <c r="B1539" s="0">
-        <v>70</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1540" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1540" s="0" t="s">
         <v>1531</v>
       </c>
       <c r="B1540" s="0">
-        <v>70</v>
+        <v>98</v>
       </c>
     </row>
     <row r="1541" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1541" s="0" t="s">
         <v>1532</v>
       </c>
       <c r="B1541" s="0">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1542" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1542" s="0" t="s">
         <v>1533</v>
       </c>
       <c r="B1542" s="0">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1543" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1543" s="0" t="s">
         <v>1534</v>
       </c>
       <c r="B1543" s="0">
-        <v>30</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1544" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1544" s="0" t="s">
         <v>1535</v>
       </c>
       <c r="B1544" s="0">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1545" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1545" s="0" t="s">
         <v>1536</v>
       </c>
       <c r="B1545" s="0">
-        <v>70</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1546" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1546" s="0" t="s">
         <v>1537</v>
       </c>
       <c r="B1546" s="0">
-        <v>70</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1547" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1547" s="0" t="s">
         <v>1538</v>
       </c>
       <c r="B1547" s="0">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1548" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1548" s="0" t="s">
         <v>1539</v>
       </c>
       <c r="B1548" s="0">
-        <v>30</v>
-[...3 lines deleted...]
-      <c r="A1549" s="0" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="1549" spans="1:2">
+      <c r="A1549" s="2" t="s">
         <v>1540</v>
       </c>
-      <c r="B1549" s="0">
-[...4 lines deleted...]
-      <c r="A1550" s="0" t="s">
+      <c r="B1549" s="0"/>
+    </row>
+    <row r="1550" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1550" s="3" t="s">
         <v>1541</v>
       </c>
-      <c r="B1550" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1550" s="0"/>
     </row>
     <row r="1551" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1551" s="0" t="s">
         <v>1542</v>
       </c>
       <c r="B1551" s="0">
-        <v>1</v>
+        <v>27089.56</v>
       </c>
     </row>
     <row r="1552" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1552" s="0" t="s">
         <v>1543</v>
       </c>
       <c r="B1552" s="0">
-        <v>110</v>
+        <v>29730.37</v>
       </c>
     </row>
     <row r="1553" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1553" s="0" t="s">
         <v>1544</v>
       </c>
       <c r="B1553" s="0">
-        <v>165</v>
+        <v>54880.29</v>
       </c>
     </row>
     <row r="1554" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1554" s="0" t="s">
         <v>1545</v>
       </c>
       <c r="B1554" s="0">
-        <v>87</v>
+        <v>35640.4</v>
       </c>
     </row>
     <row r="1555" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1555" s="0" t="s">
         <v>1546</v>
       </c>
       <c r="B1555" s="0">
-        <v>90</v>
+        <v>40847.32</v>
       </c>
     </row>
     <row r="1556" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1556" s="0" t="s">
         <v>1547</v>
       </c>
       <c r="B1556" s="0">
-        <v>41</v>
-[...3 lines deleted...]
-      <c r="A1557" s="0" t="s">
+        <v>65162.39</v>
+      </c>
+    </row>
+    <row r="1557" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1557" s="3" t="s">
         <v>1548</v>
       </c>
-      <c r="B1557" s="0">
-[...4 lines deleted...]
-      <c r="A1558" s="0" t="s">
+      <c r="B1557" s="0"/>
+    </row>
+    <row r="1558" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1558" s="3" t="s">
         <v>1549</v>
       </c>
-      <c r="B1558" s="0">
-[...4 lines deleted...]
-      <c r="A1559" s="0" t="s">
+      <c r="B1558" s="0"/>
+    </row>
+    <row r="1559" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1559" s="3" t="s">
         <v>1550</v>
       </c>
-      <c r="B1559" s="0">
-[...4 lines deleted...]
-      <c r="A1560" s="0" t="s">
+      <c r="B1559" s="0"/>
+    </row>
+    <row r="1560" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1560" s="3" t="s">
         <v>1551</v>
       </c>
-      <c r="B1560" s="0">
-[...4 lines deleted...]
-      <c r="A1561" s="0" t="s">
+      <c r="B1560" s="0"/>
+    </row>
+    <row r="1561" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1561" s="3" t="s">
         <v>1552</v>
       </c>
-      <c r="B1561" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1561" s="0"/>
     </row>
     <row r="1562" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1562" s="0" t="s">
         <v>1553</v>
       </c>
       <c r="B1562" s="0">
-        <v>22</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1563" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1563" s="0" t="s">
         <v>1554</v>
       </c>
       <c r="B1563" s="0">
-        <v>150</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1564" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1564" s="0" t="s">
         <v>1555</v>
       </c>
       <c r="B1564" s="0">
-        <v>19</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1565" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1565" s="0" t="s">
         <v>1556</v>
       </c>
       <c r="B1565" s="0">
-        <v>10</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1566" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1566" s="0" t="s">
         <v>1557</v>
       </c>
       <c r="B1566" s="0">
-        <v>40</v>
-[...3 lines deleted...]
-      <c r="A1567" s="2" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="1567" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1567" s="0" t="s">
         <v>1558</v>
       </c>
-      <c r="B1567" s="0"/>
-[...2 lines deleted...]
-      <c r="A1568" s="3" t="s">
+      <c r="B1567" s="0">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="1568" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1568" s="0" t="s">
         <v>1559</v>
       </c>
-      <c r="B1568" s="0"/>
+      <c r="B1568" s="0">
+        <v>60</v>
+      </c>
     </row>
     <row r="1569" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1569" s="0" t="s">
         <v>1560</v>
       </c>
       <c r="B1569" s="0">
-        <v>27089.56</v>
+        <v>56</v>
       </c>
     </row>
     <row r="1570" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1570" s="0" t="s">
         <v>1561</v>
       </c>
       <c r="B1570" s="0">
-        <v>29730.37</v>
+        <v>56</v>
       </c>
     </row>
     <row r="1571" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1571" s="0" t="s">
         <v>1562</v>
       </c>
       <c r="B1571" s="0">
-        <v>54880.29</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1572" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1572" s="0" t="s">
         <v>1563</v>
       </c>
       <c r="B1572" s="0">
-        <v>35640.4</v>
+        <v>815</v>
       </c>
     </row>
     <row r="1573" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1573" s="0" t="s">
         <v>1564</v>
       </c>
       <c r="B1573" s="0">
-        <v>40847.32</v>
+        <v>960</v>
       </c>
     </row>
     <row r="1574" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1574" s="0" t="s">
         <v>1565</v>
       </c>
       <c r="B1574" s="0">
-        <v>65162.39</v>
-[...3 lines deleted...]
-      <c r="A1575" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="1575" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1575" s="0" t="s">
         <v>1566</v>
       </c>
-      <c r="B1575" s="0"/>
-[...2 lines deleted...]
-      <c r="A1576" s="3" t="s">
+      <c r="B1575" s="0">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="1576" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1576" s="0" t="s">
         <v>1567</v>
       </c>
-      <c r="B1576" s="0"/>
+      <c r="B1576" s="0">
+        <v>1390</v>
+      </c>
     </row>
     <row r="1577" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A1577" s="3" t="s">
         <v>1568</v>
       </c>
       <c r="B1577" s="0"/>
     </row>
     <row r="1578" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A1578" s="3" t="s">
         <v>1569</v>
       </c>
       <c r="B1578" s="0"/>
     </row>
-    <row r="1579" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
-      <c r="A1579" s="3" t="s">
+    <row r="1579" spans="1:2">
+      <c r="A1579" s="2" t="s">
         <v>1570</v>
       </c>
       <c r="B1579" s="0"/>
     </row>
-    <row r="1580" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
-      <c r="A1580" s="0" t="s">
+    <row r="1580" spans="1:2">
+      <c r="A1580" s="2" t="s">
         <v>1571</v>
       </c>
-      <c r="B1580" s="0">
-[...4 lines deleted...]
-      <c r="A1581" s="0" t="s">
+      <c r="B1580" s="0"/>
+    </row>
+    <row r="1581" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1581" s="3" t="s">
         <v>1572</v>
       </c>
-      <c r="B1581" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1581" s="0"/>
     </row>
     <row r="1582" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1582" s="0" t="s">
         <v>1573</v>
       </c>
       <c r="B1582" s="0">
-        <v>38</v>
+        <v>138</v>
       </c>
     </row>
     <row r="1583" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1583" s="0" t="s">
         <v>1574</v>
       </c>
       <c r="B1583" s="0">
-        <v>780</v>
+        <v>132</v>
       </c>
     </row>
     <row r="1584" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1584" s="0" t="s">
         <v>1575</v>
       </c>
       <c r="B1584" s="0">
-        <v>960</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1585" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1585" s="0" t="s">
         <v>1576</v>
       </c>
       <c r="B1585" s="0">
-        <v>95</v>
+        <v>337</v>
       </c>
     </row>
     <row r="1586" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1586" s="0" t="s">
         <v>1577</v>
       </c>
       <c r="B1586" s="0">
-        <v>60</v>
+        <v>558</v>
       </c>
     </row>
     <row r="1587" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1587" s="0" t="s">
         <v>1578</v>
       </c>
       <c r="B1587" s="0">
-        <v>56</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="1588" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1588" s="0" t="s">
         <v>1579</v>
       </c>
       <c r="B1588" s="0">
-        <v>56</v>
+        <v>244</v>
       </c>
     </row>
     <row r="1589" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1589" s="0" t="s">
         <v>1580</v>
       </c>
       <c r="B1589" s="0">
-        <v>55</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1590" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1590" s="0" t="s">
         <v>1581</v>
       </c>
       <c r="B1590" s="0">
-        <v>815</v>
+        <v>308</v>
       </c>
     </row>
     <row r="1591" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1591" s="0" t="s">
         <v>1582</v>
       </c>
       <c r="B1591" s="0">
-        <v>960</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1592" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1592" s="0" t="s">
         <v>1583</v>
       </c>
       <c r="B1592" s="0">
-        <v>48</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1593" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1593" s="0" t="s">
         <v>1584</v>
       </c>
       <c r="B1593" s="0">
-        <v>66</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1594" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1594" s="0" t="s">
         <v>1585</v>
       </c>
       <c r="B1594" s="0">
-        <v>1390</v>
-[...3 lines deleted...]
-      <c r="A1595" s="3" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1595" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1595" s="0" t="s">
         <v>1586</v>
       </c>
-      <c r="B1595" s="0"/>
-[...2 lines deleted...]
-      <c r="A1596" s="3" t="s">
+      <c r="B1595" s="0">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1596" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1596" s="0" t="s">
         <v>1587</v>
       </c>
-      <c r="B1596" s="0"/>
-[...2 lines deleted...]
-      <c r="A1597" s="2" t="s">
+      <c r="B1596" s="0">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1597" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1597" s="0" t="s">
         <v>1588</v>
       </c>
-      <c r="B1597" s="0"/>
-[...2 lines deleted...]
-      <c r="A1598" s="2" t="s">
+      <c r="B1597" s="0">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1598" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1598" s="0" t="s">
         <v>1589</v>
       </c>
-      <c r="B1598" s="0"/>
-[...2 lines deleted...]
-      <c r="A1599" s="3" t="s">
+      <c r="B1598" s="0">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1599" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1599" s="0" t="s">
         <v>1590</v>
       </c>
-      <c r="B1599" s="0"/>
+      <c r="B1599" s="0">
+        <v>145</v>
+      </c>
     </row>
     <row r="1600" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1600" s="0" t="s">
         <v>1591</v>
       </c>
       <c r="B1600" s="0">
-        <v>138</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1601" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1601" s="0" t="s">
         <v>1592</v>
       </c>
       <c r="B1601" s="0">
-        <v>132</v>
+        <v>366</v>
       </c>
     </row>
     <row r="1602" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1602" s="0" t="s">
         <v>1593</v>
       </c>
       <c r="B1602" s="0">
-        <v>265</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="1603" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1603" s="0" t="s">
         <v>1594</v>
       </c>
       <c r="B1603" s="0">
-        <v>337</v>
+        <v>730</v>
       </c>
     </row>
     <row r="1604" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1604" s="0" t="s">
         <v>1595</v>
       </c>
       <c r="B1604" s="0">
-        <v>558</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1605" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1605" s="0" t="s">
         <v>1596</v>
       </c>
       <c r="B1605" s="0">
-        <v>1078</v>
+        <v>402</v>
       </c>
     </row>
     <row r="1606" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1606" s="0" t="s">
         <v>1597</v>
       </c>
       <c r="B1606" s="0">
-        <v>244</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1607" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1607" s="0" t="s">
         <v>1598</v>
       </c>
       <c r="B1607" s="0">
-        <v>300</v>
+        <v>685</v>
       </c>
     </row>
     <row r="1608" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1608" s="0" t="s">
         <v>1599</v>
       </c>
       <c r="B1608" s="0">
-        <v>308</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1609" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1609" s="0" t="s">
         <v>1600</v>
       </c>
       <c r="B1609" s="0">
-        <v>505</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1610" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1610" s="0" t="s">
         <v>1601</v>
       </c>
       <c r="B1610" s="0">
-        <v>570</v>
+        <v>402</v>
       </c>
     </row>
     <row r="1611" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1611" s="0" t="s">
         <v>1602</v>
       </c>
       <c r="B1611" s="0">
-        <v>15</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1612" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1612" s="0" t="s">
         <v>1603</v>
       </c>
       <c r="B1612" s="0">
-        <v>190</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1613" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1613" s="0" t="s">
         <v>1604</v>
       </c>
       <c r="B1613" s="0">
-        <v>350</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1614" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1614" s="0" t="s">
         <v>1605</v>
       </c>
       <c r="B1614" s="0">
-        <v>190</v>
+        <v>217</v>
       </c>
     </row>
     <row r="1615" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1615" s="0" t="s">
         <v>1606</v>
       </c>
       <c r="B1615" s="0">
-        <v>220</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1616" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1616" s="0" t="s">
         <v>1607</v>
       </c>
       <c r="B1616" s="0">
-        <v>245</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1617" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1617" s="0" t="s">
         <v>1608</v>
       </c>
       <c r="B1617" s="0">
-        <v>145</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1618" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1618" s="0" t="s">
         <v>1609</v>
       </c>
       <c r="B1618" s="0">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1619" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1619" s="0" t="s">
         <v>1610</v>
       </c>
       <c r="B1619" s="0">
-        <v>366</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1620" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1620" s="0" t="s">
         <v>1611</v>
       </c>
       <c r="B1620" s="0">
-        <v>1370</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1621" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1621" s="0" t="s">
         <v>1612</v>
       </c>
       <c r="B1621" s="0">
-        <v>730</v>
+        <v>268</v>
       </c>
     </row>
     <row r="1622" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1622" s="0" t="s">
         <v>1613</v>
       </c>
       <c r="B1622" s="0">
-        <v>225</v>
+        <v>308</v>
       </c>
     </row>
     <row r="1623" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1623" s="0" t="s">
         <v>1614</v>
       </c>
       <c r="B1623" s="0">
-        <v>402</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1624" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1624" s="0" t="s">
         <v>1615</v>
       </c>
       <c r="B1624" s="0">
-        <v>260</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="1625" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1625" s="0" t="s">
         <v>1616</v>
       </c>
       <c r="B1625" s="0">
-        <v>685</v>
+        <v>296</v>
       </c>
     </row>
     <row r="1626" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1626" s="0" t="s">
         <v>1617</v>
       </c>
       <c r="B1626" s="0">
-        <v>610</v>
+        <v>820</v>
       </c>
     </row>
     <row r="1627" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1627" s="0" t="s">
         <v>1618</v>
       </c>
       <c r="B1627" s="0">
-        <v>798</v>
+        <v>515</v>
       </c>
     </row>
     <row r="1628" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1628" s="0" t="s">
         <v>1619</v>
       </c>
       <c r="B1628" s="0">
-        <v>402</v>
+        <v>684</v>
       </c>
     </row>
     <row r="1629" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1629" s="0" t="s">
         <v>1620</v>
       </c>
       <c r="B1629" s="0">
-        <v>238</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="1630" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1630" s="0" t="s">
         <v>1621</v>
       </c>
       <c r="B1630" s="0">
-        <v>335</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1631" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1631" s="0" t="s">
         <v>1622</v>
       </c>
       <c r="B1631" s="0">
-        <v>410</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1632" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1632" s="0" t="s">
         <v>1623</v>
       </c>
       <c r="B1632" s="0">
-        <v>217</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1633" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1633" s="0" t="s">
         <v>1624</v>
       </c>
       <c r="B1633" s="0">
-        <v>165</v>
+        <v>254</v>
       </c>
     </row>
     <row r="1634" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1634" s="0" t="s">
         <v>1625</v>
       </c>
       <c r="B1634" s="0">
-        <v>135</v>
+        <v>266</v>
       </c>
     </row>
     <row r="1635" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1635" s="0" t="s">
         <v>1626</v>
       </c>
       <c r="B1635" s="0">
-        <v>15</v>
+        <v>246</v>
       </c>
     </row>
     <row r="1636" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1636" s="0" t="s">
         <v>1627</v>
       </c>
       <c r="B1636" s="0">
-        <v>270</v>
+        <v>870</v>
       </c>
     </row>
     <row r="1637" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1637" s="0" t="s">
         <v>1628</v>
       </c>
       <c r="B1637" s="0">
-        <v>355</v>
+        <v>254</v>
       </c>
     </row>
     <row r="1638" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1638" s="0" t="s">
         <v>1629</v>
       </c>
       <c r="B1638" s="0">
-        <v>380</v>
+        <v>532</v>
       </c>
     </row>
     <row r="1639" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1639" s="0" t="s">
         <v>1630</v>
       </c>
       <c r="B1639" s="0">
-        <v>610</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1640" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1640" s="0" t="s">
         <v>1631</v>
       </c>
       <c r="B1640" s="0">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1641" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1641" s="0" t="s">
         <v>1632</v>
       </c>
       <c r="B1641" s="0">
-        <v>268</v>
+        <v>945</v>
       </c>
     </row>
     <row r="1642" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1642" s="0" t="s">
         <v>1633</v>
       </c>
       <c r="B1642" s="0">
-        <v>308</v>
+        <v>296</v>
       </c>
     </row>
     <row r="1643" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1643" s="0" t="s">
         <v>1634</v>
       </c>
       <c r="B1643" s="0">
-        <v>240</v>
+        <v>366</v>
       </c>
     </row>
     <row r="1644" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1644" s="0" t="s">
         <v>1635</v>
       </c>
       <c r="B1644" s="0">
-        <v>1080</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1645" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1645" s="0" t="s">
         <v>1636</v>
       </c>
       <c r="B1645" s="0">
-        <v>296</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1646" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1646" s="0" t="s">
         <v>1637</v>
       </c>
       <c r="B1646" s="0">
-        <v>820</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1647" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1647" s="0" t="s">
         <v>1638</v>
       </c>
       <c r="B1647" s="0">
-        <v>495</v>
-[...3 lines deleted...]
-      <c r="A1648" s="0" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1648" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1648" s="3" t="s">
         <v>1639</v>
       </c>
-      <c r="B1648" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1648" s="0"/>
     </row>
     <row r="1649" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1649" s="0" t="s">
         <v>1640</v>
       </c>
       <c r="B1649" s="0">
-        <v>684</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1650" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1650" s="0" t="s">
         <v>1641</v>
       </c>
       <c r="B1650" s="0">
-        <v>1078</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1651" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1651" s="0" t="s">
         <v>1642</v>
       </c>
       <c r="B1651" s="0">
-        <v>325</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1652" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1652" s="0" t="s">
         <v>1643</v>
       </c>
       <c r="B1652" s="0">
-        <v>405</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1653" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1653" s="0" t="s">
         <v>1644</v>
       </c>
       <c r="B1653" s="0">
-        <v>275</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1654" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1654" s="0" t="s">
         <v>1645</v>
       </c>
       <c r="B1654" s="0">
-        <v>254</v>
+        <v>474</v>
       </c>
     </row>
     <row r="1655" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1655" s="0" t="s">
         <v>1646</v>
       </c>
       <c r="B1655" s="0">
-        <v>266</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1656" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1656" s="0" t="s">
         <v>1647</v>
       </c>
       <c r="B1656" s="0">
-        <v>246</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1657" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1657" s="0" t="s">
         <v>1648</v>
       </c>
       <c r="B1657" s="0">
-        <v>870</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1658" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1658" s="0" t="s">
         <v>1649</v>
       </c>
       <c r="B1658" s="0">
-        <v>254</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1659" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1659" s="0" t="s">
         <v>1650</v>
       </c>
       <c r="B1659" s="0">
-        <v>532</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1660" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1660" s="0" t="s">
         <v>1651</v>
       </c>
       <c r="B1660" s="0">
-        <v>950</v>
+        <v>46</v>
       </c>
     </row>
     <row r="1661" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1661" s="0" t="s">
         <v>1652</v>
       </c>
       <c r="B1661" s="0">
-        <v>200</v>
+        <v>47</v>
       </c>
     </row>
     <row r="1662" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1662" s="0" t="s">
         <v>1653</v>
       </c>
       <c r="B1662" s="0">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1663" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1663" s="0" t="s">
         <v>1654</v>
       </c>
       <c r="B1663" s="0">
-        <v>945</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1664" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1664" s="0" t="s">
         <v>1655</v>
       </c>
       <c r="B1664" s="0">
-        <v>296</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1665" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1665" s="0" t="s">
         <v>1656</v>
       </c>
       <c r="B1665" s="0">
-        <v>366</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1666" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1666" s="0" t="s">
         <v>1657</v>
       </c>
       <c r="B1666" s="0">
-        <v>237</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1667" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1667" s="0" t="s">
         <v>1658</v>
       </c>
       <c r="B1667" s="0">
-        <v>155</v>
+        <v>88</v>
       </c>
     </row>
     <row r="1668" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1668" s="0" t="s">
         <v>1659</v>
       </c>
       <c r="B1668" s="0">
-        <v>345</v>
-[...3 lines deleted...]
-      <c r="A1669" s="3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="1669" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1669" s="0" t="s">
         <v>1660</v>
       </c>
-      <c r="B1669" s="0"/>
+      <c r="B1669" s="0">
+        <v>93</v>
+      </c>
     </row>
     <row r="1670" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1670" s="0" t="s">
         <v>1661</v>
       </c>
       <c r="B1670" s="0">
-        <v>25</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1671" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1671" s="0" t="s">
         <v>1662</v>
       </c>
       <c r="B1671" s="0">
-        <v>155</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1672" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1672" s="0" t="s">
         <v>1663</v>
       </c>
       <c r="B1672" s="0">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1673" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1673" s="0" t="s">
         <v>1664</v>
       </c>
       <c r="B1673" s="0">
-        <v>20</v>
+        <v>197</v>
       </c>
     </row>
     <row r="1674" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1674" s="0" t="s">
         <v>1665</v>
       </c>
       <c r="B1674" s="0">
-        <v>30</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1675" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1675" s="0" t="s">
         <v>1666</v>
       </c>
       <c r="B1675" s="0">
-        <v>474</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1676" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1676" s="0" t="s">
         <v>1667</v>
       </c>
       <c r="B1676" s="0">
-        <v>95</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1677" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1677" s="0" t="s">
         <v>1668</v>
       </c>
       <c r="B1677" s="0">
-        <v>65</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1678" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1678" s="0" t="s">
         <v>1669</v>
       </c>
       <c r="B1678" s="0">
-        <v>60</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1679" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1679" s="0" t="s">
         <v>1670</v>
       </c>
       <c r="B1679" s="0">
-        <v>25</v>
+        <v>82</v>
       </c>
     </row>
     <row r="1680" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1680" s="0" t="s">
         <v>1671</v>
       </c>
       <c r="B1680" s="0">
-        <v>50</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1681" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1681" s="0" t="s">
         <v>1672</v>
       </c>
       <c r="B1681" s="0">
-        <v>46</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1682" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1682" s="0" t="s">
         <v>1673</v>
       </c>
       <c r="B1682" s="0">
-        <v>47</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1683" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1683" s="0" t="s">
         <v>1674</v>
       </c>
       <c r="B1683" s="0">
-        <v>90</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1684" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1684" s="0" t="s">
         <v>1675</v>
       </c>
       <c r="B1684" s="0">
-        <v>95</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1685" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1685" s="0" t="s">
         <v>1676</v>
       </c>
       <c r="B1685" s="0">
-        <v>175</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1686" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1686" s="0" t="s">
         <v>1677</v>
       </c>
       <c r="B1686" s="0">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1687" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1687" s="0" t="s">
         <v>1678</v>
       </c>
       <c r="B1687" s="0">
-        <v>80</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1688" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1688" s="0" t="s">
         <v>1679</v>
       </c>
       <c r="B1688" s="0">
-        <v>88</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1689" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1689" s="0" t="s">
         <v>1680</v>
       </c>
       <c r="B1689" s="0">
-        <v>82</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1690" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1690" s="0" t="s">
         <v>1681</v>
       </c>
       <c r="B1690" s="0">
-        <v>93</v>
+        <v>122</v>
       </c>
     </row>
     <row r="1691" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1691" s="0" t="s">
         <v>1682</v>
       </c>
       <c r="B1691" s="0">
-        <v>95</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1692" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1692" s="0" t="s">
         <v>1683</v>
       </c>
       <c r="B1692" s="0">
-        <v>415</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1693" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1693" s="0" t="s">
         <v>1684</v>
       </c>
       <c r="B1693" s="0">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1694" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1694" s="0" t="s">
         <v>1685</v>
       </c>
       <c r="B1694" s="0">
-        <v>197</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1695" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1695" s="0" t="s">
         <v>1686</v>
       </c>
       <c r="B1695" s="0">
-        <v>270</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1696" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1696" s="0" t="s">
         <v>1687</v>
       </c>
       <c r="B1696" s="0">
-        <v>105</v>
+        <v>92</v>
       </c>
     </row>
     <row r="1697" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1697" s="0" t="s">
         <v>1688</v>
       </c>
       <c r="B1697" s="0">
-        <v>170</v>
+        <v>129</v>
       </c>
     </row>
     <row r="1698" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1698" s="0" t="s">
         <v>1689</v>
       </c>
       <c r="B1698" s="0">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1699" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1699" s="0" t="s">
         <v>1690</v>
       </c>
       <c r="B1699" s="0">
-        <v>265</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1700" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1700" s="0" t="s">
         <v>1691</v>
       </c>
       <c r="B1700" s="0">
-        <v>82</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1701" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1701" s="0" t="s">
         <v>1692</v>
       </c>
       <c r="B1701" s="0">
-        <v>115</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1702" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1702" s="0" t="s">
         <v>1693</v>
       </c>
       <c r="B1702" s="0">
-        <v>135</v>
+        <v>148</v>
       </c>
     </row>
     <row r="1703" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1703" s="0" t="s">
         <v>1694</v>
       </c>
       <c r="B1703" s="0">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1704" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1704" s="0" t="s">
         <v>1695</v>
       </c>
       <c r="B1704" s="0">
-        <v>215</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1705" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1705" s="0" t="s">
         <v>1696</v>
       </c>
       <c r="B1705" s="0">
-        <v>520</v>
+        <v>182</v>
       </c>
     </row>
     <row r="1706" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1706" s="0" t="s">
         <v>1697</v>
       </c>
       <c r="B1706" s="0">
-        <v>205</v>
+        <v>712</v>
       </c>
     </row>
     <row r="1707" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1707" s="0" t="s">
         <v>1698</v>
       </c>
       <c r="B1707" s="0">
-        <v>290</v>
+        <v>148</v>
       </c>
     </row>
     <row r="1708" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1708" s="0" t="s">
         <v>1699</v>
       </c>
       <c r="B1708" s="0">
-        <v>45</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1709" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1709" s="0" t="s">
         <v>1700</v>
       </c>
       <c r="B1709" s="0">
-        <v>360</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1710" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1710" s="0" t="s">
         <v>1701</v>
       </c>
       <c r="B1710" s="0">
-        <v>45</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1711" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1711" s="0" t="s">
         <v>1702</v>
       </c>
       <c r="B1711" s="0">
-        <v>122</v>
+        <v>136</v>
       </c>
     </row>
     <row r="1712" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1712" s="0" t="s">
         <v>1703</v>
       </c>
       <c r="B1712" s="0">
-        <v>156</v>
+        <v>576</v>
       </c>
     </row>
     <row r="1713" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1713" s="0" t="s">
         <v>1704</v>
       </c>
       <c r="B1713" s="0">
-        <v>165</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1714" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1714" s="0" t="s">
         <v>1705</v>
       </c>
       <c r="B1714" s="0">
-        <v>25</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1715" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1715" s="0" t="s">
         <v>1706</v>
       </c>
       <c r="B1715" s="0">
-        <v>55</v>
+        <v>264</v>
       </c>
     </row>
     <row r="1716" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1716" s="0" t="s">
         <v>1707</v>
       </c>
       <c r="B1716" s="0">
-        <v>58</v>
+        <v>408</v>
       </c>
     </row>
     <row r="1717" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1717" s="0" t="s">
         <v>1708</v>
       </c>
       <c r="B1717" s="0">
-        <v>92</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1718" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1718" s="0" t="s">
         <v>1709</v>
       </c>
       <c r="B1718" s="0">
-        <v>129</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1719" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1719" s="0" t="s">
         <v>1710</v>
       </c>
       <c r="B1719" s="0">
-        <v>225</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1720" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1720" s="0" t="s">
         <v>1711</v>
       </c>
       <c r="B1720" s="0">
-        <v>48</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1721" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1721" s="0" t="s">
         <v>1712</v>
       </c>
       <c r="B1721" s="0">
-        <v>95</v>
+        <v>112</v>
       </c>
     </row>
     <row r="1722" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1722" s="0" t="s">
         <v>1713</v>
       </c>
       <c r="B1722" s="0">
-        <v>75</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1723" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1723" s="0" t="s">
         <v>1714</v>
       </c>
       <c r="B1723" s="0">
-        <v>148</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1724" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1724" s="0" t="s">
         <v>1715</v>
       </c>
       <c r="B1724" s="0">
-        <v>90</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1725" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1725" s="0" t="s">
         <v>1716</v>
       </c>
       <c r="B1725" s="0">
-        <v>225</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1726" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1726" s="0" t="s">
         <v>1717</v>
       </c>
       <c r="B1726" s="0">
-        <v>182</v>
-[...3 lines deleted...]
-      <c r="A1727" s="0" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="1727" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1727" s="3" t="s">
         <v>1718</v>
       </c>
-      <c r="B1727" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1727" s="0"/>
     </row>
     <row r="1728" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1728" s="0" t="s">
         <v>1719</v>
       </c>
       <c r="B1728" s="0">
-        <v>148</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1729" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1729" s="0" t="s">
         <v>1720</v>
       </c>
       <c r="B1729" s="0">
-        <v>280</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1730" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1730" s="0" t="s">
         <v>1721</v>
       </c>
       <c r="B1730" s="0">
-        <v>55</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1731" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1731" s="0" t="s">
         <v>1722</v>
       </c>
       <c r="B1731" s="0">
-        <v>75</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1732" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1732" s="0" t="s">
         <v>1723</v>
       </c>
       <c r="B1732" s="0">
-        <v>136</v>
+        <v>597</v>
       </c>
     </row>
     <row r="1733" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1733" s="0" t="s">
         <v>1724</v>
       </c>
       <c r="B1733" s="0">
-        <v>576</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1734" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1734" s="0" t="s">
         <v>1725</v>
       </c>
       <c r="B1734" s="0">
-        <v>215</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1735" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1735" s="0" t="s">
         <v>1726</v>
       </c>
       <c r="B1735" s="0">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1736" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1736" s="0" t="s">
         <v>1727</v>
       </c>
       <c r="B1736" s="0">
-        <v>264</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1737" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1737" s="0" t="s">
         <v>1728</v>
       </c>
       <c r="B1737" s="0">
-        <v>408</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1738" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1738" s="0" t="s">
         <v>1729</v>
       </c>
       <c r="B1738" s="0">
-        <v>50</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1739" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1739" s="0" t="s">
         <v>1730</v>
       </c>
       <c r="B1739" s="0">
-        <v>270</v>
+        <v>198</v>
       </c>
     </row>
     <row r="1740" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1740" s="0" t="s">
         <v>1731</v>
       </c>
       <c r="B1740" s="0">
-        <v>49</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1741" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1741" s="0" t="s">
         <v>1732</v>
       </c>
       <c r="B1741" s="0">
-        <v>395</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="1742" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1742" s="0" t="s">
         <v>1733</v>
       </c>
       <c r="B1742" s="0">
-        <v>112</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1743" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1743" s="0" t="s">
         <v>1734</v>
       </c>
       <c r="B1743" s="0">
-        <v>210</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1744" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1744" s="0" t="s">
         <v>1735</v>
       </c>
       <c r="B1744" s="0">
-        <v>85</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1745" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1745" s="0" t="s">
         <v>1736</v>
       </c>
       <c r="B1745" s="0">
-        <v>95</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1746" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1746" s="0" t="s">
         <v>1737</v>
       </c>
       <c r="B1746" s="0">
-        <v>235</v>
-[...3 lines deleted...]
-      <c r="A1747" s="3" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1747" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1747" s="0" t="s">
         <v>1738</v>
       </c>
-      <c r="B1747" s="0"/>
+      <c r="B1747" s="0">
+        <v>485</v>
+      </c>
     </row>
     <row r="1748" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1748" s="0" t="s">
         <v>1739</v>
       </c>
       <c r="B1748" s="0">
-        <v>110</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1749" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1749" s="0" t="s">
         <v>1740</v>
       </c>
       <c r="B1749" s="0">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1750" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1750" s="0" t="s">
         <v>1741</v>
       </c>
       <c r="B1750" s="0">
-        <v>135</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1751" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1751" s="0" t="s">
         <v>1742</v>
       </c>
       <c r="B1751" s="0">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1752" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1752" s="0" t="s">
         <v>1743</v>
       </c>
       <c r="B1752" s="0">
-        <v>597</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1753" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1753" s="0" t="s">
         <v>1744</v>
       </c>
       <c r="B1753" s="0">
-        <v>550</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1754" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1754" s="0" t="s">
         <v>1745</v>
       </c>
       <c r="B1754" s="0">
-        <v>590</v>
+        <v>795</v>
       </c>
     </row>
     <row r="1755" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1755" s="0" t="s">
         <v>1746</v>
       </c>
       <c r="B1755" s="0">
-        <v>290</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1756" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1756" s="0" t="s">
         <v>1747</v>
       </c>
       <c r="B1756" s="0">
-        <v>290</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1757" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1757" s="0" t="s">
         <v>1748</v>
       </c>
       <c r="B1757" s="0">
-        <v>80</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1758" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1758" s="0" t="s">
         <v>1749</v>
       </c>
       <c r="B1758" s="0">
-        <v>45</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1759" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1759" s="0" t="s">
         <v>1750</v>
       </c>
       <c r="B1759" s="0">
-        <v>255</v>
+        <v>645</v>
       </c>
     </row>
     <row r="1760" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1760" s="0" t="s">
         <v>1751</v>
       </c>
       <c r="B1760" s="0">
-        <v>198</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="1761" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1761" s="0" t="s">
         <v>1752</v>
       </c>
       <c r="B1761" s="0">
-        <v>325</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1762" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1762" s="0" t="s">
         <v>1753</v>
       </c>
       <c r="B1762" s="0">
-        <v>1270</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="1763" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1763" s="0" t="s">
         <v>1754</v>
       </c>
       <c r="B1763" s="0">
-        <v>490</v>
+        <v>633</v>
       </c>
     </row>
     <row r="1764" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1764" s="0" t="s">
         <v>1755</v>
       </c>
       <c r="B1764" s="0">
-        <v>495</v>
+        <v>398</v>
       </c>
     </row>
     <row r="1765" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1765" s="0" t="s">
         <v>1756</v>
       </c>
       <c r="B1765" s="0">
-        <v>475</v>
+        <v>282</v>
       </c>
     </row>
     <row r="1766" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1766" s="0" t="s">
         <v>1757</v>
       </c>
       <c r="B1766" s="0">
-        <v>450</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1767" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1767" s="0" t="s">
         <v>1758</v>
       </c>
       <c r="B1767" s="0">
-        <v>395</v>
+        <v>256</v>
       </c>
     </row>
     <row r="1768" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1768" s="0" t="s">
         <v>1759</v>
       </c>
       <c r="B1768" s="0">
-        <v>485</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1769" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1769" s="0" t="s">
         <v>1760</v>
       </c>
       <c r="B1769" s="0">
-        <v>310</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="1770" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1770" s="0" t="s">
         <v>1761</v>
       </c>
       <c r="B1770" s="0">
-        <v>375</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1771" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1771" s="0" t="s">
         <v>1762</v>
       </c>
       <c r="B1771" s="0">
-        <v>410</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="1772" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1772" s="0" t="s">
         <v>1763</v>
       </c>
       <c r="B1772" s="0">
-        <v>395</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1773" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1773" s="0" t="s">
         <v>1764</v>
       </c>
       <c r="B1773" s="0">
-        <v>530</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1774" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1774" s="0" t="s">
         <v>1765</v>
       </c>
       <c r="B1774" s="0">
-        <v>430</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1775" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1775" s="0" t="s">
         <v>1766</v>
       </c>
       <c r="B1775" s="0">
-        <v>795</v>
+        <v>897</v>
       </c>
     </row>
     <row r="1776" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1776" s="0" t="s">
         <v>1767</v>
       </c>
       <c r="B1776" s="0">
-        <v>690</v>
+        <v>953</v>
       </c>
     </row>
     <row r="1777" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1777" s="0" t="s">
         <v>1768</v>
       </c>
       <c r="B1777" s="0">
-        <v>235</v>
+        <v>138</v>
       </c>
     </row>
     <row r="1778" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1778" s="0" t="s">
         <v>1769</v>
       </c>
       <c r="B1778" s="0">
-        <v>445</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1779" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1779" s="0" t="s">
         <v>1770</v>
       </c>
       <c r="B1779" s="0">
-        <v>125</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1780" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1780" s="0" t="s">
         <v>1771</v>
       </c>
       <c r="B1780" s="0">
-        <v>645</v>
-[...3 lines deleted...]
-      <c r="A1781" s="0" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="1781" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1781" s="3" t="s">
         <v>1772</v>
       </c>
-      <c r="B1781" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1781" s="0"/>
     </row>
     <row r="1782" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1782" s="0" t="s">
         <v>1773</v>
       </c>
       <c r="B1782" s="0">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1783" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1783" s="0" t="s">
         <v>1774</v>
       </c>
       <c r="B1783" s="0">
-        <v>1510</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1784" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1784" s="0" t="s">
         <v>1775</v>
       </c>
       <c r="B1784" s="0">
-        <v>633</v>
+        <v>449</v>
       </c>
     </row>
     <row r="1785" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1785" s="0" t="s">
         <v>1776</v>
       </c>
       <c r="B1785" s="0">
-        <v>398</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="1786" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1786" s="0" t="s">
         <v>1777</v>
       </c>
       <c r="B1786" s="0">
-        <v>282</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="1787" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1787" s="0" t="s">
         <v>1778</v>
       </c>
       <c r="B1787" s="0">
-        <v>490</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1788" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1788" s="0" t="s">
         <v>1779</v>
       </c>
       <c r="B1788" s="0">
-        <v>256</v>
+        <v>870</v>
       </c>
     </row>
     <row r="1789" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1789" s="0" t="s">
         <v>1780</v>
       </c>
       <c r="B1789" s="0">
-        <v>95</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1790" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1790" s="0" t="s">
         <v>1781</v>
       </c>
       <c r="B1790" s="0">
-        <v>1350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1791" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1791" s="0" t="s">
         <v>1782</v>
       </c>
       <c r="B1791" s="0">
-        <v>415</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1792" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1792" s="0" t="s">
         <v>1783</v>
       </c>
       <c r="B1792" s="0">
-        <v>2090</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="1793" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1793" s="0" t="s">
         <v>1784</v>
       </c>
       <c r="B1793" s="0">
-        <v>500</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="1794" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1794" s="0" t="s">
         <v>1785</v>
       </c>
       <c r="B1794" s="0">
-        <v>370</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1795" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1795" s="0" t="s">
         <v>1786</v>
       </c>
       <c r="B1795" s="0">
-        <v>400</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="1796" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1796" s="0" t="s">
         <v>1787</v>
       </c>
       <c r="B1796" s="0">
-        <v>897</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1797" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1797" s="0" t="s">
         <v>1788</v>
       </c>
       <c r="B1797" s="0">
-        <v>953</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1798" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1798" s="0" t="s">
         <v>1789</v>
       </c>
       <c r="B1798" s="0">
-        <v>138</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1799" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1799" s="0" t="s">
         <v>1790</v>
       </c>
       <c r="B1799" s="0">
-        <v>440</v>
+        <v>341</v>
       </c>
     </row>
     <row r="1800" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1800" s="0" t="s">
         <v>1791</v>
       </c>
       <c r="B1800" s="0">
-        <v>675</v>
+        <v>855</v>
       </c>
     </row>
     <row r="1801" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1801" s="0" t="s">
         <v>1792</v>
       </c>
       <c r="B1801" s="0">
-        <v>880</v>
-[...3 lines deleted...]
-      <c r="A1802" s="3" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="1802" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1802" s="0" t="s">
         <v>1793</v>
       </c>
-      <c r="B1802" s="0"/>
+      <c r="B1802" s="0">
+        <v>526</v>
+      </c>
     </row>
     <row r="1803" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1803" s="0" t="s">
         <v>1794</v>
       </c>
       <c r="B1803" s="0">
-        <v>220</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1804" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1804" s="0" t="s">
         <v>1795</v>
       </c>
       <c r="B1804" s="0">
-        <v>450</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1805" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1805" s="0" t="s">
         <v>1796</v>
       </c>
       <c r="B1805" s="0">
-        <v>449</v>
+        <v>526</v>
       </c>
     </row>
     <row r="1806" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1806" s="0" t="s">
         <v>1797</v>
       </c>
       <c r="B1806" s="0">
-        <v>1320</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="1807" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1807" s="0" t="s">
         <v>1798</v>
       </c>
       <c r="B1807" s="0">
-        <v>1055</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1808" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1808" s="0" t="s">
         <v>1799</v>
       </c>
       <c r="B1808" s="0">
-        <v>285</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="1809" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1809" s="0" t="s">
         <v>1800</v>
       </c>
       <c r="B1809" s="0">
-        <v>870</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="1810" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1810" s="0" t="s">
         <v>1801</v>
       </c>
       <c r="B1810" s="0">
-        <v>1010</v>
+        <v>880</v>
       </c>
     </row>
     <row r="1811" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1811" s="0" t="s">
         <v>1802</v>
       </c>
       <c r="B1811" s="0">
-        <v>550</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="1812" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1812" s="0" t="s">
         <v>1803</v>
       </c>
       <c r="B1812" s="0">
-        <v>530</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1813" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1813" s="0" t="s">
         <v>1804</v>
       </c>
       <c r="B1813" s="0">
-        <v>1270</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="1814" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1814" s="0" t="s">
         <v>1805</v>
       </c>
       <c r="B1814" s="0">
-        <v>1960</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1815" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1815" s="0" t="s">
         <v>1806</v>
       </c>
       <c r="B1815" s="0">
-        <v>780</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="1816" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1816" s="0" t="s">
         <v>1807</v>
       </c>
       <c r="B1816" s="0">
-        <v>2595</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1817" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1817" s="0" t="s">
         <v>1808</v>
       </c>
       <c r="B1817" s="0">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1818" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1818" s="0" t="s">
         <v>1809</v>
       </c>
       <c r="B1818" s="0">
-        <v>550</v>
+        <v>157</v>
       </c>
     </row>
     <row r="1819" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1819" s="0" t="s">
         <v>1810</v>
       </c>
       <c r="B1819" s="0">
-        <v>350</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="1820" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1820" s="0" t="s">
         <v>1811</v>
       </c>
       <c r="B1820" s="0">
-        <v>341</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="1821" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1821" s="0" t="s">
         <v>1812</v>
       </c>
       <c r="B1821" s="0">
-        <v>855</v>
+        <v>857</v>
       </c>
     </row>
     <row r="1822" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1822" s="0" t="s">
         <v>1813</v>
       </c>
       <c r="B1822" s="0">
-        <v>580</v>
+        <v>615</v>
       </c>
     </row>
     <row r="1823" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1823" s="0" t="s">
         <v>1814</v>
       </c>
       <c r="B1823" s="0">
-        <v>526</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1824" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1824" s="0" t="s">
         <v>1815</v>
       </c>
       <c r="B1824" s="0">
-        <v>365</v>
+        <v>758</v>
       </c>
     </row>
     <row r="1825" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1825" s="0" t="s">
         <v>1816</v>
       </c>
       <c r="B1825" s="0">
-        <v>510</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="1826" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1826" s="0" t="s">
         <v>1817</v>
       </c>
       <c r="B1826" s="0">
-        <v>526</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="1827" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1827" s="0" t="s">
         <v>1818</v>
       </c>
       <c r="B1827" s="0">
-        <v>1890</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="1828" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1828" s="0" t="s">
         <v>1819</v>
       </c>
       <c r="B1828" s="0">
-        <v>520</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1829" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1829" s="0" t="s">
         <v>1820</v>
       </c>
       <c r="B1829" s="0">
-        <v>2098</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="1830" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1830" s="0" t="s">
         <v>1821</v>
       </c>
       <c r="B1830" s="0">
-        <v>1198</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="1831" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1831" s="0" t="s">
         <v>1822</v>
       </c>
       <c r="B1831" s="0">
-        <v>880</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="1832" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1832" s="0" t="s">
         <v>1823</v>
       </c>
       <c r="B1832" s="0">
-        <v>2930</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="1833" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1833" s="0" t="s">
         <v>1824</v>
       </c>
       <c r="B1833" s="0">
-        <v>850</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="1834" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1834" s="0" t="s">
         <v>1825</v>
       </c>
       <c r="B1834" s="0">
-        <v>1350</v>
+        <v>455</v>
       </c>
     </row>
     <row r="1835" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1835" s="0" t="s">
         <v>1826</v>
       </c>
       <c r="B1835" s="0">
-        <v>425</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1836" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1836" s="0" t="s">
         <v>1827</v>
       </c>
       <c r="B1836" s="0">
-        <v>1230</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="1837" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1837" s="0" t="s">
         <v>1828</v>
       </c>
       <c r="B1837" s="0">
-        <v>210</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="1838" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1838" s="0" t="s">
         <v>1829</v>
       </c>
       <c r="B1838" s="0">
-        <v>230</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="1839" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1839" s="0" t="s">
         <v>1830</v>
       </c>
       <c r="B1839" s="0">
-        <v>157</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="1840" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1840" s="0" t="s">
         <v>1831</v>
       </c>
       <c r="B1840" s="0">
-        <v>1710</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="1841" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1841" s="0" t="s">
         <v>1832</v>
       </c>
       <c r="B1841" s="0">
-        <v>1725</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1842" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1842" s="0" t="s">
         <v>1833</v>
       </c>
       <c r="B1842" s="0">
-        <v>857</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="1843" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1843" s="0" t="s">
         <v>1834</v>
       </c>
       <c r="B1843" s="0">
-        <v>615</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="1844" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1844" s="0" t="s">
         <v>1835</v>
       </c>
       <c r="B1844" s="0">
-        <v>355</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="1845" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1845" s="0" t="s">
         <v>1836</v>
       </c>
       <c r="B1845" s="0">
-        <v>758</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="1846" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1846" s="0" t="s">
         <v>1837</v>
       </c>
       <c r="B1846" s="0">
-        <v>1610</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1847" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1847" s="0" t="s">
         <v>1838</v>
       </c>
       <c r="B1847" s="0">
-        <v>2675</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1848" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1848" s="0" t="s">
         <v>1839</v>
       </c>
       <c r="B1848" s="0">
-        <v>1770</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1849" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1849" s="0" t="s">
         <v>1840</v>
       </c>
       <c r="B1849" s="0">
-        <v>390</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1850" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1850" s="0" t="s">
         <v>1841</v>
       </c>
       <c r="B1850" s="0">
-        <v>1610</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="1851" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1851" s="0" t="s">
         <v>1842</v>
       </c>
       <c r="B1851" s="0">
-        <v>1545</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="1852" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1852" s="0" t="s">
         <v>1843</v>
       </c>
       <c r="B1852" s="0">
-        <v>2520</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1853" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1853" s="0" t="s">
         <v>1844</v>
       </c>
       <c r="B1853" s="0">
-        <v>1235</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="1854" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1854" s="0" t="s">
         <v>1845</v>
       </c>
       <c r="B1854" s="0">
-        <v>1710</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="1855" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1855" s="0" t="s">
         <v>1846</v>
       </c>
       <c r="B1855" s="0">
-        <v>455</v>
+        <v>655</v>
       </c>
     </row>
     <row r="1856" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1856" s="0" t="s">
         <v>1847</v>
       </c>
       <c r="B1856" s="0">
-        <v>305</v>
+        <v>3195</v>
       </c>
     </row>
     <row r="1857" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1857" s="0" t="s">
         <v>1848</v>
       </c>
       <c r="B1857" s="0">
-        <v>1480</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="1858" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1858" s="0" t="s">
         <v>1849</v>
       </c>
       <c r="B1858" s="0">
-        <v>1175</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="1859" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1859" s="0" t="s">
         <v>1850</v>
       </c>
       <c r="B1859" s="0">
-        <v>1215</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1860" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1860" s="0" t="s">
         <v>1851</v>
       </c>
       <c r="B1860" s="0">
-        <v>1842</v>
+        <v>815</v>
       </c>
     </row>
     <row r="1861" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1861" s="0" t="s">
         <v>1852</v>
       </c>
       <c r="B1861" s="0">
-        <v>2130</v>
+        <v>595</v>
       </c>
     </row>
     <row r="1862" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1862" s="0" t="s">
         <v>1853</v>
       </c>
       <c r="B1862" s="0">
-        <v>470</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1863" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1863" s="0" t="s">
         <v>1854</v>
       </c>
       <c r="B1863" s="0">
-        <v>1710</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="1864" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1864" s="0" t="s">
         <v>1855</v>
       </c>
       <c r="B1864" s="0">
-        <v>2542</v>
+        <v>885</v>
       </c>
     </row>
     <row r="1865" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1865" s="0" t="s">
         <v>1856</v>
       </c>
       <c r="B1865" s="0">
-        <v>1992</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1866" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1866" s="0" t="s">
         <v>1857</v>
       </c>
       <c r="B1866" s="0">
-        <v>1240</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1867" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1867" s="0" t="s">
         <v>1858</v>
       </c>
       <c r="B1867" s="0">
-        <v>255</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="1868" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1868" s="0" t="s">
         <v>1859</v>
       </c>
       <c r="B1868" s="0">
-        <v>450</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1869" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1869" s="0" t="s">
         <v>1860</v>
       </c>
       <c r="B1869" s="0">
-        <v>405</v>
+        <v>965</v>
       </c>
     </row>
     <row r="1870" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1870" s="0" t="s">
         <v>1861</v>
       </c>
       <c r="B1870" s="0">
-        <v>570</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="1871" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1871" s="0" t="s">
         <v>1862</v>
       </c>
       <c r="B1871" s="0">
-        <v>2395</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="1872" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1872" s="0" t="s">
         <v>1863</v>
       </c>
       <c r="B1872" s="0">
-        <v>1345</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1873" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1873" s="0" t="s">
         <v>1864</v>
       </c>
       <c r="B1873" s="0">
-        <v>680</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="1874" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1874" s="0" t="s">
         <v>1865</v>
       </c>
       <c r="B1874" s="0">
-        <v>1435</v>
+        <v>840</v>
       </c>
     </row>
     <row r="1875" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1875" s="0" t="s">
         <v>1866</v>
       </c>
       <c r="B1875" s="0">
-        <v>1345</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="1876" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1876" s="0" t="s">
         <v>1867</v>
       </c>
       <c r="B1876" s="0">
-        <v>655</v>
-[...3 lines deleted...]
-      <c r="A1877" s="0" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="1877" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1877" s="3" t="s">
         <v>1868</v>
       </c>
-      <c r="B1877" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1877" s="0"/>
     </row>
     <row r="1878" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1878" s="0" t="s">
         <v>1869</v>
       </c>
       <c r="B1878" s="0">
-        <v>1935</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1879" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1879" s="0" t="s">
         <v>1870</v>
       </c>
       <c r="B1879" s="0">
-        <v>1170</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1880" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1880" s="0" t="s">
         <v>1871</v>
       </c>
       <c r="B1880" s="0">
-        <v>500</v>
+        <v>82</v>
       </c>
     </row>
     <row r="1881" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1881" s="0" t="s">
         <v>1872</v>
       </c>
       <c r="B1881" s="0">
-        <v>815</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1882" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1882" s="0" t="s">
         <v>1873</v>
       </c>
       <c r="B1882" s="0">
-        <v>595</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1883" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1883" s="0" t="s">
         <v>1874</v>
       </c>
       <c r="B1883" s="0">
-        <v>845</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1884" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1884" s="0" t="s">
         <v>1875</v>
       </c>
       <c r="B1884" s="0">
-        <v>390</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1885" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1885" s="0" t="s">
         <v>1876</v>
       </c>
       <c r="B1885" s="0">
-        <v>2210</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1886" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1886" s="0" t="s">
         <v>1877</v>
       </c>
       <c r="B1886" s="0">
-        <v>885</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1887" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1887" s="0" t="s">
         <v>1878</v>
       </c>
       <c r="B1887" s="0">
-        <v>420</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1888" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1888" s="0" t="s">
         <v>1879</v>
       </c>
       <c r="B1888" s="0">
-        <v>690</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1889" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1889" s="0" t="s">
         <v>1880</v>
       </c>
       <c r="B1889" s="0">
-        <v>1310</v>
-[...3 lines deleted...]
-      <c r="A1890" s="0" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="1890" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1890" s="3" t="s">
         <v>1881</v>
       </c>
-      <c r="B1890" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1890" s="0"/>
     </row>
     <row r="1891" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1891" s="0" t="s">
         <v>1882</v>
       </c>
       <c r="B1891" s="0">
-        <v>965</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1892" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1892" s="0" t="s">
         <v>1883</v>
       </c>
       <c r="B1892" s="0">
-        <v>1260</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1893" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1893" s="0" t="s">
         <v>1884</v>
       </c>
       <c r="B1893" s="0">
-        <v>1490</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1894" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1894" s="0" t="s">
         <v>1885</v>
       </c>
       <c r="B1894" s="0">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1895" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1895" s="0" t="s">
         <v>1886</v>
       </c>
       <c r="B1895" s="0">
-        <v>1515</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1896" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1896" s="0" t="s">
         <v>1887</v>
       </c>
       <c r="B1896" s="0">
-        <v>840</v>
-[...3 lines deleted...]
-      <c r="A1897" s="3" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1897" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1897" s="0" t="s">
         <v>1888</v>
       </c>
-      <c r="B1897" s="0"/>
+      <c r="B1897" s="0">
+        <v>25</v>
+      </c>
     </row>
     <row r="1898" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1898" s="0" t="s">
         <v>1889</v>
       </c>
       <c r="B1898" s="0">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1899" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1899" s="0" t="s">
         <v>1890</v>
       </c>
       <c r="B1899" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="1900" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1900" s="0" t="s">
         <v>1891</v>
       </c>
       <c r="B1900" s="0">
-        <v>82</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1901" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1901" s="0" t="s">
         <v>1892</v>
       </c>
       <c r="B1901" s="0">
-        <v>25</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1902" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1902" s="0" t="s">
         <v>1893</v>
       </c>
       <c r="B1902" s="0">
-        <v>28</v>
+        <v>186</v>
       </c>
     </row>
     <row r="1903" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1903" s="0" t="s">
         <v>1894</v>
       </c>
       <c r="B1903" s="0">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1904" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1904" s="0" t="s">
         <v>1895</v>
       </c>
       <c r="B1904" s="0">
-        <v>30</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1905" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1905" s="0" t="s">
         <v>1896</v>
       </c>
       <c r="B1905" s="0">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1906" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1906" s="0" t="s">
         <v>1897</v>
       </c>
       <c r="B1906" s="0">
-        <v>30</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1907" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1907" s="0" t="s">
         <v>1898</v>
       </c>
       <c r="B1907" s="0">
-        <v>30</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1908" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1908" s="0" t="s">
         <v>1899</v>
       </c>
       <c r="B1908" s="0">
-        <v>32</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1909" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1909" s="0" t="s">
         <v>1900</v>
       </c>
       <c r="B1909" s="0">
-        <v>25</v>
-[...3 lines deleted...]
-      <c r="A1910" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="1910" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1910" s="0" t="s">
         <v>1901</v>
       </c>
-      <c r="B1910" s="0"/>
+      <c r="B1910" s="0">
+        <v>60</v>
+      </c>
     </row>
     <row r="1911" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1911" s="0" t="s">
         <v>1902</v>
       </c>
       <c r="B1911" s="0">
-        <v>12</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1912" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1912" s="0" t="s">
         <v>1903</v>
       </c>
       <c r="B1912" s="0">
-        <v>8</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1913" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1913" s="0" t="s">
         <v>1904</v>
       </c>
       <c r="B1913" s="0">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1914" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1914" s="0" t="s">
         <v>1905</v>
       </c>
       <c r="B1914" s="0">
-        <v>130</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1915" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1915" s="0" t="s">
         <v>1906</v>
       </c>
       <c r="B1915" s="0">
-        <v>290</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1916" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1916" s="0" t="s">
         <v>1907</v>
       </c>
       <c r="B1916" s="0">
-        <v>290</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1917" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1917" s="0" t="s">
         <v>1908</v>
       </c>
       <c r="B1917" s="0">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1918" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1918" s="0" t="s">
         <v>1909</v>
       </c>
       <c r="B1918" s="0">
-        <v>35</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1919" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1919" s="0" t="s">
         <v>1910</v>
       </c>
       <c r="B1919" s="0">
-        <v>10</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1920" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1920" s="0" t="s">
         <v>1911</v>
       </c>
       <c r="B1920" s="0">
-        <v>65</v>
+        <v>83</v>
       </c>
     </row>
     <row r="1921" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1921" s="0" t="s">
         <v>1912</v>
       </c>
       <c r="B1921" s="0">
-        <v>70</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1922" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1922" s="0" t="s">
         <v>1913</v>
       </c>
       <c r="B1922" s="0">
-        <v>186</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1923" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1923" s="0" t="s">
         <v>1914</v>
       </c>
       <c r="B1923" s="0">
-        <v>15</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1924" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1924" s="0" t="s">
         <v>1915</v>
       </c>
       <c r="B1924" s="0">
-        <v>110</v>
+        <v>132</v>
       </c>
     </row>
     <row r="1925" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1925" s="0" t="s">
         <v>1916</v>
       </c>
       <c r="B1925" s="0">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1926" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1926" s="0" t="s">
         <v>1917</v>
       </c>
       <c r="B1926" s="0">
-        <v>180</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1927" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1927" s="0" t="s">
         <v>1918</v>
       </c>
       <c r="B1927" s="0">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1928" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1928" s="0" t="s">
         <v>1919</v>
       </c>
       <c r="B1928" s="0">
-        <v>125</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1929" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1929" s="0" t="s">
         <v>1920</v>
       </c>
       <c r="B1929" s="0">
-        <v>15</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1930" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1930" s="0" t="s">
         <v>1921</v>
       </c>
       <c r="B1930" s="0">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1931" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1931" s="0" t="s">
         <v>1922</v>
       </c>
       <c r="B1931" s="0">
-        <v>170</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1932" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1932" s="0" t="s">
         <v>1923</v>
       </c>
       <c r="B1932" s="0">
-        <v>175</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1933" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1933" s="0" t="s">
         <v>1924</v>
       </c>
       <c r="B1933" s="0">
-        <v>160</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1934" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1934" s="0" t="s">
         <v>1925</v>
       </c>
       <c r="B1934" s="0">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1935" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1935" s="0" t="s">
         <v>1926</v>
       </c>
       <c r="B1935" s="0">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1936" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1936" s="0" t="s">
         <v>1927</v>
       </c>
       <c r="B1936" s="0">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1937" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1937" s="0" t="s">
         <v>1928</v>
       </c>
       <c r="B1937" s="0">
-        <v>30</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1938" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1938" s="0" t="s">
         <v>1929</v>
       </c>
       <c r="B1938" s="0">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1939" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1939" s="0" t="s">
         <v>1930</v>
       </c>
       <c r="B1939" s="0">
-        <v>450</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1940" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1940" s="0" t="s">
         <v>1931</v>
       </c>
       <c r="B1940" s="0">
-        <v>83</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1941" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1941" s="0" t="s">
         <v>1932</v>
       </c>
       <c r="B1941" s="0">
-        <v>12</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1942" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1942" s="0" t="s">
         <v>1933</v>
       </c>
       <c r="B1942" s="0">
-        <v>14</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1943" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1943" s="0" t="s">
         <v>1934</v>
       </c>
       <c r="B1943" s="0">
-        <v>90</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1944" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1944" s="0" t="s">
         <v>1935</v>
       </c>
       <c r="B1944" s="0">
-        <v>132</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1945" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1945" s="0" t="s">
         <v>1936</v>
       </c>
       <c r="B1945" s="0">
-        <v>100</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1946" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1946" s="0" t="s">
         <v>1937</v>
       </c>
       <c r="B1946" s="0">
-        <v>135</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1947" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1947" s="0" t="s">
         <v>1938</v>
       </c>
       <c r="B1947" s="0">
-        <v>190</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1948" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1948" s="0" t="s">
         <v>1939</v>
       </c>
       <c r="B1948" s="0">
-        <v>20</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1949" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1949" s="0" t="s">
         <v>1940</v>
       </c>
       <c r="B1949" s="0">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1950" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1950" s="0" t="s">
         <v>1941</v>
       </c>
       <c r="B1950" s="0">
-        <v>70</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1951" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1951" s="0" t="s">
         <v>1942</v>
       </c>
       <c r="B1951" s="0">
-        <v>95</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1952" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1952" s="0" t="s">
         <v>1943</v>
       </c>
       <c r="B1952" s="0">
-        <v>95</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1953" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1953" s="0" t="s">
         <v>1944</v>
       </c>
       <c r="B1953" s="0">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1954" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1954" s="0" t="s">
         <v>1945</v>
       </c>
       <c r="B1954" s="0">
-        <v>25</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1955" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1955" s="0" t="s">
         <v>1946</v>
       </c>
       <c r="B1955" s="0">
-        <v>25</v>
+        <v>104</v>
       </c>
     </row>
     <row r="1956" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1956" s="0" t="s">
         <v>1947</v>
       </c>
       <c r="B1956" s="0">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1957" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1957" s="0" t="s">
         <v>1948</v>
       </c>
       <c r="B1957" s="0">
-        <v>105</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1958" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1958" s="0" t="s">
         <v>1949</v>
       </c>
       <c r="B1958" s="0">
-        <v>125</v>
+        <v>118</v>
       </c>
     </row>
     <row r="1959" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1959" s="0" t="s">
         <v>1950</v>
       </c>
       <c r="B1959" s="0">
-        <v>10</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1960" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1960" s="0" t="s">
         <v>1951</v>
       </c>
       <c r="B1960" s="0">
-        <v>10</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1961" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1961" s="0" t="s">
         <v>1952</v>
       </c>
       <c r="B1961" s="0">
-        <v>95</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1962" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1962" s="0" t="s">
         <v>1953</v>
       </c>
       <c r="B1962" s="0">
-        <v>85</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1963" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1963" s="0" t="s">
         <v>1954</v>
       </c>
       <c r="B1963" s="0">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1964" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1964" s="0" t="s">
         <v>1955</v>
       </c>
       <c r="B1964" s="0">
-        <v>120</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1965" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1965" s="0" t="s">
         <v>1956</v>
       </c>
       <c r="B1965" s="0">
-        <v>22</v>
+        <v>77</v>
       </c>
     </row>
     <row r="1966" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1966" s="0" t="s">
         <v>1957</v>
       </c>
       <c r="B1966" s="0">
-        <v>60</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1967" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1967" s="0" t="s">
         <v>1958</v>
       </c>
       <c r="B1967" s="0">
-        <v>70</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1968" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1968" s="0" t="s">
         <v>1959</v>
       </c>
       <c r="B1968" s="0">
-        <v>110</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1969" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1969" s="0" t="s">
         <v>1960</v>
       </c>
       <c r="B1969" s="0">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1970" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1970" s="0" t="s">
         <v>1961</v>
       </c>
       <c r="B1970" s="0">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1971" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1971" s="0" t="s">
         <v>1962</v>
       </c>
       <c r="B1971" s="0">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1972" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1972" s="0" t="s">
         <v>1963</v>
       </c>
       <c r="B1972" s="0">
-        <v>200</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1973" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1973" s="0" t="s">
         <v>1964</v>
       </c>
       <c r="B1973" s="0">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1974" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1974" s="0" t="s">
         <v>1965</v>
       </c>
       <c r="B1974" s="0">
-        <v>90</v>
-[...3 lines deleted...]
-      <c r="A1975" s="0" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="1975" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1975" s="3" t="s">
         <v>1966</v>
       </c>
-      <c r="B1975" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1975" s="0"/>
     </row>
     <row r="1976" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1976" s="0" t="s">
         <v>1967</v>
       </c>
       <c r="B1976" s="0">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1977" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1977" s="0" t="s">
         <v>1968</v>
       </c>
       <c r="B1977" s="0">
-        <v>40</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1978" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1978" s="0" t="s">
         <v>1969</v>
       </c>
       <c r="B1978" s="0">
-        <v>118</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1979" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1979" s="0" t="s">
         <v>1970</v>
       </c>
       <c r="B1979" s="0">
-        <v>180</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1980" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1980" s="0" t="s">
         <v>1971</v>
       </c>
       <c r="B1980" s="0">
-        <v>80</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1981" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1981" s="0" t="s">
         <v>1972</v>
       </c>
       <c r="B1981" s="0">
-        <v>480</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1982" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1982" s="0" t="s">
         <v>1973</v>
       </c>
       <c r="B1982" s="0">
-        <v>40</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1983" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1983" s="0" t="s">
         <v>1974</v>
       </c>
       <c r="B1983" s="0">
-        <v>100</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1984" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1984" s="0" t="s">
         <v>1975</v>
       </c>
       <c r="B1984" s="0">
-        <v>115</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1985" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1985" s="0" t="s">
         <v>1976</v>
       </c>
       <c r="B1985" s="0">
-        <v>77</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1986" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1986" s="0" t="s">
         <v>1977</v>
       </c>
       <c r="B1986" s="0">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1987" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1987" s="0" t="s">
         <v>1978</v>
       </c>
       <c r="B1987" s="0">
-        <v>95</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1988" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1988" s="0" t="s">
         <v>1979</v>
       </c>
       <c r="B1988" s="0">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1989" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1989" s="0" t="s">
         <v>1980</v>
       </c>
       <c r="B1989" s="0">
-        <v>90</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1990" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1990" s="0" t="s">
         <v>1981</v>
       </c>
       <c r="B1990" s="0">
-        <v>160</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1991" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1991" s="0" t="s">
         <v>1982</v>
       </c>
       <c r="B1991" s="0">
-        <v>395</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1992" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1992" s="0" t="s">
         <v>1983</v>
       </c>
       <c r="B1992" s="0">
-        <v>17</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1993" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1993" s="0" t="s">
         <v>1984</v>
       </c>
       <c r="B1993" s="0">
-        <v>165</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1994" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1994" s="0" t="s">
         <v>1985</v>
       </c>
       <c r="B1994" s="0">
-        <v>88</v>
-[...3 lines deleted...]
-      <c r="A1995" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="1995" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1995" s="0" t="s">
         <v>1986</v>
       </c>
-      <c r="B1995" s="0"/>
+      <c r="B1995" s="0">
+        <v>10</v>
+      </c>
     </row>
     <row r="1996" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1996" s="0" t="s">
         <v>1987</v>
       </c>
       <c r="B1996" s="0">
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1997" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1997" s="0" t="s">
         <v>1988</v>
       </c>
       <c r="B1997" s="0">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1998" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1998" s="0" t="s">
         <v>1989</v>
       </c>
       <c r="B1998" s="0">
-        <v>5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1999" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1999" s="0" t="s">
         <v>1990</v>
       </c>
       <c r="B1999" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="2000" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2000" s="0" t="s">
         <v>1991</v>
       </c>
       <c r="B2000" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="2001" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2001" s="0" t="s">
         <v>1992</v>
       </c>
       <c r="B2001" s="0">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="2002" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2002" s="0" t="s">
         <v>1993</v>
       </c>
       <c r="B2002" s="0">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="2003" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2003" s="0" t="s">
         <v>1994</v>
       </c>
       <c r="B2003" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="2004" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2004" s="0" t="s">
         <v>1995</v>
       </c>
       <c r="B2004" s="0">
-        <v>5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="2005" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2005" s="0" t="s">
         <v>1996</v>
       </c>
       <c r="B2005" s="0">
-        <v>10</v>
+        <v>83</v>
       </c>
     </row>
     <row r="2006" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2006" s="0" t="s">
         <v>1997</v>
       </c>
       <c r="B2006" s="0">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="2007" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2007" s="0" t="s">
         <v>1998</v>
       </c>
       <c r="B2007" s="0">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="2008" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2008" s="0" t="s">
         <v>1999</v>
       </c>
       <c r="B2008" s="0">
-        <v>3</v>
+        <v>15</v>
       </c>
     </row>
     <row r="2009" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2009" s="0" t="s">
         <v>2000</v>
       </c>
       <c r="B2009" s="0">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="2010" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2010" s="0" t="s">
         <v>2001</v>
       </c>
       <c r="B2010" s="0">
-        <v>8</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2011" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2011" s="0" t="s">
         <v>2002</v>
       </c>
       <c r="B2011" s="0">
-        <v>8</v>
-[...3 lines deleted...]
-      <c r="A2012" s="0" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2012" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2012" s="3" t="s">
         <v>2003</v>
       </c>
-      <c r="B2012" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2012" s="0"/>
     </row>
     <row r="2013" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2013" s="0" t="s">
         <v>2004</v>
       </c>
       <c r="B2013" s="0">
-        <v>10</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2014" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2014" s="0" t="s">
         <v>2005</v>
       </c>
       <c r="B2014" s="0">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="2015" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2015" s="0" t="s">
         <v>2006</v>
       </c>
       <c r="B2015" s="0">
-        <v>10</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2016" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2016" s="0" t="s">
         <v>2007</v>
       </c>
       <c r="B2016" s="0">
-        <v>17</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2017" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2017" s="0" t="s">
         <v>2008</v>
       </c>
       <c r="B2017" s="0">
-        <v>10</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2018" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2018" s="0" t="s">
         <v>2009</v>
       </c>
       <c r="B2018" s="0">
-        <v>15</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2019" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2019" s="0" t="s">
         <v>2010</v>
       </c>
       <c r="B2019" s="0">
-        <v>5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="2020" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2020" s="0" t="s">
         <v>2011</v>
       </c>
       <c r="B2020" s="0">
-        <v>10</v>
+        <v>98</v>
       </c>
     </row>
     <row r="2021" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2021" s="0" t="s">
         <v>2012</v>
       </c>
       <c r="B2021" s="0">
-        <v>10</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2022" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2022" s="0" t="s">
         <v>2013</v>
       </c>
       <c r="B2022" s="0">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="2023" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2023" s="0" t="s">
         <v>2014</v>
       </c>
       <c r="B2023" s="0">
-        <v>5</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2024" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2024" s="0" t="s">
         <v>2015</v>
       </c>
       <c r="B2024" s="0">
-        <v>25</v>
+        <v>330</v>
       </c>
     </row>
     <row r="2025" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2025" s="0" t="s">
         <v>2016</v>
       </c>
       <c r="B2025" s="0">
-        <v>83</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2026" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2026" s="0" t="s">
         <v>2017</v>
       </c>
       <c r="B2026" s="0">
-        <v>10</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2027" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2027" s="0" t="s">
         <v>2018</v>
       </c>
       <c r="B2027" s="0">
-        <v>35</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2028" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2028" s="0" t="s">
         <v>2019</v>
       </c>
       <c r="B2028" s="0">
-        <v>15</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2029" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2029" s="0" t="s">
         <v>2020</v>
       </c>
       <c r="B2029" s="0">
-        <v>10</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2030" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2030" s="0" t="s">
         <v>2021</v>
       </c>
       <c r="B2030" s="0">
-        <v>320</v>
+        <v>435</v>
       </c>
     </row>
     <row r="2031" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2031" s="0" t="s">
         <v>2022</v>
       </c>
       <c r="B2031" s="0">
-        <v>105</v>
-[...3 lines deleted...]
-      <c r="A2032" s="3" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="2032" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2032" s="0" t="s">
         <v>2023</v>
       </c>
-      <c r="B2032" s="0"/>
+      <c r="B2032" s="0">
+        <v>770</v>
+      </c>
     </row>
     <row r="2033" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2033" s="0" t="s">
         <v>2024</v>
       </c>
       <c r="B2033" s="0">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2034" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2034" s="0" t="s">
         <v>2025</v>
       </c>
       <c r="B2034" s="0">
-        <v>55</v>
+        <v>194</v>
       </c>
     </row>
     <row r="2035" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2035" s="0" t="s">
         <v>2026</v>
       </c>
       <c r="B2035" s="0">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2036" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2036" s="0" t="s">
         <v>2027</v>
       </c>
       <c r="B2036" s="0">
-        <v>395</v>
+        <v>20</v>
       </c>
     </row>
     <row r="2037" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2037" s="0" t="s">
         <v>2028</v>
       </c>
       <c r="B2037" s="0">
-        <v>145</v>
+        <v>370</v>
       </c>
     </row>
     <row r="2038" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2038" s="0" t="s">
         <v>2029</v>
       </c>
       <c r="B2038" s="0">
-        <v>170</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="2039" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2039" s="0" t="s">
         <v>2030</v>
       </c>
       <c r="B2039" s="0">
-        <v>65</v>
+        <v>90</v>
       </c>
     </row>
     <row r="2040" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2040" s="0" t="s">
         <v>2031</v>
       </c>
       <c r="B2040" s="0">
-        <v>98</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2041" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2041" s="0" t="s">
         <v>2032</v>
       </c>
       <c r="B2041" s="0">
-        <v>395</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="2042" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2042" s="0" t="s">
         <v>2033</v>
       </c>
       <c r="B2042" s="0">
-        <v>15</v>
+        <v>215</v>
       </c>
     </row>
     <row r="2043" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2043" s="0" t="s">
         <v>2034</v>
       </c>
       <c r="B2043" s="0">
-        <v>290</v>
+        <v>215</v>
       </c>
     </row>
     <row r="2044" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2044" s="0" t="s">
         <v>2035</v>
       </c>
       <c r="B2044" s="0">
-        <v>330</v>
+        <v>23</v>
       </c>
     </row>
     <row r="2045" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2045" s="0" t="s">
         <v>2036</v>
       </c>
       <c r="B2045" s="0">
-        <v>220</v>
+        <v>254</v>
       </c>
     </row>
     <row r="2046" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2046" s="0" t="s">
         <v>2037</v>
       </c>
       <c r="B2046" s="0">
-        <v>275</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2047" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2047" s="0" t="s">
         <v>2038</v>
       </c>
       <c r="B2047" s="0">
-        <v>350</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="2048" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2048" s="0" t="s">
         <v>2039</v>
       </c>
       <c r="B2048" s="0">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2049" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2049" s="0" t="s">
         <v>2040</v>
       </c>
       <c r="B2049" s="0">
-        <v>375</v>
+        <v>460</v>
       </c>
     </row>
     <row r="2050" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2050" s="0" t="s">
         <v>2041</v>
       </c>
       <c r="B2050" s="0">
-        <v>435</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2051" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2051" s="0" t="s">
         <v>2042</v>
       </c>
       <c r="B2051" s="0">
-        <v>455</v>
+        <v>185</v>
       </c>
     </row>
     <row r="2052" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2052" s="0" t="s">
         <v>2043</v>
       </c>
       <c r="B2052" s="0">
-        <v>770</v>
+        <v>90</v>
       </c>
     </row>
     <row r="2053" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2053" s="0" t="s">
         <v>2044</v>
       </c>
       <c r="B2053" s="0">
-        <v>325</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2054" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2054" s="0" t="s">
         <v>2045</v>
       </c>
       <c r="B2054" s="0">
-        <v>194</v>
+        <v>548</v>
       </c>
     </row>
     <row r="2055" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2055" s="0" t="s">
         <v>2046</v>
       </c>
       <c r="B2055" s="0">
-        <v>150</v>
+        <v>348</v>
       </c>
     </row>
     <row r="2056" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2056" s="0" t="s">
         <v>2047</v>
       </c>
       <c r="B2056" s="0">
-        <v>20</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2057" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2057" s="0" t="s">
         <v>2048</v>
       </c>
       <c r="B2057" s="0">
-        <v>370</v>
+        <v>216</v>
       </c>
     </row>
     <row r="2058" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2058" s="0" t="s">
         <v>2049</v>
       </c>
       <c r="B2058" s="0">
-        <v>1640</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2059" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2059" s="0" t="s">
         <v>2050</v>
       </c>
       <c r="B2059" s="0">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2060" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2060" s="0" t="s">
         <v>2051</v>
       </c>
       <c r="B2060" s="0">
-        <v>320</v>
+        <v>837</v>
       </c>
     </row>
     <row r="2061" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2061" s="0" t="s">
         <v>2052</v>
       </c>
       <c r="B2061" s="0">
-        <v>1290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2062" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2062" s="0" t="s">
-        <v>2053</v>
+        <v>1709</v>
       </c>
       <c r="B2062" s="0">
-        <v>215</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2063" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2063" s="0" t="s">
-        <v>2054</v>
+        <v>2053</v>
       </c>
       <c r="B2063" s="0">
-        <v>215</v>
+        <v>227</v>
       </c>
     </row>
     <row r="2064" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2064" s="0" t="s">
-        <v>2055</v>
+        <v>2054</v>
       </c>
       <c r="B2064" s="0">
-        <v>23</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2065" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2065" s="0" t="s">
-        <v>2056</v>
+        <v>2055</v>
       </c>
       <c r="B2065" s="0">
-        <v>254</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2066" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2066" s="0" t="s">
-        <v>2057</v>
+        <v>2056</v>
       </c>
       <c r="B2066" s="0">
-        <v>170</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="2067" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2067" s="0" t="s">
-        <v>2058</v>
+        <v>2057</v>
       </c>
       <c r="B2067" s="0">
-        <v>1070</v>
+        <v>132</v>
       </c>
     </row>
     <row r="2068" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2068" s="0" t="s">
-        <v>2059</v>
+        <v>2058</v>
       </c>
       <c r="B2068" s="0">
-        <v>150</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="2069" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2069" s="0" t="s">
-        <v>2060</v>
+        <v>2059</v>
       </c>
       <c r="B2069" s="0">
-        <v>460</v>
+        <v>735</v>
       </c>
     </row>
     <row r="2070" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2070" s="0" t="s">
-        <v>2061</v>
+        <v>2060</v>
       </c>
       <c r="B2070" s="0">
-        <v>190</v>
+        <v>560</v>
       </c>
     </row>
     <row r="2071" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2071" s="0" t="s">
-        <v>2062</v>
+        <v>2061</v>
       </c>
       <c r="B2071" s="0">
-        <v>180</v>
+        <v>795</v>
       </c>
     </row>
     <row r="2072" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2072" s="0" t="s">
-        <v>2063</v>
+        <v>2062</v>
       </c>
       <c r="B2072" s="0">
-        <v>90</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2073" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2073" s="0" t="s">
-        <v>2064</v>
+        <v>2063</v>
       </c>
       <c r="B2073" s="0">
-        <v>125</v>
+        <v>808</v>
       </c>
     </row>
     <row r="2074" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2074" s="0" t="s">
-        <v>2065</v>
+        <v>2064</v>
       </c>
       <c r="B2074" s="0">
-        <v>548</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2075" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2075" s="0" t="s">
-        <v>2066</v>
+        <v>2065</v>
       </c>
       <c r="B2075" s="0">
-        <v>348</v>
+        <v>490</v>
       </c>
     </row>
     <row r="2076" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2076" s="0" t="s">
-        <v>2067</v>
+        <v>2066</v>
       </c>
       <c r="B2076" s="0">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="2077" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2077" s="0" t="s">
+        <v>2067</v>
+      </c>
+      <c r="B2077" s="0">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="2078" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2078" s="3" t="s">
         <v>2068</v>
       </c>
-      <c r="B2077" s="0">
-[...9 lines deleted...]
-      </c>
+      <c r="B2078" s="0"/>
     </row>
     <row r="2079" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2079" s="0" t="s">
-        <v>2070</v>
+        <v>2069</v>
       </c>
       <c r="B2079" s="0">
-        <v>170</v>
+        <v>38</v>
       </c>
     </row>
     <row r="2080" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2080" s="0" t="s">
-        <v>2071</v>
+        <v>2070</v>
       </c>
       <c r="B2080" s="0">
-        <v>837</v>
+        <v>52</v>
       </c>
     </row>
     <row r="2081" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2081" s="0" t="s">
-        <v>2072</v>
+        <v>2071</v>
       </c>
       <c r="B2081" s="0">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2082" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2082" s="0" t="s">
-        <v>1730</v>
+        <v>2072</v>
       </c>
       <c r="B2082" s="0">
-        <v>270</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2083" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2083" s="0" t="s">
         <v>2073</v>
       </c>
       <c r="B2083" s="0">
-        <v>227</v>
+        <v>98</v>
       </c>
     </row>
     <row r="2084" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2084" s="0" t="s">
         <v>2074</v>
       </c>
       <c r="B2084" s="0">
-        <v>180</v>
+        <v>155</v>
       </c>
     </row>
     <row r="2085" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2085" s="0" t="s">
         <v>2075</v>
       </c>
       <c r="B2085" s="0">
-        <v>680</v>
+        <v>185</v>
       </c>
     </row>
     <row r="2086" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2086" s="0" t="s">
         <v>2076</v>
       </c>
       <c r="B2086" s="0">
-        <v>145</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2087" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2087" s="0" t="s">
         <v>2077</v>
       </c>
       <c r="B2087" s="0">
-        <v>2160</v>
-[...3 lines deleted...]
-      <c r="A2088" s="0" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="2088" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2088" s="3" t="s">
         <v>2078</v>
       </c>
-      <c r="B2088" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2088" s="0"/>
     </row>
     <row r="2089" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2089" s="0" t="s">
         <v>2079</v>
       </c>
       <c r="B2089" s="0">
-        <v>132</v>
+        <v>570</v>
       </c>
     </row>
     <row r="2090" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2090" s="0" t="s">
         <v>2080</v>
       </c>
       <c r="B2090" s="0">
-        <v>1025</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2091" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2091" s="0" t="s">
         <v>2081</v>
       </c>
       <c r="B2091" s="0">
-        <v>735</v>
+        <v>415</v>
       </c>
     </row>
     <row r="2092" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2092" s="0" t="s">
         <v>2082</v>
       </c>
       <c r="B2092" s="0">
-        <v>560</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2093" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2093" s="0" t="s">
         <v>2083</v>
       </c>
       <c r="B2093" s="0">
-        <v>795</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2094" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2094" s="0" t="s">
         <v>2084</v>
       </c>
       <c r="B2094" s="0">
-        <v>180</v>
+        <v>155</v>
       </c>
     </row>
     <row r="2095" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2095" s="0" t="s">
         <v>2085</v>
       </c>
       <c r="B2095" s="0">
-        <v>808</v>
+        <v>88</v>
       </c>
     </row>
     <row r="2096" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2096" s="0" t="s">
         <v>2086</v>
       </c>
       <c r="B2096" s="0">
-        <v>150</v>
+        <v>95</v>
       </c>
     </row>
     <row r="2097" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2097" s="0" t="s">
         <v>2087</v>
       </c>
       <c r="B2097" s="0">
-        <v>365</v>
-[...3 lines deleted...]
-      <c r="A2098" s="3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="2098" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2098" s="0" t="s">
         <v>2088</v>
       </c>
-      <c r="B2098" s="0"/>
+      <c r="B2098" s="0">
+        <v>125</v>
+      </c>
     </row>
     <row r="2099" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2099" s="0" t="s">
         <v>2089</v>
       </c>
       <c r="B2099" s="0">
-        <v>38</v>
+        <v>315</v>
       </c>
     </row>
     <row r="2100" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2100" s="0" t="s">
         <v>2090</v>
       </c>
       <c r="B2100" s="0">
-        <v>52</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2101" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2101" s="0" t="s">
         <v>2091</v>
       </c>
       <c r="B2101" s="0">
         <v>80</v>
       </c>
     </row>
     <row r="2102" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2102" s="0" t="s">
         <v>2092</v>
       </c>
       <c r="B2102" s="0">
-        <v>80</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2103" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2103" s="0" t="s">
         <v>2093</v>
       </c>
       <c r="B2103" s="0">
-        <v>98</v>
+        <v>370</v>
       </c>
     </row>
     <row r="2104" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2104" s="0" t="s">
         <v>2094</v>
       </c>
       <c r="B2104" s="0">
-        <v>155</v>
+        <v>55</v>
       </c>
     </row>
     <row r="2105" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2105" s="0" t="s">
         <v>2095</v>
       </c>
       <c r="B2105" s="0">
-        <v>185</v>
+        <v>28</v>
       </c>
     </row>
     <row r="2106" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2106" s="0" t="s">
         <v>2096</v>
       </c>
       <c r="B2106" s="0">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="2107" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2107" s="0" t="s">
         <v>2097</v>
       </c>
       <c r="B2107" s="0">
-        <v>460</v>
-[...3 lines deleted...]
-      <c r="A2108" s="3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="2108" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2108" s="0" t="s">
         <v>2098</v>
       </c>
-      <c r="B2108" s="0"/>
+      <c r="B2108" s="0">
+        <v>45</v>
+      </c>
     </row>
     <row r="2109" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2109" s="0" t="s">
         <v>2099</v>
       </c>
       <c r="B2109" s="0">
-        <v>570</v>
+        <v>45</v>
       </c>
     </row>
     <row r="2110" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2110" s="0" t="s">
         <v>2100</v>
       </c>
       <c r="B2110" s="0">
-        <v>395</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2111" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2111" s="0" t="s">
         <v>2101</v>
       </c>
       <c r="B2111" s="0">
-        <v>415</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2112" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2112" s="0" t="s">
         <v>2102</v>
       </c>
       <c r="B2112" s="0">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2113" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2113" s="0" t="s">
         <v>2103</v>
       </c>
       <c r="B2113" s="0">
-        <v>145</v>
+        <v>95</v>
       </c>
     </row>
     <row r="2114" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2114" s="0" t="s">
         <v>2104</v>
       </c>
       <c r="B2114" s="0">
-        <v>155</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2115" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2115" s="0" t="s">
         <v>2105</v>
       </c>
       <c r="B2115" s="0">
-        <v>88</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2116" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2116" s="0" t="s">
         <v>2106</v>
       </c>
       <c r="B2116" s="0">
-        <v>95</v>
+        <v>65</v>
       </c>
     </row>
     <row r="2117" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2117" s="0" t="s">
         <v>2107</v>
       </c>
       <c r="B2117" s="0">
-        <v>88</v>
+        <v>55</v>
       </c>
     </row>
     <row r="2118" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2118" s="0" t="s">
         <v>2108</v>
       </c>
       <c r="B2118" s="0">
-        <v>125</v>
+        <v>307</v>
       </c>
     </row>
     <row r="2119" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2119" s="0" t="s">
         <v>2109</v>
       </c>
       <c r="B2119" s="0">
-        <v>315</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2120" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2120" s="0" t="s">
         <v>2110</v>
       </c>
       <c r="B2120" s="0">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2121" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2121" s="0" t="s">
         <v>2111</v>
       </c>
       <c r="B2121" s="0">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2122" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2122" s="0" t="s">
         <v>2112</v>
       </c>
       <c r="B2122" s="0">
-        <v>355</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2123" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2123" s="0" t="s">
         <v>2113</v>
       </c>
       <c r="B2123" s="0">
-        <v>370</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2124" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2124" s="0" t="s">
         <v>2114</v>
       </c>
       <c r="B2124" s="0">
-        <v>55</v>
+        <v>102</v>
       </c>
     </row>
     <row r="2125" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2125" s="0" t="s">
         <v>2115</v>
       </c>
       <c r="B2125" s="0">
-        <v>28</v>
+        <v>85</v>
       </c>
     </row>
     <row r="2126" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2126" s="0" t="s">
         <v>2116</v>
       </c>
       <c r="B2126" s="0">
-        <v>55</v>
+        <v>215</v>
       </c>
     </row>
     <row r="2127" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2127" s="0" t="s">
         <v>2117</v>
       </c>
       <c r="B2127" s="0">
-        <v>45</v>
+        <v>20</v>
       </c>
     </row>
     <row r="2128" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2128" s="0" t="s">
         <v>2118</v>
       </c>
       <c r="B2128" s="0">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2129" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2129" s="0" t="s">
         <v>2119</v>
       </c>
       <c r="B2129" s="0">
-        <v>45</v>
+        <v>95</v>
       </c>
     </row>
     <row r="2130" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2130" s="0" t="s">
         <v>2120</v>
       </c>
       <c r="B2130" s="0">
-        <v>110</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2131" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2131" s="0" t="s">
         <v>2121</v>
       </c>
       <c r="B2131" s="0">
-        <v>175</v>
+        <v>45</v>
       </c>
     </row>
     <row r="2132" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2132" s="0" t="s">
         <v>2122</v>
       </c>
       <c r="B2132" s="0">
-        <v>115</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2133" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2133" s="0" t="s">
         <v>2123</v>
       </c>
       <c r="B2133" s="0">
-        <v>95</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2134" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2134" s="0" t="s">
         <v>2124</v>
       </c>
       <c r="B2134" s="0">
-        <v>60</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2135" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2135" s="0" t="s">
         <v>2125</v>
       </c>
       <c r="B2135" s="0">
-        <v>60</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2136" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2136" s="0" t="s">
         <v>2126</v>
       </c>
       <c r="B2136" s="0">
-        <v>65</v>
+        <v>278</v>
       </c>
     </row>
     <row r="2137" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2137" s="0" t="s">
         <v>2127</v>
       </c>
       <c r="B2137" s="0">
-        <v>55</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2138" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2138" s="0" t="s">
         <v>2128</v>
       </c>
       <c r="B2138" s="0">
-        <v>255</v>
+        <v>95</v>
       </c>
     </row>
     <row r="2139" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2139" s="0" t="s">
         <v>2129</v>
       </c>
       <c r="B2139" s="0">
-        <v>307</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2140" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2140" s="0" t="s">
         <v>2130</v>
       </c>
       <c r="B2140" s="0">
-        <v>130</v>
+        <v>95</v>
       </c>
     </row>
     <row r="2141" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2141" s="0" t="s">
         <v>2131</v>
       </c>
       <c r="B2141" s="0">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2142" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2142" s="0" t="s">
         <v>2132</v>
       </c>
       <c r="B2142" s="0">
-        <v>160</v>
+        <v>65</v>
       </c>
     </row>
     <row r="2143" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2143" s="0" t="s">
         <v>2133</v>
       </c>
       <c r="B2143" s="0">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2144" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2144" s="0" t="s">
         <v>2134</v>
       </c>
       <c r="B2144" s="0">
-        <v>175</v>
+        <v>58</v>
       </c>
     </row>
     <row r="2145" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2145" s="0" t="s">
         <v>2135</v>
       </c>
       <c r="B2145" s="0">
-        <v>102</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2146" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2146" s="0" t="s">
         <v>2136</v>
       </c>
       <c r="B2146" s="0">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2147" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2147" s="0" t="s">
         <v>2137</v>
       </c>
       <c r="B2147" s="0">
-        <v>215</v>
+        <v>50</v>
       </c>
     </row>
     <row r="2148" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2148" s="0" t="s">
         <v>2138</v>
       </c>
       <c r="B2148" s="0">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="2149" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2149" s="0" t="s">
         <v>2139</v>
       </c>
       <c r="B2149" s="0">
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2150" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2150" s="0" t="s">
         <v>2140</v>
       </c>
       <c r="B2150" s="0">
-        <v>95</v>
+        <v>287</v>
       </c>
     </row>
     <row r="2151" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2151" s="0" t="s">
         <v>2141</v>
       </c>
       <c r="B2151" s="0">
-        <v>275</v>
+        <v>255</v>
       </c>
     </row>
     <row r="2152" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2152" s="0" t="s">
         <v>2142</v>
       </c>
       <c r="B2152" s="0">
-        <v>45</v>
+        <v>126</v>
       </c>
     </row>
     <row r="2153" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2153" s="0" t="s">
         <v>2143</v>
       </c>
       <c r="B2153" s="0">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="2154" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2154" s="0" t="s">
         <v>2144</v>
       </c>
       <c r="B2154" s="0">
-        <v>130</v>
+        <v>178</v>
       </c>
     </row>
     <row r="2155" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2155" s="0" t="s">
         <v>2145</v>
       </c>
       <c r="B2155" s="0">
-        <v>130</v>
+        <v>68</v>
       </c>
     </row>
     <row r="2156" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2156" s="0" t="s">
         <v>2146</v>
       </c>
       <c r="B2156" s="0">
-        <v>195</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2157" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2157" s="0" t="s">
         <v>2147</v>
       </c>
       <c r="B2157" s="0">
-        <v>278</v>
+        <v>68</v>
       </c>
     </row>
     <row r="2158" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2158" s="0" t="s">
         <v>2148</v>
       </c>
       <c r="B2158" s="0">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2159" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2159" s="0" t="s">
         <v>2149</v>
       </c>
       <c r="B2159" s="0">
-        <v>95</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2160" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2160" s="0" t="s">
         <v>2150</v>
       </c>
       <c r="B2160" s="0">
-        <v>115</v>
+        <v>126</v>
       </c>
     </row>
     <row r="2161" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2161" s="0" t="s">
         <v>2151</v>
       </c>
       <c r="B2161" s="0">
-        <v>95</v>
+        <v>46</v>
       </c>
     </row>
     <row r="2162" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2162" s="0" t="s">
         <v>2152</v>
       </c>
       <c r="B2162" s="0">
-        <v>195</v>
+        <v>92</v>
       </c>
     </row>
     <row r="2163" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2163" s="0" t="s">
         <v>2153</v>
       </c>
       <c r="B2163" s="0">
-        <v>65</v>
+        <v>52</v>
       </c>
     </row>
     <row r="2164" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2164" s="0" t="s">
         <v>2154</v>
       </c>
       <c r="B2164" s="0">
-        <v>105</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2165" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2165" s="0" t="s">
         <v>2155</v>
       </c>
       <c r="B2165" s="0">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2166" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2166" s="0" t="s">
         <v>2156</v>
       </c>
       <c r="B2166" s="0">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2167" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2167" s="0" t="s">
         <v>2157</v>
       </c>
       <c r="B2167" s="0">
-        <v>110</v>
+        <v>146</v>
       </c>
     </row>
     <row r="2168" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2168" s="0" t="s">
         <v>2158</v>
       </c>
       <c r="B2168" s="0">
-        <v>50</v>
+        <v>7</v>
       </c>
     </row>
     <row r="2169" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2169" s="0" t="s">
         <v>2159</v>
       </c>
       <c r="B2169" s="0">
-        <v>30</v>
+        <v>45</v>
       </c>
     </row>
     <row r="2170" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2170" s="0" t="s">
         <v>2160</v>
       </c>
       <c r="B2170" s="0">
-        <v>70</v>
+        <v>98</v>
       </c>
     </row>
     <row r="2171" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2171" s="0" t="s">
         <v>2161</v>
       </c>
       <c r="B2171" s="0">
-        <v>287</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2172" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2172" s="0" t="s">
         <v>2162</v>
       </c>
       <c r="B2172" s="0">
-        <v>255</v>
+        <v>30</v>
       </c>
     </row>
     <row r="2173" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2173" s="0" t="s">
         <v>2163</v>
       </c>
       <c r="B2173" s="0">
-        <v>126</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2174" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2174" s="0" t="s">
         <v>2164</v>
       </c>
       <c r="B2174" s="0">
-        <v>215</v>
+        <v>55</v>
       </c>
     </row>
     <row r="2175" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2175" s="0" t="s">
         <v>2165</v>
       </c>
       <c r="B2175" s="0">
-        <v>178</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2176" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2176" s="0" t="s">
         <v>2166</v>
       </c>
       <c r="B2176" s="0">
-        <v>68</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2177" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2177" s="0" t="s">
         <v>2167</v>
       </c>
       <c r="B2177" s="0">
-        <v>130</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2178" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2178" s="0" t="s">
         <v>2168</v>
       </c>
       <c r="B2178" s="0">
-        <v>68</v>
+        <v>264</v>
       </c>
     </row>
     <row r="2179" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2179" s="0" t="s">
         <v>2169</v>
       </c>
       <c r="B2179" s="0">
-        <v>130</v>
+        <v>393</v>
       </c>
     </row>
     <row r="2180" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2180" s="0" t="s">
         <v>2170</v>
       </c>
       <c r="B2180" s="0">
-        <v>105</v>
+        <v>177</v>
       </c>
     </row>
     <row r="2181" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2181" s="0" t="s">
         <v>2171</v>
       </c>
       <c r="B2181" s="0">
-        <v>126</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2182" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2182" s="0" t="s">
         <v>2172</v>
       </c>
       <c r="B2182" s="0">
-        <v>46</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2183" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2183" s="0" t="s">
         <v>2173</v>
       </c>
       <c r="B2183" s="0">
-        <v>92</v>
+        <v>335</v>
       </c>
     </row>
     <row r="2184" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2184" s="0" t="s">
-        <v>2174</v>
+        <v>2161</v>
       </c>
       <c r="B2184" s="0">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="2185" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2185" s="0" t="s">
-        <v>2175</v>
+        <v>2174</v>
       </c>
       <c r="B2185" s="0">
-        <v>125</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2186" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2186" s="0" t="s">
-        <v>2176</v>
+        <v>2175</v>
       </c>
       <c r="B2186" s="0">
-        <v>60</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2187" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2187" s="0" t="s">
-        <v>2177</v>
+        <v>2176</v>
       </c>
       <c r="B2187" s="0">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2188" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2188" s="0" t="s">
-        <v>2178</v>
+        <v>2177</v>
       </c>
       <c r="B2188" s="0">
-        <v>146</v>
+        <v>385</v>
       </c>
     </row>
     <row r="2189" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2189" s="0" t="s">
-        <v>2179</v>
+        <v>2178</v>
       </c>
       <c r="B2189" s="0">
-        <v>7</v>
+        <v>68</v>
       </c>
     </row>
     <row r="2190" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2190" s="0" t="s">
-        <v>2180</v>
+        <v>2179</v>
       </c>
       <c r="B2190" s="0">
-        <v>45</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2191" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2191" s="0" t="s">
+        <v>2180</v>
+      </c>
+      <c r="B2191" s="0">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="2192" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2192" s="3" t="s">
         <v>2181</v>
       </c>
-      <c r="B2191" s="0">
-[...9 lines deleted...]
-      </c>
+      <c r="B2192" s="0"/>
     </row>
     <row r="2193" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2193" s="0" t="s">
-        <v>2183</v>
+        <v>2182</v>
       </c>
       <c r="B2193" s="0">
-        <v>30</v>
+        <v>153</v>
       </c>
     </row>
     <row r="2194" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2194" s="0" t="s">
-        <v>2184</v>
+        <v>2183</v>
       </c>
       <c r="B2194" s="0">
-        <v>70</v>
+        <v>172</v>
       </c>
     </row>
     <row r="2195" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2195" s="0" t="s">
-        <v>2185</v>
+        <v>2184</v>
       </c>
       <c r="B2195" s="0">
-        <v>55</v>
+        <v>263</v>
       </c>
     </row>
     <row r="2196" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2196" s="0" t="s">
-        <v>2186</v>
+        <v>2185</v>
       </c>
       <c r="B2196" s="0">
-        <v>125</v>
+        <v>315</v>
       </c>
     </row>
     <row r="2197" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2197" s="0" t="s">
-        <v>2187</v>
+        <v>2186</v>
       </c>
       <c r="B2197" s="0">
-        <v>240</v>
+        <v>369</v>
       </c>
     </row>
     <row r="2198" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2198" s="0" t="s">
-        <v>2188</v>
+        <v>2187</v>
       </c>
       <c r="B2198" s="0">
-        <v>345</v>
+        <v>368</v>
       </c>
     </row>
     <row r="2199" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2199" s="0" t="s">
-        <v>2189</v>
+        <v>2188</v>
       </c>
       <c r="B2199" s="0">
-        <v>264</v>
+        <v>447</v>
       </c>
     </row>
     <row r="2200" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2200" s="0" t="s">
-        <v>2190</v>
+        <v>2189</v>
       </c>
       <c r="B2200" s="0">
-        <v>393</v>
+        <v>380</v>
       </c>
     </row>
     <row r="2201" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2201" s="0" t="s">
-        <v>2191</v>
+        <v>2190</v>
       </c>
       <c r="B2201" s="0">
-        <v>177</v>
+        <v>90</v>
       </c>
     </row>
     <row r="2202" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2202" s="0" t="s">
-        <v>2192</v>
+        <v>2191</v>
       </c>
       <c r="B2202" s="0">
-        <v>170</v>
+        <v>30</v>
       </c>
     </row>
     <row r="2203" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2203" s="0" t="s">
-        <v>2193</v>
+        <v>2192</v>
       </c>
       <c r="B2203" s="0">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="2204" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2204" s="0" t="s">
-        <v>2194</v>
+        <v>2193</v>
       </c>
       <c r="B2204" s="0">
-        <v>335</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2205" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2205" s="0" t="s">
-        <v>2195</v>
+        <v>2194</v>
       </c>
       <c r="B2205" s="0">
-        <v>335</v>
+        <v>15</v>
       </c>
     </row>
     <row r="2206" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2206" s="0" t="s">
-        <v>2182</v>
+        <v>2195</v>
       </c>
       <c r="B2206" s="0">
-        <v>48</v>
+        <v>4</v>
       </c>
     </row>
     <row r="2207" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2207" s="0" t="s">
         <v>2196</v>
       </c>
       <c r="B2207" s="0">
-        <v>245</v>
+        <v>19</v>
       </c>
     </row>
     <row r="2208" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2208" s="0" t="s">
         <v>2197</v>
       </c>
       <c r="B2208" s="0">
-        <v>270</v>
+        <v>66</v>
       </c>
     </row>
     <row r="2209" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2209" s="0" t="s">
         <v>2198</v>
       </c>
       <c r="B2209" s="0">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2210" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2210" s="0" t="s">
         <v>2199</v>
       </c>
       <c r="B2210" s="0">
-        <v>385</v>
+        <v>98</v>
       </c>
     </row>
     <row r="2211" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2211" s="0" t="s">
         <v>2200</v>
       </c>
       <c r="B2211" s="0">
-        <v>68</v>
+        <v>40</v>
       </c>
     </row>
     <row r="2212" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2212" s="0" t="s">
         <v>2201</v>
       </c>
       <c r="B2212" s="0">
-        <v>115</v>
+        <v>50</v>
       </c>
     </row>
     <row r="2213" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2213" s="0" t="s">
         <v>2202</v>
       </c>
       <c r="B2213" s="0">
-        <v>1320</v>
-[...3 lines deleted...]
-      <c r="A2214" s="3" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2214" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2214" s="0" t="s">
         <v>2203</v>
       </c>
-      <c r="B2214" s="0"/>
+      <c r="B2214" s="0">
+        <v>215</v>
+      </c>
     </row>
     <row r="2215" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2215" s="0" t="s">
         <v>2204</v>
       </c>
       <c r="B2215" s="0">
-        <v>153</v>
+        <v>95</v>
       </c>
     </row>
     <row r="2216" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2216" s="0" t="s">
         <v>2205</v>
       </c>
       <c r="B2216" s="0">
-        <v>172</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2217" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2217" s="0" t="s">
         <v>2206</v>
       </c>
       <c r="B2217" s="0">
-        <v>263</v>
+        <v>448</v>
       </c>
     </row>
     <row r="2218" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2218" s="0" t="s">
         <v>2207</v>
       </c>
       <c r="B2218" s="0">
-        <v>315</v>
+        <v>285</v>
       </c>
     </row>
     <row r="2219" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2219" s="0" t="s">
         <v>2208</v>
       </c>
       <c r="B2219" s="0">
-        <v>369</v>
+        <v>463</v>
       </c>
     </row>
     <row r="2220" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2220" s="0" t="s">
         <v>2209</v>
       </c>
       <c r="B2220" s="0">
-        <v>368</v>
+        <v>26</v>
       </c>
     </row>
     <row r="2221" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2221" s="0" t="s">
         <v>2210</v>
       </c>
       <c r="B2221" s="0">
-        <v>447</v>
+        <v>28</v>
       </c>
     </row>
     <row r="2222" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2222" s="0" t="s">
         <v>2211</v>
       </c>
       <c r="B2222" s="0">
-        <v>380</v>
+        <v>28</v>
       </c>
     </row>
     <row r="2223" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2223" s="0" t="s">
         <v>2212</v>
       </c>
       <c r="B2223" s="0">
-        <v>90</v>
-[...3 lines deleted...]
-      <c r="A2224" s="0" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2224" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2224" s="3" t="s">
         <v>2213</v>
       </c>
-      <c r="B2224" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2224" s="0"/>
     </row>
     <row r="2225" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2225" s="0" t="s">
         <v>2214</v>
       </c>
       <c r="B2225" s="0">
-        <v>55</v>
+        <v>550</v>
       </c>
     </row>
     <row r="2226" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2226" s="0" t="s">
         <v>2215</v>
       </c>
       <c r="B2226" s="0">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2227" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2227" s="0" t="s">
         <v>2216</v>
       </c>
       <c r="B2227" s="0">
-        <v>15</v>
+        <v>820</v>
       </c>
     </row>
     <row r="2228" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2228" s="0" t="s">
         <v>2217</v>
       </c>
       <c r="B2228" s="0">
-        <v>4</v>
+        <v>247</v>
       </c>
     </row>
     <row r="2229" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2229" s="0" t="s">
         <v>2218</v>
       </c>
       <c r="B2229" s="0">
-        <v>19</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="2230" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2230" s="0" t="s">
         <v>2219</v>
       </c>
       <c r="B2230" s="0">
-        <v>66</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="2231" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2231" s="0" t="s">
         <v>2220</v>
       </c>
       <c r="B2231" s="0">
-        <v>140</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="2232" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2232" s="0" t="s">
         <v>2221</v>
       </c>
       <c r="B2232" s="0">
-        <v>98</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="2233" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2233" s="0" t="s">
         <v>2222</v>
       </c>
       <c r="B2233" s="0">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2234" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2234" s="0" t="s">
         <v>2223</v>
       </c>
       <c r="B2234" s="0">
-        <v>50</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="2235" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2235" s="0" t="s">
         <v>2224</v>
       </c>
       <c r="B2235" s="0">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2236" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2236" s="0" t="s">
         <v>2225</v>
       </c>
       <c r="B2236" s="0">
-        <v>215</v>
+        <v>3375</v>
       </c>
     </row>
     <row r="2237" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2237" s="0" t="s">
         <v>2226</v>
       </c>
       <c r="B2237" s="0">
-        <v>95</v>
+        <v>995</v>
       </c>
     </row>
     <row r="2238" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2238" s="0" t="s">
         <v>2227</v>
       </c>
       <c r="B2238" s="0">
-        <v>110</v>
+        <v>3550</v>
       </c>
     </row>
     <row r="2239" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2239" s="0" t="s">
         <v>2228</v>
       </c>
       <c r="B2239" s="0">
-        <v>448</v>
+        <v>810</v>
       </c>
     </row>
     <row r="2240" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2240" s="0" t="s">
         <v>2229</v>
       </c>
       <c r="B2240" s="0">
-        <v>285</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="2241" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2241" s="0" t="s">
         <v>2230</v>
       </c>
       <c r="B2241" s="0">
-        <v>463</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2242" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2242" s="0" t="s">
         <v>2231</v>
       </c>
       <c r="B2242" s="0">
-        <v>26</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2243" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2243" s="0" t="s">
         <v>2232</v>
       </c>
       <c r="B2243" s="0">
-        <v>28</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="2244" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2244" s="0" t="s">
         <v>2233</v>
       </c>
       <c r="B2244" s="0">
-        <v>28</v>
+        <v>3610</v>
       </c>
     </row>
     <row r="2245" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2245" s="0" t="s">
         <v>2234</v>
       </c>
       <c r="B2245" s="0">
-        <v>50</v>
-[...3 lines deleted...]
-      <c r="A2246" s="3" t="s">
+        <v>3975</v>
+      </c>
+    </row>
+    <row r="2246" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2246" s="0" t="s">
         <v>2235</v>
       </c>
-      <c r="B2246" s="0"/>
+      <c r="B2246" s="0">
+        <v>340</v>
+      </c>
     </row>
     <row r="2247" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2247" s="0" t="s">
         <v>2236</v>
       </c>
       <c r="B2247" s="0">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2248" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2248" s="0" t="s">
         <v>2237</v>
       </c>
       <c r="B2248" s="0">
-        <v>320</v>
+        <v>430</v>
       </c>
     </row>
     <row r="2249" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2249" s="0" t="s">
         <v>2238</v>
       </c>
       <c r="B2249" s="0">
-        <v>820</v>
+        <v>3950</v>
       </c>
     </row>
     <row r="2250" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2250" s="0" t="s">
         <v>2239</v>
       </c>
       <c r="B2250" s="0">
-        <v>247</v>
+        <v>535</v>
       </c>
     </row>
     <row r="2251" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2251" s="0" t="s">
         <v>2240</v>
       </c>
       <c r="B2251" s="0">
-        <v>1150</v>
+        <v>478</v>
       </c>
     </row>
     <row r="2252" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2252" s="0" t="s">
         <v>2241</v>
       </c>
       <c r="B2252" s="0">
-        <v>1260</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2253" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2253" s="0" t="s">
         <v>2242</v>
       </c>
       <c r="B2253" s="0">
-        <v>1625</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2254" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2254" s="0" t="s">
         <v>2243</v>
       </c>
       <c r="B2254" s="0">
-        <v>3050</v>
+        <v>353</v>
       </c>
     </row>
     <row r="2255" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2255" s="0" t="s">
         <v>2244</v>
       </c>
       <c r="B2255" s="0">
-        <v>150</v>
+        <v>615</v>
       </c>
     </row>
     <row r="2256" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2256" s="0" t="s">
         <v>2245</v>
       </c>
       <c r="B2256" s="0">
-        <v>1670</v>
+        <v>205</v>
       </c>
     </row>
     <row r="2257" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2257" s="0" t="s">
         <v>2246</v>
       </c>
       <c r="B2257" s="0">
-        <v>320</v>
+        <v>83</v>
       </c>
     </row>
     <row r="2258" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2258" s="0" t="s">
         <v>2247</v>
       </c>
       <c r="B2258" s="0">
-        <v>2115</v>
+        <v>630</v>
       </c>
     </row>
     <row r="2259" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2259" s="0" t="s">
         <v>2248</v>
       </c>
       <c r="B2259" s="0">
-        <v>995</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2260" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2260" s="0" t="s">
         <v>2249</v>
       </c>
       <c r="B2260" s="0">
-        <v>2115</v>
+        <v>410</v>
       </c>
     </row>
     <row r="2261" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2261" s="0" t="s">
         <v>2250</v>
       </c>
       <c r="B2261" s="0">
-        <v>810</v>
+        <v>660</v>
       </c>
     </row>
     <row r="2262" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2262" s="0" t="s">
         <v>2251</v>
       </c>
       <c r="B2262" s="0">
-        <v>1805</v>
+        <v>444</v>
       </c>
     </row>
     <row r="2263" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2263" s="0" t="s">
         <v>2252</v>
       </c>
       <c r="B2263" s="0">
-        <v>180</v>
+        <v>465</v>
       </c>
     </row>
     <row r="2264" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2264" s="0" t="s">
         <v>2253</v>
       </c>
       <c r="B2264" s="0">
-        <v>450</v>
+        <v>795</v>
       </c>
     </row>
     <row r="2265" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2265" s="0" t="s">
         <v>2254</v>
       </c>
       <c r="B2265" s="0">
-        <v>2280</v>
+        <v>558</v>
       </c>
     </row>
     <row r="2266" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2266" s="0" t="s">
         <v>2255</v>
       </c>
       <c r="B2266" s="0">
-        <v>3610</v>
+        <v>710</v>
       </c>
     </row>
     <row r="2267" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2267" s="0" t="s">
         <v>2256</v>
       </c>
       <c r="B2267" s="0">
-        <v>3975</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2268" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2268" s="0" t="s">
         <v>2257</v>
       </c>
       <c r="B2268" s="0">
-        <v>340</v>
+        <v>555</v>
       </c>
     </row>
     <row r="2269" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2269" s="0" t="s">
         <v>2258</v>
       </c>
       <c r="B2269" s="0">
-        <v>195</v>
-[...3 lines deleted...]
-      <c r="A2270" s="0" t="s">
+        <v>2075</v>
+      </c>
+    </row>
+    <row r="2270" spans="1:2">
+      <c r="A2270" s="2" t="s">
         <v>2259</v>
       </c>
-      <c r="B2270" s="0">
-[...4 lines deleted...]
-      <c r="A2271" s="0" t="s">
+      <c r="B2270" s="0"/>
+    </row>
+    <row r="2271" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2271" s="3" t="s">
         <v>2260</v>
       </c>
-      <c r="B2271" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2271" s="0"/>
     </row>
     <row r="2272" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2272" s="0" t="s">
         <v>2261</v>
       </c>
       <c r="B2272" s="0">
-        <v>535</v>
-[...3 lines deleted...]
-      <c r="A2273" s="0" t="s">
+        <v>3280</v>
+      </c>
+    </row>
+    <row r="2273" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2273" s="3" t="s">
         <v>2262</v>
       </c>
-      <c r="B2273" s="0">
-[...4 lines deleted...]
-      <c r="A2274" s="0" t="s">
+      <c r="B2273" s="0"/>
+    </row>
+    <row r="2274" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2274" s="3" t="s">
         <v>2263</v>
       </c>
-      <c r="B2274" s="0">
-[...4 lines deleted...]
-      <c r="A2275" s="0" t="s">
+      <c r="B2274" s="0"/>
+    </row>
+    <row r="2275" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2275" s="3" t="s">
         <v>2264</v>
       </c>
-      <c r="B2275" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2275" s="0"/>
     </row>
     <row r="2276" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2276" s="0" t="s">
         <v>2265</v>
       </c>
       <c r="B2276" s="0">
-        <v>353</v>
+        <v>7140</v>
       </c>
     </row>
     <row r="2277" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2277" s="0" t="s">
         <v>2266</v>
       </c>
       <c r="B2277" s="0">
-        <v>615</v>
-[...3 lines deleted...]
-      <c r="A2278" s="0" t="s">
+        <v>1920</v>
+      </c>
+    </row>
+    <row r="2278" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2278" s="3" t="s">
         <v>2267</v>
       </c>
-      <c r="B2278" s="0">
-[...4 lines deleted...]
-      <c r="A2279" s="0" t="s">
+      <c r="B2278" s="0"/>
+    </row>
+    <row r="2279" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2279" s="3" t="s">
         <v>2268</v>
       </c>
-      <c r="B2279" s="0">
-[...4 lines deleted...]
-      <c r="A2280" s="0" t="s">
+      <c r="B2279" s="0"/>
+    </row>
+    <row r="2280" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2280" s="3" t="s">
         <v>2269</v>
       </c>
-      <c r="B2280" s="0">
-[...4 lines deleted...]
-      <c r="A2281" s="0" t="s">
+      <c r="B2280" s="0"/>
+    </row>
+    <row r="2281" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2281" s="3" t="s">
         <v>2270</v>
       </c>
-      <c r="B2281" s="0">
-[...4 lines deleted...]
-      <c r="A2282" s="0" t="s">
+      <c r="B2281" s="0"/>
+    </row>
+    <row r="2282" spans="1:2">
+      <c r="A2282" s="2" t="s">
         <v>2271</v>
       </c>
-      <c r="B2282" s="0">
-[...4 lines deleted...]
-      <c r="A2283" s="0" t="s">
+      <c r="B2282" s="0"/>
+    </row>
+    <row r="2283" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2283" s="3" t="s">
         <v>2272</v>
       </c>
-      <c r="B2283" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2283" s="0"/>
     </row>
     <row r="2284" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2284" s="0" t="s">
         <v>2273</v>
       </c>
       <c r="B2284" s="0">
-        <v>444</v>
+        <v>998</v>
       </c>
     </row>
     <row r="2285" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2285" s="0" t="s">
         <v>2274</v>
       </c>
       <c r="B2285" s="0">
-        <v>465</v>
+        <v>725</v>
       </c>
     </row>
     <row r="2286" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2286" s="0" t="s">
         <v>2275</v>
       </c>
       <c r="B2286" s="0">
-        <v>795</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="2287" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2287" s="0" t="s">
         <v>2276</v>
       </c>
       <c r="B2287" s="0">
-        <v>920</v>
-[...3 lines deleted...]
-      <c r="A2288" s="0" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="2288" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2288" s="3" t="s">
         <v>2277</v>
       </c>
-      <c r="B2288" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2288" s="0"/>
     </row>
     <row r="2289" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2289" s="0" t="s">
         <v>2278</v>
       </c>
       <c r="B2289" s="0">
-        <v>710</v>
+        <v>248</v>
       </c>
     </row>
     <row r="2290" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2290" s="0" t="s">
         <v>2279</v>
       </c>
       <c r="B2290" s="0">
-        <v>190</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2291" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2291" s="0" t="s">
         <v>2280</v>
       </c>
       <c r="B2291" s="0">
-        <v>900</v>
+        <v>205</v>
       </c>
     </row>
     <row r="2292" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2292" s="0" t="s">
         <v>2281</v>
       </c>
       <c r="B2292" s="0">
-        <v>555</v>
+        <v>65</v>
       </c>
     </row>
     <row r="2293" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2293" s="0" t="s">
         <v>2282</v>
       </c>
       <c r="B2293" s="0">
-        <v>2075</v>
-[...3 lines deleted...]
-      <c r="A2294" s="2" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="2294" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2294" s="0" t="s">
         <v>2283</v>
       </c>
-      <c r="B2294" s="0"/>
-[...2 lines deleted...]
-      <c r="A2295" s="3" t="s">
+      <c r="B2294" s="0">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="2295" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2295" s="0" t="s">
         <v>2284</v>
       </c>
-      <c r="B2295" s="0"/>
+      <c r="B2295" s="0">
+        <v>81</v>
+      </c>
     </row>
     <row r="2296" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2296" s="0" t="s">
         <v>2285</v>
       </c>
       <c r="B2296" s="0">
-        <v>3280</v>
-[...3 lines deleted...]
-      <c r="A2297" s="3" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2297" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2297" s="0" t="s">
         <v>2286</v>
       </c>
-      <c r="B2297" s="0"/>
-[...2 lines deleted...]
-      <c r="A2298" s="3" t="s">
+      <c r="B2297" s="0">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="2298" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2298" s="0" t="s">
         <v>2287</v>
       </c>
-      <c r="B2298" s="0"/>
-[...2 lines deleted...]
-      <c r="A2299" s="3" t="s">
+      <c r="B2298" s="0">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="2299" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2299" s="0" t="s">
         <v>2288</v>
       </c>
-      <c r="B2299" s="0"/>
+      <c r="B2299" s="0">
+        <v>125</v>
+      </c>
     </row>
     <row r="2300" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2300" s="0" t="s">
         <v>2289</v>
       </c>
       <c r="B2300" s="0">
-        <v>7140</v>
-[...3 lines deleted...]
-      <c r="A2301" s="0" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="2301" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2301" s="3" t="s">
         <v>2290</v>
       </c>
-      <c r="B2301" s="0">
-[...4 lines deleted...]
-      <c r="A2302" s="3" t="s">
+      <c r="B2301" s="0"/>
+    </row>
+    <row r="2302" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2302" s="0" t="s">
         <v>2291</v>
       </c>
-      <c r="B2302" s="0"/>
-[...2 lines deleted...]
-      <c r="A2303" s="3" t="s">
+      <c r="B2302" s="0">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="2303" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2303" s="0" t="s">
         <v>2292</v>
       </c>
-      <c r="B2303" s="0"/>
-[...2 lines deleted...]
-      <c r="A2304" s="3" t="s">
+      <c r="B2303" s="0">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="2304" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2304" s="0" t="s">
         <v>2293</v>
       </c>
-      <c r="B2304" s="0"/>
-[...2 lines deleted...]
-      <c r="A2305" s="3" t="s">
+      <c r="B2304" s="0">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="2305" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2305" s="0" t="s">
         <v>2294</v>
       </c>
-      <c r="B2305" s="0"/>
-[...2 lines deleted...]
-      <c r="A2306" s="2" t="s">
+      <c r="B2305" s="0">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2306" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2306" s="0" t="s">
         <v>2295</v>
       </c>
-      <c r="B2306" s="0"/>
-[...2 lines deleted...]
-      <c r="A2307" s="3" t="s">
+      <c r="B2306" s="0">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2307" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2307" s="0" t="s">
         <v>2296</v>
       </c>
-      <c r="B2307" s="0"/>
+      <c r="B2307" s="0">
+        <v>148</v>
+      </c>
     </row>
     <row r="2308" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2308" s="0" t="s">
         <v>2297</v>
       </c>
       <c r="B2308" s="0">
-        <v>998</v>
-[...3 lines deleted...]
-      <c r="A2309" s="0" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="2309" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2309" s="3" t="s">
         <v>2298</v>
       </c>
-      <c r="B2309" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2309" s="0"/>
     </row>
     <row r="2310" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2310" s="0" t="s">
         <v>2299</v>
       </c>
       <c r="B2310" s="0">
-        <v>1675</v>
+        <v>172</v>
       </c>
     </row>
     <row r="2311" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2311" s="0" t="s">
         <v>2300</v>
       </c>
       <c r="B2311" s="0">
-        <v>1340</v>
-[...3 lines deleted...]
-      <c r="A2312" s="3" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="2312" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2312" s="0" t="s">
         <v>2301</v>
       </c>
-      <c r="B2312" s="0"/>
+      <c r="B2312" s="0">
+        <v>95</v>
+      </c>
     </row>
     <row r="2313" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2313" s="0" t="s">
         <v>2302</v>
       </c>
       <c r="B2313" s="0">
-        <v>248</v>
+        <v>340</v>
       </c>
     </row>
     <row r="2314" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2314" s="0" t="s">
         <v>2303</v>
       </c>
       <c r="B2314" s="0">
-        <v>269</v>
+        <v>174</v>
       </c>
     </row>
     <row r="2315" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2315" s="0" t="s">
         <v>2304</v>
       </c>
       <c r="B2315" s="0">
-        <v>205</v>
+        <v>94</v>
       </c>
     </row>
     <row r="2316" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2316" s="0" t="s">
         <v>2305</v>
       </c>
       <c r="B2316" s="0">
-        <v>65</v>
+        <v>342</v>
       </c>
     </row>
     <row r="2317" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2317" s="0" t="s">
         <v>2306</v>
       </c>
       <c r="B2317" s="0">
-        <v>208</v>
+        <v>45</v>
       </c>
     </row>
     <row r="2318" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2318" s="0" t="s">
         <v>2307</v>
       </c>
       <c r="B2318" s="0">
-        <v>119</v>
+        <v>176</v>
       </c>
     </row>
     <row r="2319" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2319" s="0" t="s">
         <v>2308</v>
       </c>
       <c r="B2319" s="0">
-        <v>81</v>
+        <v>58</v>
       </c>
     </row>
     <row r="2320" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2320" s="0" t="s">
         <v>2309</v>
       </c>
       <c r="B2320" s="0">
-        <v>100</v>
-[...3 lines deleted...]
-      <c r="A2321" s="0" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="2321" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2321" s="3" t="s">
         <v>2310</v>
       </c>
-      <c r="B2321" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2321" s="0"/>
     </row>
     <row r="2322" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2322" s="0" t="s">
         <v>2311</v>
       </c>
       <c r="B2322" s="0">
-        <v>265</v>
+        <v>6</v>
       </c>
     </row>
     <row r="2323" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2323" s="0" t="s">
         <v>2312</v>
       </c>
       <c r="B2323" s="0">
-        <v>125</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2324" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2324" s="0" t="s">
         <v>2313</v>
       </c>
       <c r="B2324" s="0">
-        <v>48</v>
-[...3 lines deleted...]
-      <c r="A2325" s="3" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="2325" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2325" s="0" t="s">
         <v>2314</v>
       </c>
-      <c r="B2325" s="0"/>
+      <c r="B2325" s="0">
+        <v>515</v>
+      </c>
     </row>
     <row r="2326" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2326" s="0" t="s">
         <v>2315</v>
       </c>
       <c r="B2326" s="0">
-        <v>813</v>
+        <v>79</v>
       </c>
     </row>
     <row r="2327" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2327" s="0" t="s">
         <v>2316</v>
       </c>
       <c r="B2327" s="0">
-        <v>13</v>
+        <v>23</v>
       </c>
     </row>
     <row r="2328" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2328" s="0" t="s">
         <v>2317</v>
       </c>
       <c r="B2328" s="0">
-        <v>20</v>
+        <v>215</v>
       </c>
     </row>
     <row r="2329" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2329" s="0" t="s">
         <v>2318</v>
       </c>
       <c r="B2329" s="0">
-        <v>5</v>
+        <v>90</v>
       </c>
     </row>
     <row r="2330" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2330" s="0" t="s">
         <v>2319</v>
       </c>
       <c r="B2330" s="0">
-        <v>25</v>
-[...3 lines deleted...]
-      <c r="A2331" s="0" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="2331" spans="1:2">
+      <c r="A2331" s="2" t="s">
         <v>2320</v>
       </c>
-      <c r="B2331" s="0">
-[...4 lines deleted...]
-      <c r="A2332" s="0" t="s">
+      <c r="B2331" s="0"/>
+    </row>
+    <row r="2332" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2332" s="3" t="s">
         <v>2321</v>
       </c>
-      <c r="B2332" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2332" s="0"/>
     </row>
     <row r="2333" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A2333" s="3" t="s">
         <v>2322</v>
       </c>
       <c r="B2333" s="0"/>
     </row>
     <row r="2334" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2334" s="0" t="s">
         <v>2323</v>
       </c>
       <c r="B2334" s="0">
-        <v>172</v>
+        <v>920</v>
       </c>
     </row>
     <row r="2335" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2335" s="0" t="s">
         <v>2324</v>
       </c>
       <c r="B2335" s="0">
-        <v>232</v>
+        <v>265</v>
       </c>
     </row>
     <row r="2336" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2336" s="0" t="s">
         <v>2325</v>
       </c>
       <c r="B2336" s="0">
-        <v>95</v>
-[...3 lines deleted...]
-      <c r="A2337" s="0" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="2337" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2337" s="3" t="s">
         <v>2326</v>
       </c>
-      <c r="B2337" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2337" s="0"/>
     </row>
     <row r="2338" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2338" s="0" t="s">
         <v>2327</v>
       </c>
       <c r="B2338" s="0">
-        <v>174</v>
+        <v>215</v>
       </c>
     </row>
     <row r="2339" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2339" s="0" t="s">
         <v>2328</v>
       </c>
       <c r="B2339" s="0">
-        <v>94</v>
+        <v>138</v>
       </c>
     </row>
     <row r="2340" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2340" s="0" t="s">
         <v>2329</v>
       </c>
       <c r="B2340" s="0">
-        <v>342</v>
+        <v>25</v>
       </c>
     </row>
     <row r="2341" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2341" s="0" t="s">
         <v>2330</v>
       </c>
       <c r="B2341" s="0">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="2342" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2342" s="0" t="s">
         <v>2331</v>
       </c>
       <c r="B2342" s="0">
-        <v>176</v>
+        <v>305</v>
       </c>
     </row>
     <row r="2343" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2343" s="0" t="s">
         <v>2332</v>
       </c>
       <c r="B2343" s="0">
-        <v>58</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2344" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2344" s="0" t="s">
         <v>2333</v>
       </c>
       <c r="B2344" s="0">
-        <v>113</v>
-[...3 lines deleted...]
-      <c r="A2345" s="3" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="2345" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2345" s="0" t="s">
         <v>2334</v>
       </c>
-      <c r="B2345" s="0"/>
+      <c r="B2345" s="0">
+        <v>1489</v>
+      </c>
     </row>
     <row r="2346" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2346" s="0" t="s">
         <v>2335</v>
       </c>
       <c r="B2346" s="0">
-        <v>6</v>
-[...3 lines deleted...]
-      <c r="A2347" s="0" t="s">
+        <v>4428</v>
+      </c>
+    </row>
+    <row r="2347" spans="1:2">
+      <c r="A2347" s="2" t="s">
         <v>2336</v>
       </c>
-      <c r="B2347" s="0">
-[...4 lines deleted...]
-      <c r="A2348" s="0" t="s">
+      <c r="B2347" s="0"/>
+    </row>
+    <row r="2348" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2348" s="3" t="s">
         <v>2337</v>
       </c>
-      <c r="B2348" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2348" s="0"/>
     </row>
     <row r="2349" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2349" s="0" t="s">
         <v>2338</v>
       </c>
       <c r="B2349" s="0">
-        <v>1340</v>
+        <v>38</v>
       </c>
     </row>
     <row r="2350" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2350" s="0" t="s">
         <v>2339</v>
       </c>
       <c r="B2350" s="0">
-        <v>515</v>
+        <v>63</v>
       </c>
     </row>
     <row r="2351" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2351" s="0" t="s">
         <v>2340</v>
       </c>
       <c r="B2351" s="0">
-        <v>79</v>
+        <v>103</v>
       </c>
     </row>
     <row r="2352" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2352" s="0" t="s">
         <v>2341</v>
       </c>
       <c r="B2352" s="0">
-        <v>23</v>
-[...3 lines deleted...]
-      <c r="A2353" s="0" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="2353" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2353" s="3" t="s">
         <v>2342</v>
       </c>
-      <c r="B2353" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2353" s="0"/>
     </row>
     <row r="2354" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2354" s="0" t="s">
         <v>2343</v>
       </c>
       <c r="B2354" s="0">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="2355" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2355" s="0" t="s">
         <v>2344</v>
       </c>
       <c r="B2355" s="0">
-        <v>950</v>
-[...3 lines deleted...]
-      <c r="A2356" s="2" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="2356" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2356" s="0" t="s">
         <v>2345</v>
       </c>
-      <c r="B2356" s="0"/>
-[...2 lines deleted...]
-      <c r="A2357" s="3" t="s">
+      <c r="B2356" s="0">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="2357" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2357" s="0" t="s">
         <v>2346</v>
       </c>
-      <c r="B2357" s="0"/>
-[...2 lines deleted...]
-      <c r="A2358" s="3" t="s">
+      <c r="B2357" s="0">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="2358" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2358" s="0" t="s">
         <v>2347</v>
       </c>
-      <c r="B2358" s="0"/>
+      <c r="B2358" s="0">
+        <v>87</v>
+      </c>
     </row>
     <row r="2359" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2359" s="0" t="s">
         <v>2348</v>
       </c>
       <c r="B2359" s="0">
-        <v>920</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2360" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2360" s="0" t="s">
         <v>2349</v>
       </c>
       <c r="B2360" s="0">
-        <v>265</v>
-[...3 lines deleted...]
-      <c r="A2361" s="0" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="2361" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2361" s="3" t="s">
         <v>2350</v>
       </c>
-      <c r="B2361" s="0">
-[...4 lines deleted...]
-      <c r="A2362" s="3" t="s">
+      <c r="B2361" s="0"/>
+    </row>
+    <row r="2362" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2362" s="0" t="s">
         <v>2351</v>
       </c>
-      <c r="B2362" s="0"/>
+      <c r="B2362" s="0">
+        <v>25</v>
+      </c>
     </row>
     <row r="2363" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2363" s="0" t="s">
         <v>2352</v>
       </c>
       <c r="B2363" s="0">
-        <v>215</v>
-[...3 lines deleted...]
-      <c r="A2364" s="0" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2364" spans="1:2">
+      <c r="A2364" s="2" t="s">
         <v>2353</v>
       </c>
-      <c r="B2364" s="0">
-[...4 lines deleted...]
-      <c r="A2365" s="0" t="s">
+      <c r="B2364" s="0"/>
+    </row>
+    <row r="2365" spans="1:2">
+      <c r="A2365" s="2" t="s">
         <v>2354</v>
       </c>
-      <c r="B2365" s="0">
-[...189 lines deleted...]
-      <c r="B2390" s="0"/>
+      <c r="B2365" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:B5"/>
-    <mergeCell ref="A19:B19"/>
-[...12 lines deleted...]
-    <mergeCell ref="A1316:B1316"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="A47:B47"/>
+    <mergeCell ref="A282:B282"/>
+    <mergeCell ref="A322:B322"/>
+    <mergeCell ref="A370:B370"/>
+    <mergeCell ref="A398:B398"/>
+    <mergeCell ref="A423:B423"/>
+    <mergeCell ref="A424:B424"/>
+    <mergeCell ref="A708:B708"/>
+    <mergeCell ref="A728:B728"/>
+    <mergeCell ref="A1080:B1080"/>
+    <mergeCell ref="A1246:B1246"/>
+    <mergeCell ref="A1278:B1278"/>
+    <mergeCell ref="A1301:B1301"/>
+    <mergeCell ref="A1312:B1312"/>
     <mergeCell ref="A1327:B1327"/>
-    <mergeCell ref="A1342:B1342"/>
-[...8 lines deleted...]
-    <mergeCell ref="A1576:B1576"/>
+    <mergeCell ref="A1328:B1328"/>
+    <mergeCell ref="A1329:B1329"/>
+    <mergeCell ref="A1331:B1331"/>
+    <mergeCell ref="A1332:B1332"/>
+    <mergeCell ref="A1442:B1442"/>
+    <mergeCell ref="A1549:B1549"/>
+    <mergeCell ref="A1550:B1550"/>
+    <mergeCell ref="A1557:B1557"/>
+    <mergeCell ref="A1558:B1558"/>
+    <mergeCell ref="A1559:B1559"/>
+    <mergeCell ref="A1560:B1560"/>
+    <mergeCell ref="A1561:B1561"/>
     <mergeCell ref="A1577:B1577"/>
     <mergeCell ref="A1578:B1578"/>
     <mergeCell ref="A1579:B1579"/>
-    <mergeCell ref="A1595:B1595"/>
-[...27 lines deleted...]
-    <mergeCell ref="A2325:B2325"/>
+    <mergeCell ref="A1580:B1580"/>
+    <mergeCell ref="A1581:B1581"/>
+    <mergeCell ref="A1648:B1648"/>
+    <mergeCell ref="A1727:B1727"/>
+    <mergeCell ref="A1781:B1781"/>
+    <mergeCell ref="A1877:B1877"/>
+    <mergeCell ref="A1890:B1890"/>
+    <mergeCell ref="A1975:B1975"/>
+    <mergeCell ref="A2012:B2012"/>
+    <mergeCell ref="A2078:B2078"/>
+    <mergeCell ref="A2088:B2088"/>
+    <mergeCell ref="A2192:B2192"/>
+    <mergeCell ref="A2224:B2224"/>
+    <mergeCell ref="A2270:B2270"/>
+    <mergeCell ref="A2271:B2271"/>
+    <mergeCell ref="A2273:B2273"/>
+    <mergeCell ref="A2274:B2274"/>
+    <mergeCell ref="A2275:B2275"/>
+    <mergeCell ref="A2278:B2278"/>
+    <mergeCell ref="A2279:B2279"/>
+    <mergeCell ref="A2280:B2280"/>
+    <mergeCell ref="A2281:B2281"/>
+    <mergeCell ref="A2282:B2282"/>
+    <mergeCell ref="A2283:B2283"/>
+    <mergeCell ref="A2288:B2288"/>
+    <mergeCell ref="A2301:B2301"/>
+    <mergeCell ref="A2309:B2309"/>
+    <mergeCell ref="A2321:B2321"/>
+    <mergeCell ref="A2331:B2331"/>
+    <mergeCell ref="A2332:B2332"/>
     <mergeCell ref="A2333:B2333"/>
-    <mergeCell ref="A2345:B2345"/>
-[...9 lines deleted...]
-    <mergeCell ref="A2390:B2390"/>
+    <mergeCell ref="A2337:B2337"/>
+    <mergeCell ref="A2347:B2347"/>
+    <mergeCell ref="A2348:B2348"/>
+    <mergeCell ref="A2353:B2353"/>
+    <mergeCell ref="A2361:B2361"/>
+    <mergeCell ref="A2364:B2364"/>
+    <mergeCell ref="A2365:B2365"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>