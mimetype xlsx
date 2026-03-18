--- v1 (2026-01-30)
+++ v2 (2026-03-18)
@@ -12,190 +12,187 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Первый лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2355">
-[...1 lines deleted...]
-    <t>Прайс-лист магазина «Велес» от 30.01.26</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2361">
+  <si>
+    <t>Прайс-лист магазина «Велес» от 18.03.26</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Вентиляция</t>
   </si>
   <si>
     <t>Автоматика</t>
   </si>
   <si>
     <t>Термостат комнатный ТА2n-S (6010)</t>
   </si>
   <si>
     <t>Регулятор скорости вращения вентилятора Advanced Control ADV 0.40 C220-M</t>
   </si>
   <si>
-    <t>Регулятор скорости Vents RS-1-300</t>
-[...1 lines deleted...]
-  <si>
     <t>Регулятор температуры МРТ 380 14-25 16кВт</t>
   </si>
   <si>
     <t>WPF15-K090 Погружной регулируемый термостат 0-90 °C (RGP) аналог ТС2  (542482)</t>
   </si>
   <si>
     <t>Регулятор скорости симисторный СРМ 7А</t>
   </si>
   <si>
     <t>Лючек для замера параметров воздуха (пластик)</t>
   </si>
   <si>
     <t>регулятор скорости SRE-2.5</t>
   </si>
   <si>
     <t>Электропривод LB220-03SR с возвратной пружиной</t>
   </si>
   <si>
+    <t>Регулятор скорости СРМ 4А</t>
+  </si>
+  <si>
+    <t>Датчик температуры ТД1</t>
+  </si>
+  <si>
     <t>Электропривод LB220-05SR с возвратной пружиной</t>
   </si>
   <si>
-    <t>Регулятор скорости СРМ 4А</t>
-[...4 lines deleted...]
-  <si>
     <t>Аксессуары для монтажа</t>
   </si>
   <si>
     <t>GPB Перфолента 17мм*25м*0.55мм</t>
   </si>
   <si>
     <t>СВФС Анкер забиваемый ZY М 10 (100шт)</t>
   </si>
   <si>
     <t>Штанга резьбовая М6 2м</t>
   </si>
   <si>
     <t>Шпилька резьбовая оцинкованная М10х2000</t>
   </si>
   <si>
     <t>Лента  уп-ль RDGE 5ммх20мм  10м</t>
   </si>
   <si>
     <t>Лента  уп-ль RDGE 5ммх15мм  10м</t>
   </si>
   <si>
+    <t>СВФС Анкер забиваемый латунный М10 (50шт)</t>
+  </si>
+  <si>
+    <t>Уголок крепежный Z-образный 35х70х35х55х2.0мм оцин</t>
+  </si>
+  <si>
+    <t>Пенофол клейкий С-05 (цена за 1м)</t>
+  </si>
+  <si>
+    <t>Пенофол клейкий С-10 (цена за 1м)</t>
+  </si>
+  <si>
+    <t>Шайба оцинкованная плоская DIN125 М8</t>
+  </si>
+  <si>
+    <t>Уголок УГФ-0 (65х18х3)</t>
+  </si>
+  <si>
+    <t>Крепеж Z-образный с виброгасителем</t>
+  </si>
+  <si>
+    <t>СВФС Саморез ШСММ прессшайба сверло 4,2х16 (1000шт</t>
+  </si>
+  <si>
+    <t>Штанга резьбовая М10 1м</t>
+  </si>
+  <si>
+    <t>CVS замок для мультибана</t>
+  </si>
+  <si>
+    <t>СВФС Саморез ШСММ прессшайба сверло 4,2х19 (1000шт</t>
+  </si>
+  <si>
+    <t>СВФС Анкер латунный М 8</t>
+  </si>
+  <si>
+    <t>Лента  уп-ль RDGE 5ммх10мм  10м</t>
+  </si>
+  <si>
+    <t>Лента алюминиевая 50м*50мм 50мк Klebebander</t>
+  </si>
+  <si>
+    <t>Дюбель-гвоздь пластик 6*40 потайной</t>
+  </si>
+  <si>
+    <t>Крепеж L-образный с виброизолятором под сред. нагр</t>
+  </si>
+  <si>
+    <t>Шпилька резьбовая оцинкованная М8х2000</t>
+  </si>
+  <si>
+    <t>FBR Мультибан 30м.</t>
+  </si>
+  <si>
+    <t>Траверса 20х30х1х3000</t>
+  </si>
+  <si>
+    <t>Штанга резьбовая М8 1м</t>
+  </si>
+  <si>
+    <t>Шина 20 (3м)</t>
+  </si>
+  <si>
     <t>Скоба вентиляционная 30*2,5</t>
   </si>
   <si>
-    <t>СВФС Анкер забиваемый латунный М10 (50шт)</t>
-[...61 lines deleted...]
-  <si>
     <t>Вентиляторы</t>
   </si>
   <si>
     <t>Вентилятор Dospel EURO 3</t>
   </si>
   <si>
     <t>Вентилятор Dospel EURO 5WC H</t>
   </si>
   <si>
     <t>Вентилятор Dospel EURO 6 WC</t>
   </si>
   <si>
     <t>Вентилятор Dospel POLO 4 RIP</t>
   </si>
   <si>
     <t>Вентилятор ЕСО 100 GG жалюзи</t>
   </si>
   <si>
     <t>Вентилятор Планета канальный П100ВК</t>
   </si>
   <si>
     <t>Вентилятор Blauberg Aero 150 S 309м3/ч</t>
   </si>
   <si>
     <t>Вентилятор Blauberg Aic 100-5 105м3/ч</t>
@@ -410,53 +407,50 @@
   <si>
     <t>Панель декоративная Awenta PEGB100M д/вент. KW черн. стекло матовое</t>
   </si>
   <si>
     <t>Панель декоративная Awenta PEG100 д/вент. KW бел. стекло матовое</t>
   </si>
   <si>
     <t>Панель декоративная Awenta PTI125 д/вент. KW нерж. сталь</t>
   </si>
   <si>
     <t>Вентилятор MMotors MM-Р-UE 06 стекло квадрат, 100 м³/ч, 5,5 Вт, с обратным клапаном /черный матовый/</t>
   </si>
   <si>
     <t>Вентилятор Ecovent HPS 15, D-178 Оконный</t>
   </si>
   <si>
     <t>RIO 5C Champagne, Вентилятор осевой вытяжной с обратным клапаном D 125, декоративный</t>
   </si>
   <si>
     <t>RIO 5C Matt black, Вентилятор осевой вытяжной с обратным клапаном D 125, декоративный</t>
   </si>
   <si>
     <t>Вентилятор Ecovent DISK 5, D-125</t>
   </si>
   <si>
-    <t>Панель декоративная Awenta PEDW100 д/вент. KW венге</t>
-[...1 lines deleted...]
-  <si>
     <t>Вентилятор MMotors MM-Р 06 стекло прямое, ТОНКИЙ, 90 м³/ч, 16 Вт, с обратным клапаном /черный матовы</t>
   </si>
   <si>
     <t>Вентилятор S&amp;P HCM 150N</t>
   </si>
   <si>
     <t>Вентилятор S&amp;P SILENT-200 CZ MARBLE WHITE DESIGN-4C RE</t>
   </si>
   <si>
     <t>Вентилятор канальный Globo ВКМ-160 685м3ч</t>
   </si>
   <si>
     <t>Вентилятор MMotors MM-Р-UE 06 стекло квадрат, 100 м³/ч, 5,5 Вт, с обратным клапаном /белый глянец/</t>
   </si>
   <si>
     <t>Вентилятор MMotors MM-Р-UE 06 стекло квадрат, 100 м³/ч, 5,5 Вт, с обратным клапаном /черный глянец/</t>
   </si>
   <si>
     <t>BREEZE 4C, Вентилятор осевой вытяжной с обратным клапаном, D 100</t>
   </si>
   <si>
     <t>BREEZE 5C, Вентилятор осевой вытяжной с обратным клапаном D 125</t>
   </si>
   <si>
     <t>Вентилятор канальный Globo ВКМ-100 250м3ч</t>
@@ -524,137 +518,128 @@
   <si>
     <t>AURA 4C, Вентилятор осевой вытяжной с обратным клапаном D 100</t>
   </si>
   <si>
     <t>Вентилятор S&amp;P SILENT-200 CZ SILVER</t>
   </si>
   <si>
     <t>Storm YWF2E 250, Вентилятор осевой с квадратным фланцем D 250</t>
   </si>
   <si>
     <t>MARS GDF 160, Вентилятор центробежный канальный D 160</t>
   </si>
   <si>
     <t>Вентилятор канальный Globo ВКМ-315 1800м3ч</t>
   </si>
   <si>
     <t>PROFIT 5, Вентилятор осевой канальный вытяжной D 125</t>
   </si>
   <si>
     <t>SILENT 5C Matt black, Вентилятор осевой вытяжной с двигателем повышенной мощности и обр.клапан D100</t>
   </si>
   <si>
     <t>Вентилятор канальный Globo ВКМ-200 960м3ч</t>
   </si>
   <si>
-    <t>PROFIT 4 BB, Вентилятор осевой канальный вытяжной с двигателем на шарикоподшипниках D 100</t>
-[...1 lines deleted...]
-  <si>
     <t>ERA 5S-02, Вентилятор накладной D125 сетка тяг.выкл. ERA</t>
   </si>
   <si>
     <t>ERA 4-02, Вентилятор накладной D100 шнурок ERA</t>
   </si>
   <si>
     <t>RIO 4C-02, Вентилятор накладной RIO D100 обр.клапан тяг.выкл. DICITI</t>
   </si>
   <si>
     <t>RIO 5C-02, Вентилятор накладной RIO D125 обр.клапан тяг.выкл. DICITI</t>
   </si>
   <si>
     <t>RIO 4C Champagne, Вентилятор осевой вытяжной с обратным клапаном D 100 декоративный</t>
   </si>
   <si>
     <t>BREEZE 4C Matt black, Вентилятор осевой вытяжной с обратным клапаном D 100, декоративный</t>
   </si>
   <si>
     <t>ERA 5S, Вентилятор накладной ERA D125 сетка ERA</t>
   </si>
   <si>
     <t>MARS GDF 200, Вентилятор центробежный канальный D 200</t>
   </si>
   <si>
     <t>MARS GDF 125, Вентилятор центробежный канальный D 125</t>
   </si>
   <si>
     <t>Вентилятор MMotors ММ-Р 06 стекло квадрат, 169 м³/ч, 18 Вт,с обратным клапаном /белый матовый/</t>
   </si>
   <si>
-    <t>Вентилятор CATA X-MART 10 INOX S 98м3/ч</t>
-[...1 lines deleted...]
-  <si>
     <t>Вентилятор CATA X-MART 12 TIMER S 190м3/ч</t>
   </si>
   <si>
     <t>QUADRO 4-02, Вентилятор накладной QUADRO D100 тяг.выкл. ERA</t>
   </si>
   <si>
     <t>QUADRO 5-02, Вентилятор накладной QUADRO D125 тяг.выкл. ERA</t>
   </si>
   <si>
     <t>Гибкая вставка H.00.07 (221х221)</t>
   </si>
   <si>
     <t>AURA 5C, Вентилятор осевой вытяжной с обратным клапаном D 125</t>
   </si>
   <si>
     <t>PROFIT 5 BB, Вентилятор осевой канальный вытяжной с двигателем на шарикоподшипниках D 125</t>
   </si>
   <si>
     <t>Вентилятор MMotors MM-S 100 с обратным клапаном 100м³/ч</t>
   </si>
   <si>
     <t>Вентилятор Ecovent DISK 4, D-100 72м3/ч</t>
   </si>
   <si>
     <t>RIO 5C Dark gray metal, Вентилятор осевой вытяж, обрат клапан D 125, декор</t>
   </si>
   <si>
     <t>Вентилятор MMotors MM-S 120 с обратным клапаном 150 м³/ч</t>
   </si>
   <si>
     <t>CV-160 Вентилятор осевой канальный</t>
   </si>
   <si>
     <t>Вентилятор Dospel POLO 6 AZ</t>
   </si>
   <si>
     <t>TYPHOON 160 2SP, Вентилятор канальный TYPHOON, 2скор., D150/160, ERA PRO</t>
   </si>
   <si>
     <t>BURAN PRO 140 2K M L, Вентилятор радиальный BURAN PRO 140 220V Лв0 2полюс ERA PRO</t>
   </si>
   <si>
     <t>WAVE 120, Вентилятор накладной WAVE D120 ERA</t>
   </si>
   <si>
     <t>AY-KA (АЙКА) вентилятор вытяжной d120мм 15W 120м3/ч моск. сетка, с инд, ABS-пласт. (Турция)</t>
   </si>
   <si>
-    <t>WAVE 120 BB, Вентилятор накладной WAVE D120 двигатель BB ERA</t>
-[...1 lines deleted...]
-  <si>
     <t>Вентилятор Electrolux Magic EAFM-120</t>
   </si>
   <si>
     <t>DISC 4 BB, Вентилятор осевой вытяжной D 100 72м3/ч на подшипниках</t>
   </si>
   <si>
     <t>DISC 4C ET, Вентилятор накладной DISC D100 обр.клапан ET ERA</t>
   </si>
   <si>
     <t>EURO 5A, Вентилятор осевой вытяжной с автоматическими жалюзи D 125</t>
   </si>
   <si>
     <t>MARS GDF 250, Вентилятор центробежный канальный D 250</t>
   </si>
   <si>
     <t>HOROZ вентилятор встр бел D200мм 40W 200 м3/ч 260х260х90мм 2000 об/м сетка 500-000-200</t>
   </si>
   <si>
     <t>Storm YWF4E 450, Вентилятор осевой с квадратным фланцем D 450</t>
   </si>
   <si>
     <t>Вентилятор радиальный, BURAN 200 2K M L , левосторонний, двухполюсный двигатель.</t>
   </si>
   <si>
     <t>Вентилятор MMotors ММ-Р 06 стекло квадрат, 169 м³/ч, 18 Вт,с обратным клапаном /светло серый/</t>
@@ -713,189 +698,207 @@
   <si>
     <t>Storm 630, Вентилятор накладной STORM D630 4полюс ERA PRO 12560м3ч</t>
   </si>
   <si>
     <t>Storm 500, Вентилятор накладной STORM D500 4полюс ERA PRO 7155м3ч</t>
   </si>
   <si>
     <t>Вентилятор Blauberg Lux 100-4 105м3/ч</t>
   </si>
   <si>
     <t>Вентилятор CATA X-MART 10 S 98м3/ч</t>
   </si>
   <si>
     <t>Вентилятор CATA X-MART 12 MATIC S 190м3/ч</t>
   </si>
   <si>
     <t>Вентилятор CATA X-MART 12 S 190м3/ч</t>
   </si>
   <si>
     <t>Вентилятор CATA В-8 PLUS</t>
   </si>
   <si>
     <t>Вентилятор CATA X-MART 10 INOX TIMER S</t>
   </si>
   <si>
-    <t>Вентилятор радиальный, BURAN 140 2K M L, левосторонний, двухполюсный двигатель.</t>
-[...1 lines deleted...]
-  <si>
     <t>Storm YWF4E 400, Вентилятор осевой с квадратным фланцем D 400</t>
   </si>
   <si>
     <t>Вентилятор радиальный ВР-120-60   75  Вт   280  м/ч</t>
   </si>
   <si>
     <t>Вентилятор радиальный ВР-140-60   160  Вт   500  м/ч</t>
   </si>
   <si>
-    <t>ERA 4, Вентилятор накладной D100 ERA</t>
-[...1 lines deleted...]
-  <si>
     <t>BREEZE 5C Matt black, Вентилятор осевой вытяжной с обратным клапаном D 125, декоративный</t>
   </si>
   <si>
     <t>CV-250 Вентилятор осевой канальный</t>
   </si>
   <si>
+    <t>CYCLONE 100, Вентилятор канальный CYCLONE D100 центробежный пластиковый корпус ERA PRO</t>
+  </si>
+  <si>
+    <t>PRO 5, Вентилятор канальный PRO D125 осевой DICITI</t>
+  </si>
+  <si>
+    <t>PRO 4, Вентилятор канальный PRO D100 осевой DICITI</t>
+  </si>
+  <si>
+    <t>A 5, Вентилятор осевой вытяжной D 125</t>
+  </si>
+  <si>
+    <t>Гибкая вставка 45*75*45 (цена за 1м)</t>
+  </si>
+  <si>
+    <t>MARS GDF 100, Вентилятор центробежный канальный D 100</t>
+  </si>
+  <si>
+    <t>Вентилятор канальный Globo ВКМ-250 1300м3ч</t>
+  </si>
+  <si>
+    <t>Гибкая вставка H.00.11 (350х350)</t>
+  </si>
+  <si>
+    <t>Storm YWF2E 300, Вентилятор осевой с квадратным фланцем D 300</t>
+  </si>
+  <si>
+    <t>SILENT 4C TURBO, Вентилятор осевой вытяжной с двигателем повышенной мощности и обр.клапан D100</t>
+  </si>
+  <si>
+    <t>TYPHOON, Вентилятор канальный, 2скор., D100, ERA PRO</t>
+  </si>
+  <si>
+    <t>PROFIT 6, Вентилятор осевой канальный вытяжной D 160</t>
+  </si>
+  <si>
+    <t>Storm 550, Вентилятор накладной STORM D550 4полюс ERA PRO 8550м3ч</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors VOK 150/120</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors MM 100 с обратным клапаном</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors MM-Р 06 стекло квадрат, 169 м³/ч, 18 Вт,с обратным клапаном /черный матовый/</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors ММ-Р 06 стекло квадрат, 169 м³/ч, 18 Вт,с обратным клапаном /светло серый с капля</t>
+  </si>
+  <si>
+    <t>PROFIT 6 BB, Вентилятор осевой канальный вытяжной с двигателем на шарикоподшипниках D 160</t>
+  </si>
+  <si>
+    <t>STELS 125, Вентилятор канальный STELS D125 центробежный ERA PRO</t>
+  </si>
+  <si>
+    <t>STELS 100, Вентилятор канальный STELS D100 центробежный ERA PRO</t>
+  </si>
+  <si>
+    <t>MARS GDF 150, Вентилятор центробежный канальный D 150</t>
+  </si>
+  <si>
+    <t>Вентилятор CATA X-MART 15 INOX S 320м3/ч</t>
+  </si>
+  <si>
+    <t>PROFIT 150 BB, Вентилятор осевой канальный вытяжной с двигателем на шарикоподшипниках D 150</t>
+  </si>
+  <si>
+    <t>PROFIT 4, Вентилятор осевой канальный вытяжной D 100</t>
+  </si>
+  <si>
+    <t>SILENT 4C, Вентилятор накладной SILENT D100 обр.клапан DICITI</t>
+  </si>
+  <si>
+    <t>Гибкая вставка ЛС (500 мм) ф.н.</t>
+  </si>
+  <si>
+    <t>RIO 4C Matt white, Вентилятор осевой вытяжной с обратным клапаном D 100, декоративный</t>
+  </si>
+  <si>
+    <t>CV-150 Вентилятор осевой канальный</t>
+  </si>
+  <si>
+    <t>Вентилятор канальный Globo ВКМ-125 350м3ч</t>
+  </si>
+  <si>
+    <t>A 4, Вентилятор осевой вытяжной D 100</t>
+  </si>
+  <si>
+    <t>CYCLONE 125, Вентилятор канальный CYCLONE D125 центробежный пластиковый корпус ERA PRO</t>
+  </si>
+  <si>
+    <t>SILENT 5C TURBO, Вентилятор осевой вытяжной с двигателем повышенной мощности и обр.клапан D125</t>
+  </si>
+  <si>
+    <t>Вентилятор ВР 300-45-3,15 1,5кВт 1500об/мин Л0</t>
+  </si>
+  <si>
+    <t>RIO 5C Matt white, Вентилятор осевой вытяжной с обратным клапаном D 125, декоративный</t>
+  </si>
+  <si>
+    <t>BURAN PRO 260 2K M L, Вентилятор радиальный BURAN PRO 260 220V Лв0 2полюс ERA PRO</t>
+  </si>
+  <si>
+    <t>CYCLONE 200, Вентилятор канальный CYCLONE D200 центробежный пластиковый корпус ERA PRO</t>
+  </si>
+  <si>
+    <t>Гибкая вставка ЛС (315 мм)</t>
+  </si>
+  <si>
+    <t>Гибкая вставка ЛС (250 мм) ф.н.</t>
+  </si>
+  <si>
+    <t>Вентилятор канальный Globo ВКМ-150 600м3ч</t>
+  </si>
+  <si>
+    <t>Вентилятор Electrolux Premium EAF-150 320м3/ч</t>
+  </si>
+  <si>
     <t>Storm YWF2E 200, Вентилятор осевой с квадратным фланцем D 200</t>
   </si>
   <si>
-    <t>CYCLONE 100, Вентилятор канальный CYCLONE D100 центробежный пластиковый корпус ERA PRO</t>
-[...113 lines deleted...]
-    <t>Гибкая вставка ЛС (250 мм) ф.н.</t>
+    <t>BURAN PRO 200 2K M L, Вентилятор радиальный BURAN PRO 200 220V Лв0 2полюс ERA PRO</t>
+  </si>
+  <si>
+    <t>DISC 4C, Вентилятор осевой вытяжной  с обратным клапаном D 100 72м3/ч</t>
+  </si>
+  <si>
+    <t>DISC 5C, Вентилятор осевой вытяжной  с обратным клапаном D 125</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors MM-Р 06 стекло прямое, ТОНКИЙ, 90 м³/ч, 16 Вт, с обратным клапаном /белый матовый</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors ММ-Р 06 стекло КРУГ, ТОНКИЙ, 90 м³/ч, 16 Вт, с обратным клапаном /белый матовый/</t>
+  </si>
+  <si>
+    <t>Вентилятор MMotors ММ-S 100, реш. дер. Квадрат, 105 м³/ч, с обратным клапаном</t>
+  </si>
+  <si>
+    <t>Вентилятор канальный Globo ВКП-160 пластик</t>
   </si>
   <si>
     <t>Гибкие воздуховоды</t>
   </si>
   <si>
     <t>Алювент-Стандарт d=120</t>
   </si>
   <si>
     <t>Алювент-Стандарт d=140</t>
   </si>
   <si>
     <t>BFA - 102 гибкий неизолированный воздуховод (цена за 1 метр)</t>
   </si>
   <si>
     <t>BFA - 127 гибкий неизолированный воздуховод (цена за 1 метр)</t>
   </si>
   <si>
     <t>BFA - 152 гибкий неизолированный воздуховод (цена за 1 метр)</t>
   </si>
   <si>
     <t>BFA - 160 гибкий неизолированный воздуховод (цена за 1 метр)</t>
   </si>
   <si>
     <t>BFA - 203 гибкий неизолированный воздуховод (цена за 1 метр)</t>
   </si>
@@ -974,50 +977,59 @@
   <si>
     <t>12,5PF3, Воздуховод гибкий армированный ПВХ D125, L = 3м</t>
   </si>
   <si>
     <t>15VA white, Воздуховод VA WHITE D150 гофрированный L до 3,15м алюминий DICITI</t>
   </si>
   <si>
     <t>ISOBFA - 102 воздуховод теплоизолированный (цена за 1 метр)</t>
   </si>
   <si>
     <t>ISOBFA - 160 воздуховод теплоизолированный (цена за 1 метр)</t>
   </si>
   <si>
     <t>ISOBFA - 127 воздуховод теплоизолированный (цена за 1 метр)</t>
   </si>
   <si>
     <t>Алювент-Стандарт d=315</t>
   </si>
   <si>
     <t>10PF6, Воздуховод гибкий армированный ПВХ D100, L = 6м  (цена за 1 метр)</t>
   </si>
   <si>
     <t>Алювент-Стандарт d=080</t>
   </si>
   <si>
+    <t>Vinil D 203 (серый), гибкий рукав (цена за 1 метр)</t>
+  </si>
+  <si>
+    <t>PVC-5-С-100 воздуховод из ПВХ</t>
+  </si>
+  <si>
+    <t>Алювент-Стандарт d=250</t>
+  </si>
+  <si>
     <t>Диффузоры, анемостаты, фланцы</t>
   </si>
   <si>
     <t>Анемостат Vents А 200 ВР ABS</t>
   </si>
   <si>
     <t>Фланец Vents Ф 200/150</t>
   </si>
   <si>
     <t>Фланец Vents Ф 250</t>
   </si>
   <si>
     <t>Фланец Vents Ф 315</t>
   </si>
   <si>
     <t>Анемост металл. вытяж. DVS-160</t>
   </si>
   <si>
     <t>Анемост металл. вытяж. DVS-200</t>
   </si>
   <si>
     <t>Анемост металл. приток DVS-Р-160</t>
   </si>
   <si>
     <t>Анемост металл. приток DVS-Р-200</t>
@@ -1199,83 +1211,86 @@
   <si>
     <t>Воздушный клапан KVK 250 ручка, привод, уплотненный</t>
   </si>
   <si>
     <t>Воздушный клапан KVK 100 ручка, привод, уплотненный</t>
   </si>
   <si>
     <t>Воздушный клапан KVK 160 ручка, привод, уплотненный</t>
   </si>
   <si>
     <t>Заслонка Р 125 р</t>
   </si>
   <si>
     <t>Обратный клапан RSKR-Z355</t>
   </si>
   <si>
     <t>125СКц, Соединитель с защитой от обратной тяги D125</t>
   </si>
   <si>
     <t>Заслонка Р 200 р</t>
   </si>
   <si>
     <t>Заслонка Р 160 р</t>
   </si>
   <si>
+    <t>Воздушный клапан KVK 315 ручка, привод, уплотненный</t>
+  </si>
+  <si>
+    <t>Обратный клапан RSKR-Z400</t>
+  </si>
+  <si>
     <t>Канальные нагреватели</t>
   </si>
   <si>
     <t>Канальный нагреватель Vents 150-3,6-3</t>
   </si>
   <si>
     <t>Канальный нагреватель Vents 150-6,0-3</t>
   </si>
   <si>
     <t>Канальный нагреватель Vents 250-6,0-3</t>
   </si>
   <si>
     <t>Нагреватель ЕКА 250-6,0-2f</t>
   </si>
   <si>
     <t>Канальный нагреватель Vents 600*350-12,0-3</t>
   </si>
   <si>
     <t>Нагреватель ЕКS 40*20 12 кВт</t>
   </si>
   <si>
     <t>Канальный нагреватель Vents 160-5,1-3</t>
   </si>
   <si>
     <t>Канальный нагреватель Vents 600*350-15,0-3</t>
   </si>
   <si>
     <t>Канальный нагреватель Vents 600*350-18,0-3</t>
   </si>
   <si>
-    <t>Канальный нагреватель Vents 500*250-12,0-3</t>
-[...1 lines deleted...]
-  <si>
     <t>Нагреватель NEK 200-12,0-3</t>
   </si>
   <si>
     <t>Нагреватель NEK 160-4,5-3</t>
   </si>
   <si>
     <t>Нагреватель NEK 100-2,5-1</t>
   </si>
   <si>
     <t>Нагреватель NEK 250-12,0-3</t>
   </si>
   <si>
     <t>Нагреватель ЕНС LUXE 315-6,0/2М</t>
   </si>
   <si>
     <t>Нагреватель NEK 100-2,0-1</t>
   </si>
   <si>
     <t>Нагреватель NEK 160-3,0-1</t>
   </si>
   <si>
     <t>Нагреватель ЕНС 200-6,0/2</t>
   </si>
   <si>
     <t>Нагреватель NEK 250-9,0-3</t>
@@ -1769,53 +1784,50 @@
   <si>
     <t>Труба витая 450 L-3 цинк</t>
   </si>
   <si>
     <t>Труба  95 цинк L- 1,25</t>
   </si>
   <si>
     <t>Переход-4-175*140/200-300-20-50-оц.-0.5-ш2.н</t>
   </si>
   <si>
     <t>Шибер  D-125 цинк</t>
   </si>
   <si>
     <t>Переход прямоугольный на круг 100х100/D100 на ОБР 140 без шины</t>
   </si>
   <si>
     <t>Переход прямоугольный на круг 110х110/D125 на ОБР 140</t>
   </si>
   <si>
     <t>Труба прямоугольная 120х100/500</t>
   </si>
   <si>
     <t>Шибер оц. D-125 0,5-н.н.</t>
   </si>
   <si>
-    <t>Переход 80/125 цинк</t>
-[...1 lines deleted...]
-  <si>
     <t>Заглушка оц. D-125</t>
   </si>
   <si>
     <t>Зонт крышный-125-оц.-0.5-н</t>
   </si>
   <si>
     <t>Зонт крышный-150-оц.-0.5-н</t>
   </si>
   <si>
     <t>Зонт крышный-160-оц.-0.5-н</t>
   </si>
   <si>
     <t>Зонт крышный-200-оц.-0.5-н</t>
   </si>
   <si>
     <t>Заглушка оц. D-250</t>
   </si>
   <si>
     <t>Заглушка оц. D-355</t>
   </si>
   <si>
     <t>Отвод оц. D-250 90*</t>
   </si>
   <si>
     <t>Патрубок ПМ 150 Ц</t>
@@ -1832,392 +1844,398 @@
   <si>
     <t>Переход 90/100 цинк</t>
   </si>
   <si>
     <t>Турбодефлектор ТД-125 цинк</t>
   </si>
   <si>
     <t>Турбодефлектор ТД-110 цинк</t>
   </si>
   <si>
     <t>Труба витая 125 L-1.5 цинк</t>
   </si>
   <si>
     <t>Переход-4-140*140/160-300-20-50-оц.-0.5-ш2.н</t>
   </si>
   <si>
     <t>Заглушка оц. D-400</t>
   </si>
   <si>
     <t>Воздуховод оц. 150х150 L1410 0,5 т2-т2</t>
   </si>
   <si>
     <t>Врезка 160/160 Ц</t>
   </si>
   <si>
+    <t>Фланец ТП 355 Ц</t>
+  </si>
+  <si>
+    <t>Домер D160 L- 0,125</t>
+  </si>
+  <si>
+    <t>Домер D150 L- 0,125</t>
+  </si>
+  <si>
+    <t>Домер D100 L- 0,125</t>
+  </si>
+  <si>
+    <t>Турбодефлектор ТД-110 нерж</t>
+  </si>
+  <si>
+    <t>Фланец ТП 400 Ц</t>
+  </si>
+  <si>
+    <t>Труба витая 315 L-1.5 цинк</t>
+  </si>
+  <si>
+    <t>Шибер  D-100 цинк</t>
+  </si>
+  <si>
+    <t>Отвод цинк 355</t>
+  </si>
+  <si>
+    <t>Переход 355/400</t>
+  </si>
+  <si>
+    <t>Переход-4-200*400/160-300-20-50-оц.-0.7-ш2.н</t>
+  </si>
+  <si>
+    <t>Переход-4-280*280/315-300-20-50-оц.-0.5-ш2.н</t>
+  </si>
+  <si>
+    <t>Редуктор 315/355</t>
+  </si>
+  <si>
+    <t>Переход 250/400 цинк</t>
+  </si>
+  <si>
+    <t>Труба витая 160 L-1.5 цинк</t>
+  </si>
+  <si>
+    <t>Турбодефлектор ТД-150 цинк</t>
+  </si>
+  <si>
+    <t>Заглушка оц. D-160</t>
+  </si>
+  <si>
+    <t>Отвод цинк 250</t>
+  </si>
+  <si>
+    <t>Труба цинк 355 1.25 метра</t>
+  </si>
+  <si>
+    <t>ТД-125н, Турбодефлектор ТД фланец D125 нерж.сталь ERA STREETLINE</t>
+  </si>
+  <si>
+    <t>Отвод-2-90-140*140-50-50-оц.-0.5-ск.ш2</t>
+  </si>
+  <si>
+    <t>Шибер оц. D-100 0,5-н.н.</t>
+  </si>
+  <si>
+    <t>Врезка 100/160 Ц</t>
+  </si>
+  <si>
+    <t>Шибер  D-160 Ц</t>
+  </si>
+  <si>
+    <t>Дефлектор 200 Ц</t>
+  </si>
+  <si>
+    <t>Дефлектор 100 Ц</t>
+  </si>
+  <si>
+    <t>Отвод оц. D-250 45*</t>
+  </si>
+  <si>
+    <t>Редуктор 200/400</t>
+  </si>
+  <si>
+    <t>Крестовина КМ 200 Ц</t>
+  </si>
+  <si>
+    <t>Тройник оц. D-160/160 45*</t>
+  </si>
+  <si>
+    <t>Домер D125 L- 0,125</t>
+  </si>
+  <si>
+    <t>Домер D200 L- 0,125</t>
+  </si>
+  <si>
+    <t>Отвод-2-90-140*140-50-50-оц.-0.5-ш2.ш2</t>
+  </si>
+  <si>
+    <t>Зонт 800*600*400 D-125</t>
+  </si>
+  <si>
+    <t>Воздуховод оц. 200х200 L1410 0,5 т2-т2</t>
+  </si>
+  <si>
+    <t>Отвод оц. 90 150х100  L50 H50 0,5 ш2-ш2</t>
+  </si>
+  <si>
+    <t>Труба цинк 125 витая 3 метра</t>
+  </si>
+  <si>
+    <t>Переход-4-175*175/160-300-20-50-оц.-0.5-ш2.н</t>
+  </si>
+  <si>
+    <t>Отвод оц. D-200 90*</t>
+  </si>
+  <si>
+    <t>Заглушка оц. D-200</t>
+  </si>
+  <si>
+    <t>Переход-4-175*175/315-300-20-50-оц.-0.5-ш2.н</t>
+  </si>
+  <si>
+    <t>Переход-4-140*140/200-300-20-50-оц.-0.5-ш2.н</t>
+  </si>
+  <si>
+    <t>Домер D250 L- 0,125</t>
+  </si>
+  <si>
+    <t>Отвод цинк 355 45*</t>
+  </si>
+  <si>
+    <t>Воздуховод оц. 140х140 L1500 0,5 ш2-ш2</t>
+  </si>
+  <si>
+    <t>Воздуховод оц. 221х221 L1410 0,5 т2-т2</t>
+  </si>
+  <si>
+    <t>Переход тип4 оц. 200х200/200 L300 0,5 ш2-н</t>
+  </si>
+  <si>
+    <t>Труба витая 200 L-1.5 цинк</t>
+  </si>
+  <si>
+    <t>Турбодефлектор ТД-160 нерж</t>
+  </si>
+  <si>
+    <t>Переход тип4 оц. 221х221/315 L300 0,5 ш2-н</t>
+  </si>
+  <si>
+    <t>Врезка 250/315 Ц</t>
+  </si>
+  <si>
+    <t>Домер D315 L- 0,125</t>
+  </si>
+  <si>
+    <t>Отвод оц. D-160 45*</t>
+  </si>
+  <si>
+    <t>Отвод оц. D-315 45*</t>
+  </si>
+  <si>
+    <t>Зонт крышный-250-оц.-0.5-н</t>
+  </si>
+  <si>
+    <t>Дефлектор оц. 200-н</t>
+  </si>
+  <si>
+    <t>Зонтик прямоуг. 250х250</t>
+  </si>
+  <si>
+    <t>Труба цинк 100 витая 3 метра</t>
+  </si>
+  <si>
+    <t>Зонт крышный-110-оц.-0.5-н</t>
+  </si>
+  <si>
+    <t>Переход-4-175*175/200-300-20-50-оц.-0.5-ш2.н</t>
+  </si>
+  <si>
+    <t>Воздуховод оц. 175х175 L1410 0,5 т2-т2</t>
+  </si>
+  <si>
+    <t>Отвод-2-90-175*175-50-50-оц.-0.5-ш2.ш2</t>
+  </si>
+  <si>
+    <t>Переход прямоугольный на круг 105х115/D200* на ОБР 200</t>
+  </si>
+  <si>
+    <t>Зонтик 200 цинк</t>
+  </si>
+  <si>
+    <t>Отвод 400х200 В</t>
+  </si>
+  <si>
+    <t>Отвод оц. D-125 45*</t>
+  </si>
+  <si>
+    <t>Фланец ТП 100 Ц</t>
+  </si>
+  <si>
+    <t>Отвод оц. D-125 90*</t>
+  </si>
+  <si>
+    <t>Отвод оц. 90 200х100  L50 H50 0,5 ш2-ш2</t>
+  </si>
+  <si>
+    <t>Отвод оц. 90 100х200  L50 H50 0,5 ш2-ш2</t>
+  </si>
+  <si>
+    <t>Труба витая 250 L-1.5 цинк</t>
+  </si>
+  <si>
+    <t>Отвод-2-90-175*175-50-50-оц.-0.5-ск.ш2</t>
+  </si>
+  <si>
+    <t>Тройник оц. D-125/125 45*</t>
+  </si>
+  <si>
+    <t>Отвод оц. D-160 90*</t>
+  </si>
+  <si>
+    <t>Переход тип4 оц. 150х150/160 L300 0,5 ш2-н</t>
+  </si>
+  <si>
+    <t>Редуктор 80/100</t>
+  </si>
+  <si>
+    <t>Крестовина КМ 315/160 Ц</t>
+  </si>
+  <si>
+    <t>Труба цинк 200 витая 3 метра</t>
+  </si>
+  <si>
+    <t>Заглушка оц. D-315</t>
+  </si>
+  <si>
+    <t>Крестовина КМ 125 Ц</t>
+  </si>
+  <si>
+    <t>Врезка 125/160 Ц</t>
+  </si>
+  <si>
+    <t>Турбодефлектор ТД-200 цинк</t>
+  </si>
+  <si>
+    <t>Отвод оц. 90 200х200  L50 H50 0,5 ш2-ш2</t>
+  </si>
+  <si>
+    <t>Отвод оц. D-315 90*</t>
+  </si>
+  <si>
+    <t>Отвод оц. 90 100х150  L50 H50 0,5 ш2-ш2</t>
+  </si>
+  <si>
+    <t>Воздуховод-100*150-1500-оц.-0.5-ш2.ш2</t>
+  </si>
+  <si>
+    <t>Переход тип4 оц. 221х221/200 L300 0,5 ш2-н</t>
+  </si>
+  <si>
+    <t>Турбодефлектор ТД-200 нерж</t>
+  </si>
+  <si>
+    <t>Труба витая 100 L-1.5 цинк</t>
+  </si>
+  <si>
+    <t>Отвод оц. D-200 45*</t>
+  </si>
+  <si>
+    <t>Турбодефлектор ТД-100 цинк</t>
+  </si>
+  <si>
+    <t>Труба витая 100 L-1 цинк</t>
+  </si>
+  <si>
+    <t>Отвод-2-90-150*150-50-50-оц.-0.5-ш2.ш2</t>
+  </si>
+  <si>
+    <t>Переход прямоугольный на круг 120х100/D160* на ОБР 200</t>
+  </si>
+  <si>
+    <t>Зонт 1000*800*500 Ф 200 к стене</t>
+  </si>
+  <si>
+    <t>Труба цинк 160 витая 3 метра</t>
+  </si>
+  <si>
+    <t>Переход тип4 оц. 150х150/200 L300 0,5 ш2-н</t>
+  </si>
+  <si>
+    <t>Воздуховод оц. 100х200 L1500 0,5 ш2-ш2</t>
+  </si>
+  <si>
+    <t>Зонт крышный-355-оц.-0.7-н</t>
+  </si>
+  <si>
+    <t>Заглушка оц. D-100</t>
+  </si>
+  <si>
     <t>Тройник 315/125</t>
   </si>
   <si>
-    <t>Фланец ТП 355 Ц</t>
-[...292 lines deleted...]
-  <si>
     <t>Вентиляционные установки</t>
   </si>
   <si>
     <t>Очиститель воздуха BALLU AP-410F5 чёрный до 20 м2</t>
   </si>
   <si>
     <t>Тион Клевер комплект фильтров</t>
   </si>
   <si>
     <t>Прибор вентиляционный VAKIO Window Smart Space Gray</t>
   </si>
   <si>
     <t>Estares св-к увлажнитель RGB CAPSULA H2O бел 119x78 USB кабель 1м 2W-RGB-78x119-WHTE-DC0.5W/1A</t>
   </si>
   <si>
     <t>КИВ-125 Оголовок ВК (круглый)</t>
   </si>
   <si>
     <t>КИВ-125 Оголовок  ВК Quadro</t>
   </si>
   <si>
     <t>КИВ-125 Труба d130мм  1000мм</t>
   </si>
   <si>
     <t>Прибор вентиляционный VAKIO Base Smart</t>
   </si>
   <si>
     <t>Прибор вентиляционный VAKIO Base Plus Space Gray</t>
   </si>
   <si>
     <t>Приточный клапан VAKIO KIV New Dark Night</t>
   </si>
   <si>
     <t>Приточный клапан VAKIO KIV New Space Gray</t>
   </si>
   <si>
+    <t>КИВ-125 Оголовок  ВК ПК (полуквадратный)</t>
+  </si>
+  <si>
+    <t>КИВ-125 Оголовок  ВК Quadro S</t>
+  </si>
+  <si>
     <t>КИВ-125-1000 (оголовок ВК, труба 1000 мм, теплошумоизоляция ППУ, решетка металл)</t>
   </si>
   <si>
-    <t>КИВ-125 Оголовок  ВК ПК (полуквадратный)</t>
-[...4 lines deleted...]
-  <si>
     <t>КИВ-125, Оголовок KIV125 ERA</t>
   </si>
   <si>
     <t>Воздухоочиститель Neoclima NAP-01</t>
   </si>
   <si>
     <t>Воздухоочиститель c функцией увлажнения Sharp КСD41RB</t>
   </si>
   <si>
     <t>Воздухоочиститель c функцией увлажнения Sharp  КСD41RW</t>
   </si>
   <si>
     <t>Воздухоочиститель c функцией увлажнения Sharp КСD51RW</t>
   </si>
   <si>
     <t>Вентиляционные решётки</t>
   </si>
   <si>
     <t>01400 реш.жалюзи 14*14/100</t>
   </si>
   <si>
     <t>02502 Решетка 20х20 откидная с/с</t>
   </si>
   <si>
     <t>02602Решетка потолочная 20х20 150</t>
@@ -2384,53 +2402,50 @@
   <si>
     <t>Решетка Vents МВ 250 -1с Нерегулируемые</t>
   </si>
   <si>
     <t>Решетка Vents МВ 250 Ж Нерегулируемая</t>
   </si>
   <si>
     <t>Решетка Vents МВ 250/150 ВЖ Нерегулируемая</t>
   </si>
   <si>
     <t>Решетка Vents МВ 250/150 ВРс Регулируемая</t>
   </si>
   <si>
     <t>Решетка Vents МВ 250/200 ВЖ Нерегулируемая</t>
   </si>
   <si>
     <t>Решетка Vents МВ 250/200 ВРс Регулируемая</t>
   </si>
   <si>
     <t>Решетка Vents МВ 250/200 Вс Нерегулируемая</t>
   </si>
   <si>
     <t>Решетка Vents МВ 450/2 корич.</t>
   </si>
   <si>
-    <t>Решетка Vents МВ 80-1с ABS</t>
-[...1 lines deleted...]
-  <si>
     <t>Решетка Vents МВМ 125 Цинк</t>
   </si>
   <si>
     <t>Решетка Vents МВМ 250 белая</t>
   </si>
   <si>
     <t>Решетка Vents МВМ 250 Цинк</t>
   </si>
   <si>
     <t>Решетка Дomovent ДВ 150х150с</t>
   </si>
   <si>
     <t>Решетка Дomovent ДВ 175х175ст</t>
   </si>
   <si>
     <t>Решетка Дomovent ДВ 215х175ст</t>
   </si>
   <si>
     <t>Решетка Дomovent ДВ 295х160с</t>
   </si>
   <si>
     <t>Решетка Дomovent ДВ 300х205ст</t>
   </si>
   <si>
     <t>Решетка НУН 300х300</t>
@@ -2522,53 +2537,50 @@
   <si>
     <t>Решетка RAR 500*300</t>
   </si>
   <si>
     <t>Решетка RAR 600*150</t>
   </si>
   <si>
     <t>Решетка SAG 300*200</t>
   </si>
   <si>
     <t>Решетка SAG 300*300</t>
   </si>
   <si>
     <t>Решетка SAG 400*150</t>
   </si>
   <si>
     <t>Решетка SAG 400*300</t>
   </si>
   <si>
     <t>Решетка SAG 600*300</t>
   </si>
   <si>
     <t>Решетка Формик А002</t>
   </si>
   <si>
-    <t>Решетка Формик А005</t>
-[...1 lines deleted...]
-  <si>
     <t>Решетка Формик К002</t>
   </si>
   <si>
     <t>Решетка Формик К003</t>
   </si>
   <si>
     <t>Решетка Формик К006</t>
   </si>
   <si>
     <t>Решетка Формик К010</t>
   </si>
   <si>
     <t>Решетка Формик К020</t>
   </si>
   <si>
     <t>Решетка Формик М001</t>
   </si>
   <si>
     <t>Решетка Формик Э002</t>
   </si>
   <si>
     <t>Решетка Формик Э003</t>
   </si>
   <si>
     <t>Решетка наружная 200*200 Ц</t>
@@ -2768,53 +2780,50 @@
   <si>
     <t>Решетка Vents МВ 100 с</t>
   </si>
   <si>
     <t>Решетка Формик РВ160х160 хром металл</t>
   </si>
   <si>
     <t>Решетка Vents МВМ 125 белая</t>
   </si>
   <si>
     <t>Решетка Vents МВ 100 с корич.</t>
   </si>
   <si>
     <t>Решетка Формик М002</t>
   </si>
   <si>
     <t>Решетка Формик Э004</t>
   </si>
   <si>
     <t>Решетка Ecovent 2020РС16Ф</t>
   </si>
   <si>
     <t>Решетка Vents МВ 100 с дерево</t>
   </si>
   <si>
-    <t>Решетка Формик К004</t>
-[...1 lines deleted...]
-  <si>
     <t>Клапан расхода воздуха D 400*150</t>
   </si>
   <si>
     <t>Решетка Vents МВ 120 ВЖ</t>
   </si>
   <si>
     <t>Решетка RAG 600*300</t>
   </si>
   <si>
     <t>Решетка  600х600 радиаторная бел.</t>
   </si>
   <si>
     <t>1515К12,5ФВ, Выход стенной вытяжной с обратным клапаном 150х150 с фланцем D125, ASA, белый</t>
   </si>
   <si>
     <t>Решетка 1 WA/RAG 400*100</t>
   </si>
   <si>
     <t>Решетка потолочная 4 СА 450*450</t>
   </si>
   <si>
     <t>Решетка Ecovent 2121К16ФВ купол/инерционная</t>
   </si>
   <si>
     <t>Клапан расхода воздуха D 400*200</t>
@@ -2888,390 +2897,396 @@
   <si>
     <t>Решетка KD-410*300-10-оц.-1,0-RAL8017 (500*400 коричневый)</t>
   </si>
   <si>
     <t>РМ 450*450 цинк (накладная)</t>
   </si>
   <si>
     <t>Решетка РН-350*600-45-50-оц.-1,0</t>
   </si>
   <si>
     <t>Решетка RAG 500*200</t>
   </si>
   <si>
     <t>Решетка KD-310*300-10-оц.-1,0-RAL9016 (400*400 белый)</t>
   </si>
   <si>
     <t>1515К12,5ФВ кор, Выход стенной вытяжной с обратным клапаном 150х150 с фланцем D125, ASA, коричневый</t>
   </si>
   <si>
     <t>1515К10ФВ сер, Выход стенной вытяжной с обратным клапаном 150х150 с фланцем D100, ASA, серый</t>
   </si>
   <si>
     <t>Решетка Эра 1515Р</t>
   </si>
   <si>
+    <t>Решетка Формик К005</t>
+  </si>
+  <si>
+    <t>Решетка наружная 200*300 Ц</t>
+  </si>
+  <si>
+    <t>Заглушка с сеткой-160-50-оц.-0.5-ск.н</t>
+  </si>
+  <si>
+    <t>4808DR Al, Dark bronze, переточная алюминиевая с анодированным покрытием</t>
+  </si>
+  <si>
+    <t>3030МЭ, Решетка вентиляционная вытяжная стальная с покрытием полимерной эмалью 300х300 белый</t>
+  </si>
+  <si>
+    <t>3030МЦ, Решетка вентиляционная вытяжная стальная с оцинкованным покрытием 300х300</t>
+  </si>
+  <si>
+    <t>3030МЭ кор, Решетка вентиляционная вытяжная стальная с покрытием полимерной эмалью 300х300 коричневы</t>
+  </si>
+  <si>
+    <t>3535РРН кор, Решетка наружная ASA вентиляционная вытяжная 350х350, коричневая</t>
+  </si>
+  <si>
+    <t>1515МЦ, Решетка вентиляционная вытяжная стальная с оцинкованным покрытием 150х150</t>
+  </si>
+  <si>
+    <t>2525МЭ кор, Решетка вентиляционная с покрытием полимерной эмалью, с сеткой 250х250, Сталь,коричневая</t>
+  </si>
+  <si>
+    <t>1515МЭ кор, Решетка вентиляционная с покрытием полимерной эмалью, с сеткой 150х150 коричневая</t>
+  </si>
+  <si>
+    <t>2030РЦ, Решетка вентиляционная вытяжная АБС 200х300</t>
+  </si>
+  <si>
+    <t>2121Р кор, Решетка вентиляционная вытяжная АБС 208х208, коричневый</t>
+  </si>
+  <si>
+    <t>2020РРН сер, Решетка наружная ASA вентиляционная вытяжная 200х200, серая</t>
+  </si>
+  <si>
+    <t>4444РЦ, Решетка вентиляционная вытяжная АБС 440х440</t>
+  </si>
+  <si>
+    <t>2030РРН сер, Решетка наружная ASA вентиляционная вытяжная 200х300, серая</t>
+  </si>
+  <si>
+    <t>2525Р кор, Решетка вентиляционная вытяжная АБС 249х249, коричневый</t>
+  </si>
+  <si>
+    <t>РМ 450*450 белая (накладная)</t>
+  </si>
+  <si>
+    <t>15РКН сер, Решетка наружная вентиляционная круглая D200 с фланцем D150, ASA, серая</t>
+  </si>
+  <si>
+    <t>1515РРН сер, Решетка наружная ASA вентиляционная вытяжная 150х150, серая</t>
+  </si>
+  <si>
+    <t>15РКН, Решетка наружная вентиляционная круглая D200 с фланцем D150, ASA</t>
+  </si>
+  <si>
+    <t>10РКН, Решетка наружная вентиляционная круглая D130 с фланцем D100, ASA белый</t>
+  </si>
+  <si>
+    <t>10РКН сер, Решетка наружная вентиляционная круглая D130 с фланцем D100, ASA серый</t>
+  </si>
+  <si>
+    <t>Заглушка с сеткой-250-50-оц.-0.5-ск.н</t>
+  </si>
+  <si>
+    <t>Решетка РН RAL9016 300х600</t>
+  </si>
+  <si>
+    <t>Решетка РВ-1-100*100-3-RAL9016</t>
+  </si>
+  <si>
+    <t>Решетка РВ-1-150*400-6-RAL9016</t>
+  </si>
+  <si>
+    <t>Решетка РВ-1-100*300-3-RAL9005</t>
+  </si>
+  <si>
+    <t>Клапан расхода воздуха РРВ-100*300</t>
+  </si>
+  <si>
+    <t>1515К12,5Ф беж, Решетка приточно-вытяжная с гравитационными жалюзи 150х150 с фланцем D125, ASA, беж</t>
+  </si>
+  <si>
+    <t>Решетка RAG 400*150</t>
+  </si>
+  <si>
+    <t>1515К10ФВ беж, Выход стенной вытяжной с обратным клапаном 150х150 с фланцем D100, ASA, беж</t>
+  </si>
+  <si>
+    <t>2020РРН, Решетка вентиляционная РРН разъемная 200х200 ASA ERA STREETLINE</t>
+  </si>
+  <si>
+    <t>РG Решетка 200 мм</t>
+  </si>
+  <si>
+    <t>Клапан расхода воздуха РРВ-200*200</t>
+  </si>
+  <si>
+    <t>РG Решетка 315 мм</t>
+  </si>
+  <si>
+    <t>РG Решетка 355 мм</t>
+  </si>
+  <si>
+    <t>1515К12,5ФВ беж, Выход стенной вытяжной с обратным клапаном 150х150 с фланцем D125, ASA, беж</t>
+  </si>
+  <si>
+    <t>Решетка Эра 12РК</t>
+  </si>
+  <si>
+    <t>Решетка Vents МВ 100 ВЖ</t>
+  </si>
+  <si>
+    <t>Решётка Vents МВ 120 ВЖ бежевый</t>
+  </si>
+  <si>
+    <t>Решетка KD-310*300-10-оц.-1,0-RAL8017 (400*400 коричневый)</t>
+  </si>
+  <si>
+    <t>2020РРП, Решетка вентиляционная регулируемая АБС 200х200</t>
+  </si>
+  <si>
+    <t>Решетка KD-260*250-10-оц.-1,0-RAL9016 (350*350 белый)</t>
+  </si>
+  <si>
+    <t>Решетка RAG 200*150</t>
+  </si>
+  <si>
+    <t>2307ДП кор, Решетка вентиляционная ДП фланец 220х60 переточная 227х67 пластик Brown ERA</t>
+  </si>
+  <si>
+    <t>1530МЭ, Решетка вентиляционная МЭ сетка 150х300 окраш.сталь ERA</t>
+  </si>
+  <si>
+    <t>4030RZN, Решетка вентиляционная RZN сетка разъемная 400х300 пластик ERA</t>
+  </si>
+  <si>
+    <t>1212МЭ, Решетка вентиляционная МЭ сетка 125х125 окраш.сталь ERA</t>
+  </si>
+  <si>
+    <t>Решетка RAG 300*200</t>
+  </si>
+  <si>
+    <t>4808DP Al Silver, Решетка переточная алюминиевая с анодированным покрытием 480x80, Silver</t>
+  </si>
+  <si>
+    <t>Решетка Ecovent 2121К12,5ФР регулируемая</t>
+  </si>
+  <si>
+    <t>Решетка Формик РВ160х160 белая металл</t>
+  </si>
+  <si>
+    <t>Решетка KD-310*500-10-оц.-1,0-RAL8017 (400*600 коричневый)</t>
+  </si>
+  <si>
+    <t>Решетка Эра 25РКМ алюминниевая наружная 250мм</t>
+  </si>
+  <si>
+    <t>1515К12,5ФВ Ivory, Выход стенной вытяжной с обратным клапаном 150х150 с фланцем D125, ASA</t>
+  </si>
+  <si>
+    <t>Решетка KD-510*300-10-оц.-1,0-RAL9016 (600*400 белый)</t>
+  </si>
+  <si>
+    <t>Решетка потолочная 4 СА 600*600</t>
+  </si>
+  <si>
+    <t>Заглушка с сеткой-100-50-оц.-0.5-ск.н</t>
+  </si>
+  <si>
+    <t>Заглушка с сеткой-125-50-оц.-0.5-ск.н</t>
+  </si>
+  <si>
+    <t>П6060Р дуб, Экран радиаторный ПР фланец 600х600 пластик Oak ERA</t>
+  </si>
+  <si>
+    <t>П6060Р серый, Экран радиаторный ПР фланец 600х600 пластик Gray ERA</t>
+  </si>
+  <si>
+    <t>Решетка Формик С004</t>
+  </si>
+  <si>
+    <t>12,5ВМ, Выход стенной ВМ фланец D125 каплесборник сетка нерж.сталь ERA STREETLINE</t>
+  </si>
+  <si>
+    <t>1520Р, Решетка вентиляционная Р сетка разъемная 150х200 пластик ERA</t>
+  </si>
+  <si>
+    <t>2020МЭ, Решетка вентиляционная вытяжная стальная с покрытием полимерной эмалью 200х200 белый</t>
+  </si>
+  <si>
+    <t>Декофот Ecovent 3040ДФ</t>
+  </si>
+  <si>
+    <t>1515РРП, Решетка вентиляционная регулируемая АБС 150х150</t>
+  </si>
+  <si>
+    <t>Решетка KD-610*300-10-оц.-1,0-RAL9016 (700*400 белый)</t>
+  </si>
+  <si>
+    <t>Решетка KD-410*500-10-оц.-1,0-RAL8017 (500*600 коричневый)</t>
+  </si>
+  <si>
+    <t>Решетка KD-260*250-10-оц.-1,0-RAL8017 (350*350 коричневый)</t>
+  </si>
+  <si>
+    <t>4808DP Al, Решетка переточная алюминиевая с покрытием полимерной эмалью 480x80</t>
+  </si>
+  <si>
+    <t>Решетка металлическая Vents МВМ 125 черный</t>
+  </si>
+  <si>
+    <t>Решетка РН-500*500-45-50-оц.-1,0</t>
+  </si>
+  <si>
+    <t>1515МЭ Black, Решетка вентиляционная МЭ сетка 150х150 окраш.сталь Black ERA</t>
+  </si>
+  <si>
+    <t>2525МЦ, Решетка вентиляционная МЦ сетка 250х250 оцинк.сталь ERA</t>
+  </si>
+  <si>
+    <t>2020МЦ, Решетка вентиляционная МЦ сетка 200х200 оцинк.сталь ERA</t>
+  </si>
+  <si>
+    <t>2020МЭ Black, Решетка вентиляционная МЭ сетка 200х200 окраш.сталь Black ERA</t>
+  </si>
+  <si>
+    <t>Решетка Эра 10РК</t>
+  </si>
+  <si>
+    <t>1515К10ФВ Ivory, Выход стенной вытяжной с обратным клапаном 150х150 с фланцем D100, ASA</t>
+  </si>
+  <si>
+    <t>Решетка KD-410*300-10-оц.-1,0-RAL9016 (500*400 белый)</t>
+  </si>
+  <si>
+    <t>Решетка KD-510*500-10-оц.-1,0-RAL9016 (600*600 белый)</t>
+  </si>
+  <si>
+    <t>Решетка KD-510*500-10-оц.-1,0-RAL8017 (600*600 коричневый)</t>
+  </si>
+  <si>
+    <t>Решетка KD-410*500-10-оц.-1,0 (500*600 цинк)</t>
+  </si>
+  <si>
+    <t>1530МЦ, Решетка вентиляционная МЦ сетка 150х300 оцинк.сталь ERA</t>
+  </si>
+  <si>
+    <t>Решетка РВ-1-100*150-3-RAL9016</t>
+  </si>
+  <si>
+    <t>Решетка РВ-1-150*150-6-RAL9016</t>
+  </si>
+  <si>
+    <t>Решетка Vents МВ 120 Рс</t>
+  </si>
+  <si>
+    <t>15ВМ, Выход стенной ВМ фланец D150 каплесборник сетка нерж.сталь ERA STREETLINE</t>
+  </si>
+  <si>
+    <t>РG Решетка 250 мм</t>
+  </si>
+  <si>
+    <t>Решетка РН RAL9016 300х500</t>
+  </si>
+  <si>
+    <t>Решетка РН RAL9016 350х600</t>
+  </si>
+  <si>
+    <t>Решетка РВ 251*182 с</t>
+  </si>
+  <si>
+    <t>Решетка РН RAL9016 200х400</t>
+  </si>
+  <si>
+    <t>4040Р, Решетка вентиляционная Р сетка разъемная 400х400 пластик ERA</t>
+  </si>
+  <si>
+    <t>Решетка KD-410*400-10-оц.-1,0-RAL8017 (500*500 коричневый)</t>
+  </si>
+  <si>
+    <t>1515К12,5ФВ сер, Выход стенной вытяжной с обратным клапаном 150х150 с фланцем D125, ASA, серый</t>
+  </si>
+  <si>
+    <t>2020МЭ кор, Решетка вентиляционная с покрытием полимерной эмалью, с сеткой 200х200, Сталь,коричневая</t>
+  </si>
+  <si>
+    <t>3535РР, Решетка вентиляционная вытяжная АБС 350х350</t>
+  </si>
+  <si>
+    <t>Решетка Формик Э006</t>
+  </si>
+  <si>
+    <t>Решетка KD-210*400-10-оц.-1,0-RAL9016 (300*500 белый)</t>
+  </si>
+  <si>
+    <t>Решетка РВ-1-200*400-8-RAL9016</t>
+  </si>
+  <si>
+    <t>Решетка РВ-1-200*300-8-RAL9016</t>
+  </si>
+  <si>
+    <t>4808DP Al Сhampagne, Решетка переточная алюминиевая с анодированным покрытием 480x80, Сhampagne</t>
+  </si>
+  <si>
+    <t>Решетка Ecovent 2121П 12Ф</t>
+  </si>
+  <si>
+    <t>12РКН сер, Решетка вентиляционная РКН фланец D125 D161 ASA Gray ERA STREETLINE</t>
+  </si>
+  <si>
+    <t>Решетка Ecovent 1122С</t>
+  </si>
+  <si>
+    <t>Решетка Ecovent 1825Р</t>
+  </si>
+  <si>
+    <t>Решетка Эра 2121Р</t>
+  </si>
+  <si>
+    <t>1515МЭ, Решетка вентиляционная вытяжная стальная с покрытием полимерной эмалью 150х150 белый</t>
+  </si>
+  <si>
+    <t>Решетка РВ-1-200*200-8-RAL9016</t>
+  </si>
+  <si>
+    <t>Решетка Ecovent 1724С</t>
+  </si>
+  <si>
     <t>Решетка Эра 12,5РКМ алюминниевая наружная 125мм</t>
   </si>
   <si>
-    <t>Решетка Формик К005</t>
-[...236 lines deleted...]
-    <t>1515К10ФВ Ivory, Выход стенной вытяжной с обратным клапаном 150х150 с фланцем D100, ASA</t>
+    <t>Решетка KD-410*400-10-оц.-1,0-RAL9016 (500*500 белый)</t>
   </si>
   <si>
     <t>10ВМ, Выход стенной ВМ фланец D100 каплесборник сетка нерж.сталь ERA STREETLINE</t>
   </si>
   <si>
-    <t>Решетка KD-410*300-10-оц.-1,0-RAL9016 (500*400 белый)</t>
-[...92 lines deleted...]
-    <t>Решетка РВ-1-200*200-8-RAL9016</t>
+    <t>Панель декоративная Ecovent Р3030ДП</t>
   </si>
   <si>
     <t>Воздуховоды ПВХ</t>
   </si>
   <si>
     <t>15 Пластина настенная D=100</t>
   </si>
   <si>
     <t>16ККП 45 Колено круглое D=160 угол 45* пл.</t>
   </si>
   <si>
     <t>16СКПО Соединитель круг. каналов с клапаном D=160</t>
   </si>
   <si>
     <t>3015 Круглый канал 150х1500мм</t>
   </si>
   <si>
     <t>313 Соединитель для круглых каналов D=150 пл.</t>
   </si>
   <si>
     <t>3131 Соединитель круг. каналов с клапаном d=150</t>
   </si>
   <si>
     <t>353 Соеденитель смонтажной пластиной d=150</t>
   </si>
@@ -3284,68 +3299,62 @@
   <si>
     <t>Переход 1012,5 РП</t>
   </si>
   <si>
     <t>7015 Канал прямоугольный 120*60мм х 1,5м</t>
   </si>
   <si>
     <t>737 Тройник горизонтальный 60х120</t>
   </si>
   <si>
     <t>620СК12,5ФП Соединительное колено D=125 60х204</t>
   </si>
   <si>
     <t>620СК16ФП Соединительное колено D=160 60х204</t>
   </si>
   <si>
     <t>620ТФ10П Тройник с выходом D=100 60x204</t>
   </si>
   <si>
     <t>620ТФ16П Тройник с выходом D=160 60x204</t>
   </si>
   <si>
     <t>8005 Канал прямоугольный 204*60мм х 0,5м</t>
   </si>
   <si>
-    <t>8183 Соединитель гибкого канала 60х204</t>
-[...1 lines deleted...]
-  <si>
     <t>822 Соединительное колено D=125 60х204</t>
   </si>
   <si>
     <t>85 Пластина настенная 60х204</t>
   </si>
   <si>
     <t>Кронштейн КМ-100</t>
   </si>
   <si>
     <t>Кронштейн КМ-125</t>
   </si>
   <si>
-    <t>РВС Тройник с отводом 110*55/100</t>
-[...1 lines deleted...]
-  <si>
     <t>1805 Круглый канал телескопический 100х350-500мм</t>
   </si>
   <si>
     <t>2805 Круглый канал телескопический 125х350-500мм</t>
   </si>
   <si>
     <t>3805 Круглый канал телескопический 150х350-500мм</t>
   </si>
   <si>
     <t>620РСФ решетка</t>
   </si>
   <si>
     <t>1015 Круглый канал 100х1500мм</t>
   </si>
   <si>
     <t>131 Тройник D=100 пл.</t>
   </si>
   <si>
     <t>2020 Круглый канал 125х2000мм 7121</t>
   </si>
   <si>
     <t>16ДКП Держатель круглого канала D=160 пл.</t>
   </si>
   <si>
     <t>612ТФ10П Тройник с отводом D=100 60х120</t>
@@ -3356,53 +3365,50 @@
   <si>
     <t>872 Торцевая решетка 60х204</t>
   </si>
   <si>
     <t>612КРП Колено разноугловое 60х120</t>
   </si>
   <si>
     <t>620ТФ12,5П Тройник с выходом D=125 60x204</t>
   </si>
   <si>
     <t>РВС Тройник горизонтальный 110*55</t>
   </si>
   <si>
     <t>922 Соединительное колено 220*90мм х D=125</t>
   </si>
   <si>
     <t>711 Соединитель плоский-круглый экс. 60х120/100</t>
   </si>
   <si>
     <t>620КГП Колено горизонтальное 60х204</t>
   </si>
   <si>
     <t>7020 Канал прямоугольный 120*60мм х 2м</t>
   </si>
   <si>
-    <t>2015 Круглый канал 125х1500мм</t>
-[...1 lines deleted...]
-  <si>
     <t>12,5ККП Колено круглое D=125мм</t>
   </si>
   <si>
     <t>РЭП1012,5 Редуктор круглый 100/125 пл.</t>
   </si>
   <si>
     <t>612КВП Колено вертикальное 60х120</t>
   </si>
   <si>
     <t>26 б/я Держатель круглого канала 125</t>
   </si>
   <si>
     <t>Переходник Эра 1212СП12,5КП</t>
   </si>
   <si>
     <t>939 Тройник горизонтальный 220*90мм</t>
   </si>
   <si>
     <t>7112 Соединитель плоский-круглый 60х120,100 .симме</t>
   </si>
   <si>
     <t>1825РУ, Решетка вентиляционная АБС 184х254 с фланцем D125, белый</t>
   </si>
   <si>
     <t>511ВП1, Воздуховод прямоугольный ПВХ 55х110, L=1м</t>
@@ -3410,53 +3416,50 @@
   <si>
     <t>16ККП Колено круглое D=160 пл.</t>
   </si>
   <si>
     <t>612РСФ решетка</t>
   </si>
   <si>
     <t>12,5ККП 45 Колено круглое D=125 угол 45* пл.</t>
   </si>
   <si>
     <t>620СК10ФП Соединительное колено D=100 60х204</t>
   </si>
   <si>
     <t>16ВП1 Круглый канал 160х1000мм</t>
   </si>
   <si>
     <t>РЭП12,516 Редуктор круглый 125/160 пл.</t>
   </si>
   <si>
     <t>620ВП1,5, Воздуховод ВП 60х204 L1,5м пластик ERA</t>
   </si>
   <si>
     <t>12,5СКП Круглый соединитель каналов D=125</t>
   </si>
   <si>
-    <t>16НКП Пластина настенная D=160</t>
-[...1 lines deleted...]
-  <si>
     <t>10ККП Колено круглое d=100мм</t>
   </si>
   <si>
     <t>10ККП 45 Колено круглое D=100 угол 45* пл.</t>
   </si>
   <si>
     <t>36 б/я Держатель круглого канала 150</t>
   </si>
   <si>
     <t>10СКП Круглый соединитель каналов D=100</t>
   </si>
   <si>
     <t>211 Редуктор круглый 100/125 пл.</t>
   </si>
   <si>
     <t>620КВП Колено вертикальное 60х204</t>
   </si>
   <si>
     <t>10FC, Соединитель, серия FC, фасонный D100</t>
   </si>
   <si>
     <t>12,5FC, Соединитель, серия FC, фасонный D125</t>
   </si>
   <si>
     <t>15ВП, Воздуховод круглый ПВХ D150, L=0,5м</t>
@@ -3491,53 +3494,50 @@
   <si>
     <t>1015РЭП, Соединитель эксцентриковый круглого воздуховода с круглым пластик D100/150</t>
   </si>
   <si>
     <t>612ВП2, Воздуховод прямоугольный ПВХ 60х120, L=2м</t>
   </si>
   <si>
     <t>612СК10КП, Соединитель угловой 90°, плоского воздуховода с круглым пластик, 60х120/D100</t>
   </si>
   <si>
     <t>612СКПО, Соединитель с обратным клапаном пластик, 60х120  (15)</t>
   </si>
   <si>
     <t>12,5НКП, Накладка торцевая пластик 170х170, для воздуховода D125</t>
   </si>
   <si>
     <t>12,5ВП2, Воздуховод круглый ПВХ D125, L=2м</t>
   </si>
   <si>
     <t>12,515РЭП, Соединитель эксцентриковый круглого воздуховода с круглым пластик D125/150</t>
   </si>
   <si>
     <t>511ДКП, Держатель пластик, 55х110</t>
   </si>
   <si>
-    <t>511РП620П, Соединитель эксцентриковый плоского воздуховода с плоским 55х110/60х204 (12)</t>
-[...1 lines deleted...]
-  <si>
     <t>511ВП, Воздуховод прямоугольный ПВХ 55х110, L=0,5м</t>
   </si>
   <si>
     <t>620СП15КП, Соединитель эксцентриковый, плоского воздуховода с круглым пластик, 60х204/D150</t>
   </si>
   <si>
     <t>511ВП1,5, Воздуховод прямоугольный ПВХ 55х110, L=1,5м</t>
   </si>
   <si>
     <t>511СКП, Соединитель пластик, 55х110</t>
   </si>
   <si>
     <t>620СК15КП, Соединитель угловой 90°, плоского воздуховода с круглым пластик, 60х204/D150</t>
   </si>
   <si>
     <t>15СКП, Соединитель пластик, D150</t>
   </si>
   <si>
     <t>15ВП1, Воздуховод круглый ПВХ D150, L=1м</t>
   </si>
   <si>
     <t>15ККП, Колено круглое пластик 90°, D150</t>
   </si>
   <si>
     <t>15.16RDH, Держатель круглых воздуховодов D150/160 (50)</t>
@@ -3578,200 +3578,200 @@
   <si>
     <t>12,5ВП, Воздуховод круглый ПВХ D125, L=0,5м</t>
   </si>
   <si>
     <t>620СП12,5КП Сое. плоский-круглый 60х204,125</t>
   </si>
   <si>
     <t>15ВП2, Воздуховод круглый ПВХ D150, L=2м</t>
   </si>
   <si>
     <t>620НПП, Накладка торцевая НПП 60х204 264х119 пластик ERA</t>
   </si>
   <si>
     <t>620ТПП, Тройник ТПП 60х204 пластик ERA</t>
   </si>
   <si>
     <t>10ДКП, Держатель ДКП D100 пластик ERA</t>
   </si>
   <si>
     <t>620ВП2, Воздуховод ВП 60х204 L2м пластик ERA</t>
   </si>
   <si>
     <t>1825РУ10Ф, Решетка вентиляционная РУФ 185х254 разъемная фланец D100/60х120 пластик ERA</t>
   </si>
   <si>
-    <t>511РСФ, Решетка вентиляционная приточно-вытяжная АБС 140х85 с фланцем 110х55</t>
-[...1 lines deleted...]
-  <si>
     <t>12,5CC Соединитель круглых каналов для сбора конденсата D125</t>
   </si>
   <si>
     <t>12,5ВП1,5, Воздуховод круглый ПВХ D125, L=1,5м</t>
   </si>
   <si>
     <t>10ВП, Воздуховод круглый ПВХ D100, L=0,5м</t>
   </si>
   <si>
     <t>511КРП, Колено разноугловое горизонтальное пластик, 55х110</t>
   </si>
   <si>
     <t>612ТПП,  Тройник ТПП 60х120 пластик ERA</t>
   </si>
   <si>
     <t>10CC, Коллектор CC D100 пластик ERA</t>
   </si>
   <si>
     <t>15FC, Соединитель FC D150 пластик ERA</t>
   </si>
   <si>
     <t>10ВП1,5, Воздуховод круглый ПВХ D100, L=1,5м</t>
   </si>
   <si>
     <t>16ВП1,5 Круглый канал 160х1500мм</t>
   </si>
   <si>
     <t>922СКП, Соединитель СКП 90х220 пластик ERA</t>
   </si>
   <si>
     <t>922КГП, Колено КГП 90х220 горизонтальное пластик ERA</t>
   </si>
   <si>
     <t>12,5PDP, Заглушка PDP D125 пластик ERA</t>
   </si>
   <si>
     <t>612ВП1,5, Воздуховод ВП 60х120 L1,5м пластик ERA</t>
   </si>
   <si>
+    <t>620ВП1, Воздуховод ВП 60х204 L1м пластик ERA</t>
+  </si>
+  <si>
+    <t>10PDP, Заглушка PDP D100 пластик ERA</t>
+  </si>
+  <si>
+    <t>15PDP, Заглушка PDP D150 пластик ERA</t>
+  </si>
+  <si>
+    <t>16PDP, Заглушка PDP D160 пластик ERA</t>
+  </si>
+  <si>
+    <t>612PDP, Заглушка PDP 60х120 пластик ERA</t>
+  </si>
+  <si>
+    <t>620PDP, Заглушка PDP 60х204 пластик ERA</t>
+  </si>
+  <si>
+    <t>612ВП, Воздуховод ВП 60х120 L0,5м пластик ERA</t>
+  </si>
+  <si>
+    <t>76 Крепления канала 60х120</t>
+  </si>
+  <si>
+    <t>10ВП1, Воздуховод круглый ПВХ D100, L=1м</t>
+  </si>
+  <si>
+    <t>922ВП1, Воздуховод ВП 90х220 L1м пластик ERA</t>
+  </si>
+  <si>
+    <t>511ВП2, Воздуховод прямоугольный ПВХ 55х110, L=2м</t>
+  </si>
+  <si>
+    <t>511КВП, Колено вертикальное пластик 90°, 55х110</t>
+  </si>
+  <si>
+    <t>922КВП, Колено КВП 90х220 вертикальное пластик ERA</t>
+  </si>
+  <si>
+    <t>922ВП1,5, Воздуховод ВП 90х220 L1,5м пластик ERA</t>
+  </si>
+  <si>
+    <t>922LRDH, Держатель LRDH 90х220 пластик ERA</t>
+  </si>
+  <si>
+    <t>922ВП, Воздуховод ВП 90х220 L0,5м пластик ERA</t>
+  </si>
+  <si>
+    <t>922РП620П, Редуктор РПП 90х220 эксцентриковый 60х204 пластик ERA</t>
+  </si>
+  <si>
+    <t>2121 Соединитель круг. каналов с клапаном d=125</t>
+  </si>
+  <si>
+    <t>7173 Соединитель гибкого канала 60х120</t>
+  </si>
+  <si>
+    <t>12,5SKNP, Соединитель круглых каналов с накладной пластиной, D125</t>
+  </si>
+  <si>
+    <t>12,5ВП1, Воздуховод круглый ПВХ D125, L=1м</t>
+  </si>
+  <si>
+    <t>838 Тройник горизонтальный 60х204</t>
+  </si>
+  <si>
+    <t>10ТП Тройник D=100 пл.</t>
+  </si>
+  <si>
+    <t>511КГП, Колено горизонтальное пластик 90°, 55х110</t>
+  </si>
+  <si>
+    <t>511СП10КП, Соединитель эксцентриковый плоского воздуховода с круглым пластик, 55х110/D100</t>
+  </si>
+  <si>
+    <t>620КРП Колено разноугловое 60х204</t>
+  </si>
+  <si>
+    <t>922СП15КП, Переходник СПКП D150 эксцентриковый 90х220 пластик ERA</t>
+  </si>
+  <si>
+    <t>922ВП2, Воздуховод ВП 90х220 L2м пластик ERA</t>
+  </si>
+  <si>
+    <t>922СК15ФП, Переходник СКФП D150 90° 90х220 пластик ERA</t>
+  </si>
+  <si>
+    <t>922СК15КП, Переходник СККП D150 90° 90х220 пластик ERA</t>
+  </si>
+  <si>
+    <t>922PDP, Заглушка PDP 90-220 пластик ERA</t>
+  </si>
+  <si>
+    <t>1011РЭП, Соединитель эксцентриковый круглого воздуховода с круглым пластик D100/110 (18)</t>
+  </si>
+  <si>
+    <t>612ВП1, Воздуховод ВП 60х120 L1м пластик ERA</t>
+  </si>
+  <si>
+    <t>922ТФ15П, Тройник ТФП D150 с выходом 90х220 пластик ERA</t>
+  </si>
+  <si>
     <t>620ВП, Воздуховод ВП 60х204 L0,5м пластик ERA</t>
   </si>
   <si>
-    <t>620ВП1, Воздуховод ВП 60х204 L1м пластик ERA</t>
-[...68 lines deleted...]
-    <t>10ТП Тройник D=100 пл.</t>
+    <t>511ТФ10П,Соединитель Т-обр.пластик,плоских воздуховодов 55х110 с выходом на фланц. воздухораспр.D100</t>
   </si>
   <si>
     <t>511СК10ФП, Соединитель угловой 90° пластик, плоского воздуховода с фланц. воздухораспред.55х110/D100</t>
   </si>
   <si>
-    <t>511КГП, Колено горизонтальное пластик 90°, 55х110</t>
-[...28 lines deleted...]
-  <si>
     <t>Фильтры</t>
   </si>
   <si>
     <t>Фильтр-бокс FVK-600*300-оц</t>
   </si>
   <si>
     <t>Фильтр-бокс FVK-700*400-оц</t>
   </si>
   <si>
     <t>Сменная кассета FV-G3-250</t>
   </si>
   <si>
     <t>Сменная кассета FV-G3-315</t>
   </si>
   <si>
     <t>Сменная кассета FV-G3-200</t>
   </si>
   <si>
     <t>Сменная кассета FV-G3-160 (100, 125)</t>
   </si>
   <si>
     <t>FVK-G4-500*300 фильтрующий элемент</t>
   </si>
   <si>
     <t>EU3 1000*500 фильтрующий элемент</t>
@@ -4163,74 +4163,68 @@
   <si>
     <t>Сверло по металлу 3.2х65мм P6M5/HSS TIN Hardax</t>
   </si>
   <si>
     <t>Ключ разводной, углиродистая сталь 150мм Hobbi</t>
   </si>
   <si>
     <t>Шпательная лопатка "Мастер" 60мм Hobbi</t>
   </si>
   <si>
     <t>Лезвия для пистолетного ножа, 18мм (10шт)/U.S.PEX</t>
   </si>
   <si>
     <t>Сверло по стеклу и керамике 8мм Энкор</t>
   </si>
   <si>
     <t>Шпательная лопатка "Мастер" 100мм Hobbi</t>
   </si>
   <si>
     <t>Кисть-макловица искуств. щетина, пластик.60х170 мм</t>
   </si>
   <si>
     <t>Бур SDS+ф усиленный 16х150/210 ЭНКОР/SCHWERT</t>
   </si>
   <si>
-    <t>Нож пистолетный</t>
-[...1 lines deleted...]
-  <si>
     <t>Тонкогубцы изогнутые "Fine" 180мм Hobbi</t>
   </si>
   <si>
     <t>Уровень алюминиевый "Yellow" 3 ампулы 600мм Hobbi</t>
   </si>
   <si>
     <t>Водостойкая шлиф. бумага зерно 80</t>
   </si>
   <si>
     <t>Уровень алюминиевый "Yellow" 3 ампулы 1500мм Hobbi</t>
   </si>
   <si>
     <t>Штангенциркуль с глубиномером 0-150мм/0,1мм ЭНКОР</t>
   </si>
   <si>
     <t>Ножницы по металлу, 250мм, прямой рез. Hardax</t>
   </si>
   <si>
-    <t>Пистолет для герметиков, скелетный 9" Hobbi</t>
-[...1 lines deleted...]
-  <si>
     <t>Валик "Мультиколор" 180мм с рукояткой Hobbi</t>
   </si>
   <si>
     <t>Пила по дереву "RubberPlast" 450мм Hobbi</t>
   </si>
   <si>
     <t>Уровень алюминиевый "Yellow" 3 ампулы 1000мм Hobbi</t>
   </si>
   <si>
     <t>Кюветка пластмассовая для раскатки валика, 350х350</t>
   </si>
   <si>
     <t>Ножовка по металлу, 300мм с пластмас.ручкой/Matrix</t>
   </si>
   <si>
     <t>Сверло по стеклу и керамике 6мм Hardax</t>
   </si>
   <si>
     <t>Отвертка комбинированная двухкомп. SL6 * PH2 Hobbi</t>
   </si>
   <si>
     <t>Плоскогубцы "Fine" 180мм Hobbi</t>
   </si>
   <si>
     <t>Линейка металлическая 1000мм Hobbi</t>
@@ -4244,117 +4238,126 @@
   <si>
     <t>Сверло по металлу 10.0х133мм P6M5/HSS TIN Hardax</t>
   </si>
   <si>
     <t>Сверло по металлу 4.0х75мм P6M5/HSS TIN Hardax</t>
   </si>
   <si>
     <t>Бур по бетону двойная спираль SDS+ 12х210мм Hardax</t>
   </si>
   <si>
     <t>Линейка металлическая 150мм Hobbi</t>
   </si>
   <si>
     <t>Кусачки боковые "Мини" 120мм Hobbi</t>
   </si>
   <si>
     <t>Сверло по металлу 2.5х57мм P6M5/HSS TIN Hardax</t>
   </si>
   <si>
     <t>Пила по дереву 450мм Hobbi</t>
   </si>
   <si>
     <t>Валик "Мультиколор" 250мм с рукояткой Hobbi</t>
   </si>
   <si>
-    <t>Ключ трубный рычажный №2 Hobbi</t>
-[...1 lines deleted...]
-  <si>
     <t>Ножницы по металлу, 250мм, левый рез. Hardax</t>
   </si>
   <si>
+    <t>Зубило плоское SDS+ 14х20х250мм Hardax</t>
+  </si>
+  <si>
+    <t>Бур по бетону, двойная спираль SDS+ 6х150мм Hardax</t>
+  </si>
+  <si>
+    <t>Водостойкая шлиф. бумага зерно 120</t>
+  </si>
+  <si>
+    <t>Ключ разводной, углиродистая сталь 200мм Hobbi</t>
+  </si>
+  <si>
+    <t>Диск пильный по дереву 200х32х24Т кольцо 30мHardax</t>
+  </si>
+  <si>
+    <t>Рулетка "Т2" 5м/25мм Hobbi</t>
+  </si>
+  <si>
+    <t>Рулетка "Т2" 7,5м/25мм Hobbi</t>
+  </si>
+  <si>
+    <t>Ключи шестигранные, 8шт (2,0-10,0мм) /U.S.PEX</t>
+  </si>
+  <si>
+    <t>Шпатель с пласт. ручкой 200мм /TOYA/БИБЕР</t>
+  </si>
+  <si>
+    <t>Отвертка "Driver" PH2х100мм Hobbi</t>
+  </si>
+  <si>
+    <t>Плоскогубцы "Fine" 200мм Hobbi</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 8.0х117мм P6M5/HSS TIN Hardax</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 8.5х117мм P6M5/HSS TIN Hardax</t>
+  </si>
+  <si>
+    <t>Набор малярный, мини-валик"Мольторен" 2 шубки 100м</t>
+  </si>
+  <si>
+    <t>Шпательная лопатка "Мастер" 150мм Hobbi</t>
+  </si>
+  <si>
+    <t>Бур по бетону, двойная спираль SDS+ 10х150мм Harda</t>
+  </si>
+  <si>
+    <t>Ключ гаечный комбинированный, хромированный, 10 мм Hobbi</t>
+  </si>
+  <si>
+    <t>Сверло по металлу 9.0х125мм P6M5/HSS TIN Hardax</t>
+  </si>
+  <si>
+    <t>Бокорезы Стандарт 165мм, красно-черная руч/U.S.PEX</t>
+  </si>
+  <si>
+    <t>Пистолет для монтажной пены «Blast»</t>
+  </si>
+  <si>
+    <t>Бур по бетону, двойная спираль SDS+ 6х110мм Hardax</t>
+  </si>
+  <si>
     <t>Отвертка "Driver" SL3х75мм Hobbi</t>
   </si>
   <si>
-    <t>Зубило плоское SDS+ 14х20х250мм Hardax</t>
-[...56 lines deleted...]
-    <t>Сверло по металлу 9.0х125мм P6M5/HSS TIN Hardax</t>
+    <t>Отвертка "Driver" SL8х150мм Hobbi</t>
+  </si>
+  <si>
+    <t>Валик "Нейлон" 180мм с рукояткой Hobbi</t>
+  </si>
+  <si>
+    <t>Валик "Нейлон" 240мм с рукояткой Hobbi</t>
   </si>
   <si>
     <t>Крепёжный материал</t>
   </si>
   <si>
     <t>DIN 125 Шайба М5 ZN (50шт)</t>
   </si>
   <si>
     <t>DIN 3055 Трос 1мм (500м)</t>
   </si>
   <si>
     <t>DIN 3055 Трос 4мм (250м)</t>
   </si>
   <si>
     <t>DIN 571 Шуруп с ШГ сантех. 10х80 ZN (2шт)</t>
   </si>
   <si>
     <t>DIN 571 Шуруп с ШГ сантех. 10х90 ZN (2шт)</t>
   </si>
   <si>
     <t>DIN 571 Шуруп с ШГ сантех. 8х70 ZN (2шт)</t>
   </si>
   <si>
     <t>DIN 6899 Коуш ZN 3мм (2шт)</t>
   </si>
@@ -4910,71 +4913,77 @@
   <si>
     <t>Подводка 1/2-10 0.50м нерж. смес. кор.</t>
   </si>
   <si>
     <t>Подводка FM 0.60м нерж.г/ш</t>
   </si>
   <si>
     <t>Подводка FF 0.30м нерж.</t>
   </si>
   <si>
     <t>Шланг стальной наливной 4м</t>
   </si>
   <si>
     <t>Подводка 1/2-10 0.50м нерж. смес. длин.</t>
   </si>
   <si>
     <t>Подводка FF 2.00м нерж.</t>
   </si>
   <si>
     <t>Подводка 1/2-10 1.00м нерж. смес. дл.</t>
   </si>
   <si>
     <t>Подводка 1/2-10 1.00м нерж. смес. кор.</t>
   </si>
   <si>
-    <t>Шланг стальной наливной 2м</t>
-[...1 lines deleted...]
-  <si>
     <t>Подводка 1/2-10 0.80м нерж. смес. длин.</t>
   </si>
   <si>
     <t>Подводка 1/2-10 1.20м нерж. смес. кор.</t>
   </si>
   <si>
     <t>Шланг сливной 1,5м</t>
   </si>
   <si>
     <t>Шланг сливной 4.5 м</t>
   </si>
   <si>
     <t>Подводка 1/2-10 0.60м нерж. смес. длин.</t>
   </si>
   <si>
     <t>Подводка 1/2-10 0.60м нерж. смес. кор.</t>
   </si>
   <si>
+    <t>Шланг заливнойТБХ-500 1.5м</t>
+  </si>
+  <si>
+    <t>Шланг заливнойТБХ-500 4.0м</t>
+  </si>
+  <si>
+    <t>Шланг сливной 1,0м</t>
+  </si>
+  <si>
     <t>Канализационные трубы и фитинг ПВХ</t>
   </si>
   <si>
     <t>Заглушка РР 40</t>
   </si>
   <si>
     <t>Компенсатор РР 50</t>
   </si>
   <si>
     <t>Крепление РР 110</t>
   </si>
   <si>
     <t>Крепление РР 40</t>
   </si>
   <si>
     <t>Крепление РР 50</t>
   </si>
   <si>
     <t>Крестовина РР 110-110-87*</t>
   </si>
   <si>
     <t>Крестовина РР 50-50-87*</t>
   </si>
   <si>
     <t>Муфта РР 40</t>
@@ -5099,119 +5108,116 @@
   <si>
     <t>Тройник РР 50-50-87*</t>
   </si>
   <si>
     <t>Отвод РР 110-45*</t>
   </si>
   <si>
     <t>Зонт вентиляционный PP 110</t>
   </si>
   <si>
     <t>Отвод РР 40-45*</t>
   </si>
   <si>
     <t>Тройник РР 32-32-87*</t>
   </si>
   <si>
     <t>Переходник РР 40-32</t>
   </si>
   <si>
     <t>Муфта РР 110</t>
   </si>
   <si>
     <t>Муфта РР 32</t>
   </si>
   <si>
+    <t>Тройник РР 110-50-87*</t>
+  </si>
+  <si>
+    <t>Труба РР 110-2000</t>
+  </si>
+  <si>
+    <t>Труба РР 110-250</t>
+  </si>
+  <si>
+    <t>Клапан наполнительный  КН 57  нижняя подводка Псков</t>
+  </si>
+  <si>
+    <t>Заглушка РР 110</t>
+  </si>
+  <si>
+    <t>Тройник РР 50-32-45*</t>
+  </si>
+  <si>
+    <t>Отвод РР 110-30*</t>
+  </si>
+  <si>
+    <t>Труба РР 110-1500</t>
+  </si>
+  <si>
+    <t>Тройник РР 110-50-45*</t>
+  </si>
+  <si>
+    <t>Ревизия РР 110</t>
+  </si>
+  <si>
+    <t>Крестовина РР 110-50-87*</t>
+  </si>
+  <si>
+    <t>Переходник РР 50-40</t>
+  </si>
+  <si>
+    <t>Клапан наполнительный боковая подв. КН 54 Псков</t>
+  </si>
+  <si>
+    <t>Отвод РР 40-87*</t>
+  </si>
+  <si>
+    <t>Вакуумный клапан РР-канал 110</t>
+  </si>
+  <si>
+    <t>Тройник РР 50-40-87*</t>
+  </si>
+  <si>
+    <t>Компенсатор РР 110</t>
+  </si>
+  <si>
+    <t>Труба РР 40-250</t>
+  </si>
+  <si>
+    <t>Труба РР 50-500</t>
+  </si>
+  <si>
+    <t>Труба РР 110-500</t>
+  </si>
+  <si>
+    <t>Переходник РР 110-50</t>
+  </si>
+  <si>
     <t>Тройник РР 110-110-45*</t>
   </si>
   <si>
-    <t>Тройник РР 110-50-87*</t>
-[...64 lines deleted...]
-  <si>
     <t>Краны шаровые, вентили</t>
   </si>
   <si>
     <t>00181 Вентиль тройник255/стир.маш./20/</t>
   </si>
   <si>
     <t>03737 Вентиль 15Б3р Ду20 Бологое</t>
   </si>
   <si>
     <t>04096 Кран шар.ГРАНД 1/2 " ММ дл.ручка/12/</t>
   </si>
   <si>
     <t>05413 Вентиль 15Б3р Ду15 Бологое</t>
   </si>
   <si>
     <t>10129 Кран шар.АКВАТЕХ.дл.руч.ам.угл 3/4" п/м /6/</t>
   </si>
   <si>
     <t>Вентиль Ду-32</t>
   </si>
   <si>
     <t>Кран  д/стир.маш. 1/2х3/4х1/2 ARCO</t>
   </si>
   <si>
     <t>Кран  д/стир.маш. 1/2х3/4х1/2 вентиль Valtec</t>
@@ -5918,153 +5924,156 @@
   <si>
     <t>Угольник PPR 20-1/2 комб. НР</t>
   </si>
   <si>
     <t>Муфта PPR 20-1/2 разъёмная НР</t>
   </si>
   <si>
     <t>Ножницы PPRC (20-42мм)</t>
   </si>
   <si>
     <t>Угольник PPR 25 90*</t>
   </si>
   <si>
     <t>Настенный комплект PPR 20-1/2 для смесителя</t>
   </si>
   <si>
     <t>Труба PPR 20 (4м) стекловолокно</t>
   </si>
   <si>
     <t>Прокладки, подмотка, лён</t>
   </si>
   <si>
     <t>Набор прокладок</t>
   </si>
   <si>
+    <t>Прокладка 1/2 паранитовая</t>
+  </si>
+  <si>
+    <t>Прокладка 3/4</t>
+  </si>
+  <si>
+    <t>Прокладка D 74х94 под смывной бачок (круглая)</t>
+  </si>
+  <si>
+    <t>Прокладка рез. «таблетка» д/кран-буксы импорт</t>
+  </si>
+  <si>
+    <t>Прокладка рез. «таблетка» д/кран-буксы рос.</t>
+  </si>
+  <si>
+    <t>Прокладка силик. «таблетка» д/кран-буксы импорт</t>
+  </si>
+  <si>
+    <t>Прокладка силик. «таблетка» д/кран-буксы рос.</t>
+  </si>
+  <si>
+    <t>прокладка1 1/4</t>
+  </si>
+  <si>
+    <t>Резинка 110</t>
+  </si>
+  <si>
+    <t>Резинка 50</t>
+  </si>
+  <si>
+    <t>Уплотнит. кольцо излива смесит. «гусак» имп. 14мм</t>
+  </si>
+  <si>
+    <t>Уплотнит. кольцо излива смесит. «гусак» рос. 12мм</t>
+  </si>
+  <si>
+    <t>M 032 Прокладка коническая 32мм.</t>
+  </si>
+  <si>
+    <t>M 040 Прокладка коническая 40мм.</t>
+  </si>
+  <si>
+    <t>Прокладока плоск.1 1/4 М020</t>
+  </si>
+  <si>
+    <t>Прокладка  под выпуск сифона 45/32/2</t>
+  </si>
+  <si>
+    <t>Ремкомплект прокладок для Отечествен. смесителя №1</t>
+  </si>
+  <si>
+    <t>Уплотнит. кольцо 22*16*3 д/шар крана</t>
+  </si>
+  <si>
+    <t>П-1000 Прокладка решетки белая</t>
+  </si>
+  <si>
+    <t>Прокладка 1" паранитовая</t>
+  </si>
+  <si>
+    <t>П-3032 Прокладка корпусная 32</t>
+  </si>
+  <si>
+    <t>Прокладка 1/2" силиконовая</t>
+  </si>
+  <si>
+    <t>Кольцо уплотнительное однолепестковое 40</t>
+  </si>
+  <si>
+    <t>Уплотнит. кольцо 26*20*3 д/шар крана</t>
+  </si>
+  <si>
+    <t>Прокладка 1" резина</t>
+  </si>
+  <si>
+    <t>Прокладка 3/4 паранитовая</t>
+  </si>
+  <si>
+    <t>П-2040 Прокладка коническая 40</t>
+  </si>
+  <si>
+    <t>Фумлента FR502-2 Frap  /КНР/ Проф</t>
+  </si>
+  <si>
+    <t>Прокладка 1" силиконовая</t>
+  </si>
+  <si>
+    <t>Фумлента FR502-3 Frap  /КНР/</t>
+  </si>
+  <si>
+    <t>П-3040 Прокладка корпусная 40</t>
+  </si>
+  <si>
+    <t>Прокладка кольцо под американку 26*20*3</t>
+  </si>
+  <si>
+    <t>Лен сантехнический 20г</t>
+  </si>
+  <si>
+    <t>Нить Сантех для резьбовых соединений 50м</t>
+  </si>
+  <si>
     <t>Прокладка 1/2</t>
   </si>
   <si>
-    <t>Прокладка 1/2 паранитовая</t>
-[...98 lines deleted...]
-    <t>Нить Сантех для резьбовых соединений 50м</t>
+    <t>Прокладка 3/4 с сеткой</t>
   </si>
   <si>
     <t>Сифоны, гофры, сливы</t>
   </si>
   <si>
     <t>Труба фановая 110*45 санмикс</t>
   </si>
   <si>
     <t>C 5000 Сифон Ани Варяг</t>
   </si>
   <si>
     <t>E 050 Обвязка Ани для ванны плоск.</t>
   </si>
   <si>
     <t>E 155 Обвязка Ани для ванны 1,1/2" с г/тр.</t>
   </si>
   <si>
     <t>G 106 Гофросифон Ани 1 1/2х40/50</t>
   </si>
   <si>
     <t>G 116 Гофросифон Ани 1 1/2х40/50 удл.</t>
   </si>
   <si>
     <t>K 105 Гибкая труба Ани 1,1/2"х50</t>
   </si>
@@ -6131,135 +6140,138 @@
   <si>
     <t>А-4004-01 Выпуск 1 1/2" с переливом</t>
   </si>
   <si>
     <t>А-2558 Сифон для душевого поддона 1 1/2" 40</t>
   </si>
   <si>
     <t>А-3015 Гибкая труба с выпуском 1 1/2"-40/50 750мм</t>
   </si>
   <si>
     <t>А-3016 Гибкая труба с выпуском 1 1/4"-40/50 750мм</t>
   </si>
   <si>
     <t>П-1040 Прокладка для Сифона 40</t>
   </si>
   <si>
     <t>А-8258 Сифон д/душ. поддона регулируемый</t>
   </si>
   <si>
     <t>АС-1013 Гибкая труба 1"1/2х40/50 750мм</t>
   </si>
   <si>
     <t>А-4007-01 Выпуск 3 1/2" с переливом</t>
   </si>
   <si>
-    <t>А-4176 патрубок с двумя отводами</t>
-[...1 lines deleted...]
-  <si>
     <t>К-4003 Сифон бутылочный 1 1/2 со смещеным сливом</t>
   </si>
   <si>
     <t>Труба фановая 110*90 санмикс</t>
   </si>
   <si>
     <t>А-4004-02 Выпуск 1 1/2"</t>
   </si>
   <si>
     <t>K 306 Гибкая труба Ани 32*40/50</t>
   </si>
   <si>
     <t>Пробка для ванны с метал. цепочкой /Россия/</t>
   </si>
   <si>
     <t>А-40090 Сифон бутылочный 1 1/2" б/выпуска 40</t>
   </si>
   <si>
     <t>Манжета для унитаза Прямая «Орио»</t>
   </si>
   <si>
     <t>АС-10101 Гибкая труба 40х40/50 950мм</t>
   </si>
   <si>
     <t>АС-10132 Гибкая труба 1"1/2х40/50 1350мм</t>
   </si>
   <si>
     <t>АС-10152 Гибкая труба 1"1/4х40/50 1350мм</t>
   </si>
   <si>
     <t>АС-10131 Гибкая труба 1"1/2х40/50 950мм</t>
   </si>
   <si>
     <t>А-8008 Сифон д/ванны регулируемый с переливом</t>
   </si>
   <si>
     <t>Пробка для ванны с метал. цепочкой силикон трехраз</t>
   </si>
   <si>
     <t>А-3200 Сифон бутылочный 1 1/4" б/выпуска</t>
   </si>
   <si>
     <t>А-3204-2 Выпуск 1 1/4"</t>
   </si>
   <si>
     <t>А-4155 патрубок с одним отводоом</t>
   </si>
   <si>
-    <t>А-2408 Сифон для ванны с переливом (полуавтомат)</t>
-[...1 lines deleted...]
-  <si>
     <t>АС-1016 Гибкая труба 40х32 750мм</t>
   </si>
   <si>
     <t>А-4007-02 Выпуск 3 1/2"</t>
   </si>
   <si>
     <t>А-4008 Сифон д/ванны с переливом</t>
   </si>
   <si>
     <t>Гофра для унитаза армированная FD-С105</t>
   </si>
   <si>
     <t>Арматура/бач. нижняя. пл.кнопка АБ-69.57.14.0 Псков</t>
   </si>
   <si>
     <t>АС-1015 Гибкая труба 1"1/4х40/50 750мм</t>
   </si>
   <si>
     <t>Арматура/бач. боковая хр.шток АБ-66.03М.14.3 Пск</t>
   </si>
   <si>
     <t>АС-1010 Гибкая труба 40х40/50 750мм</t>
   </si>
   <si>
+    <t>А-4003 Сифон бутылочный 1 1/2"  40 д/кухни</t>
+  </si>
+  <si>
+    <t>С-996 Гофра раздвижная для унитаза армированная</t>
+  </si>
+  <si>
+    <t>А-3204 Сифон бутылочный 1 1/4" 40 д/раковины</t>
+  </si>
+  <si>
+    <t>Арматура/бач. нижняя хр.кнопка АБ-69.55.14.3 Пск</t>
+  </si>
+  <si>
     <t>С-990 Слив раздвижной для унитаза 250...550мм</t>
   </si>
   <si>
-    <t>А-4003 Сифон бутылочный 1 1/2"  40 д/кухни</t>
-[...2 lines deleted...]
-    <t>С-996 Гофра раздвижная для унитаза армированная</t>
+    <t>А-4009 Сифон двойн. бутылочный 1 1/2" б/выпуска 40</t>
   </si>
   <si>
     <t>Теплоизоляция для труб</t>
   </si>
   <si>
     <t>Трубка ЭНЕРГОФЛЕКС 15/9 (2м)</t>
   </si>
   <si>
     <t>Трубка ЭНЕРГОФЛЕКС 22/9 (2м)</t>
   </si>
   <si>
     <t>Трубка ЭНЕРГОФЛЕКС 35/9 (2м)</t>
   </si>
   <si>
     <t>Трубка ЭНЕРГОФЛЕКС 42/9 (2м)</t>
   </si>
   <si>
     <t>Трубка ЭНЕРГОФЛЕКС 48/9 (2м)</t>
   </si>
   <si>
     <t>Трубка ЭНЕРГОФЛЕКС 60/9 (2м)</t>
   </si>
   <si>
     <t>Трубка ЭНЕРГОФЛЕКС 76/9 (2м)</t>
   </si>
@@ -6554,89 +6566,89 @@
   <si>
     <t>Заглушка 1/2 НР латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Отвод 3/4 FM латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Бочонок 1" латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Муфта 1"-3/4 латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Переходник 1"-3/4 латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Американка 1/2 латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Заглушка 1/2 ВР латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Переходник 1/2-3/4 латунь Frap  /КНР/</t>
   </si>
   <si>
+    <t>Заглушка 3/4 ВР латунь Frap  /КНР/</t>
+  </si>
+  <si>
     <t>Счетчик воды "GERRIDA" СВХ-15 Г с крепежом</t>
   </si>
   <si>
     <t>Хомуты сантехнические</t>
   </si>
   <si>
     <t>Переходник удлиненный 1/2 25мм латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Переходник удлиненный 1/2 30мм латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Переходник удлиненный 1/2 50мм латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Переходник удлиненный 1/2 60мм латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Переходник удлиненный 1/2 70мм латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Переходник удлиненный 1/2 80мм латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Переходник удлиненный 1/2 90мм латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Переходник удлиненный 3/4 40мм латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Хомут 3"  с резин. и креплением</t>
   </si>
   <si>
     <t>Хомут сантехнический 20-25мм 39/40 М8</t>
   </si>
   <si>
-    <t>Хомут1 1/4" с резинкой и креплением</t>
-[...1 lines deleted...]
-  <si>
     <t>Хомут2 1/2" с резинкой и креплением</t>
   </si>
   <si>
     <t>00446 Хомут 3/4 (10-19)</t>
   </si>
   <si>
     <t>Хомут 3/4" 13-19мм АТ01</t>
   </si>
   <si>
     <t>Хомут стальной 20-32мм</t>
   </si>
   <si>
     <t>Хомут 2" (50) с резин. и креплением</t>
   </si>
   <si>
     <t>Переходник удлиненный 1/2 20мм латунь Frap  /КНР/</t>
   </si>
   <si>
     <t>Хомут 1/2" с резинкой и креплением</t>
   </si>
   <si>
     <t>Хомут 3/4" с резинкой и креплением</t>
   </si>
   <si>
     <t>Хомут 3/8" с резинкой и креплением</t>
@@ -6782,59 +6794,62 @@
   <si>
     <t>Держатель для душа F30 Frap</t>
   </si>
   <si>
     <t>Лейка для душа Frap F07 1-режимная</t>
   </si>
   <si>
     <t>Юбка(переход между гусаком исмесителем)F37</t>
   </si>
   <si>
     <t>Держатель для душа металлический F32 Frap</t>
   </si>
   <si>
     <t>Маховик с кран-буксой д/смесителя крест Frap 0009</t>
   </si>
   <si>
     <t>Гусак для смесителя ванна плоский зогнутый 40см F4</t>
   </si>
   <si>
     <t>Лейка для душа Frap F12 3-режима</t>
   </si>
   <si>
     <t>Гусак для смесителя ванна плоский зогнутый 30см</t>
   </si>
   <si>
+    <t>Лейка для смесителя F26</t>
+  </si>
+  <si>
+    <t>Смеситель  FRAP для кухни шар D-40 F4929-В</t>
+  </si>
+  <si>
+    <t>Шланг для душа 150см. имп-имп Frap G46</t>
+  </si>
+  <si>
     <t>Картридж для шар см. 40мм F50-3 Frap</t>
   </si>
   <si>
-    <t>Лейка для смесителя F26</t>
-[...4 lines deleted...]
-  <si>
     <t>Тепловое оборудование</t>
   </si>
   <si>
     <t>Конвекторы</t>
   </si>
   <si>
     <t>Тепловая панель Эталон 026 SC.M</t>
   </si>
   <si>
     <t>Бытовые тепловентиляторы</t>
   </si>
   <si>
     <t>Тепловые завесы</t>
   </si>
   <si>
     <t>Тепловые пушки</t>
   </si>
   <si>
     <t>Тепловая пушка газовая Ballu BHG-10</t>
   </si>
   <si>
     <t>Тепловая пушка Neoclima KX-2</t>
   </si>
   <si>
     <t>Инфракрасные обогреватели</t>
@@ -7001,111 +7016,114 @@
   <si>
     <t>Люстры, светильники светодиодные</t>
   </si>
   <si>
     <t>Фонари, светодиодные прожекторы</t>
   </si>
   <si>
     <t>Светильник переносной 8w, 5м, выкл. с/л, G5, IP20</t>
   </si>
   <si>
     <t>Фонарь КОСМОС 104LED аккум. 5хLED</t>
   </si>
   <si>
     <t>Фонарь КОСМОС cu678SLED аккум. 25хLED</t>
   </si>
   <si>
     <t>Лампочки, светодиодные ленты, батарейки</t>
   </si>
   <si>
     <t>Лампа КЛЛ 15/840 Е27 D42х103 спираль Navigator</t>
   </si>
   <si>
     <t>ПРА ЛЛ Light Power 18т встр.</t>
   </si>
   <si>
-    <t>Стартер S10 4-65W 220V одиноч.подкл. PHILIPS</t>
-[...1 lines deleted...]
-  <si>
     <t>Стартер S2 4-22W 220V одиноч.подкл. PHILIPS</t>
   </si>
   <si>
     <t>Лампа LED GU10 7w 4000K 540lm 220V 50x58mm GRUN</t>
   </si>
   <si>
     <t>Лампа LED GU4 3w 2700K 200lm 220V PLED JAZZWAY</t>
   </si>
   <si>
     <t>Лента LED 4.8w/m 12V IP20 ECO 5м. теплая JAZZWAY</t>
   </si>
   <si>
     <t>Лента LED 7.2w/m 12V IP20 ECO 5м. RGB JAZZWAY</t>
   </si>
   <si>
     <t>Светильник светодиодный ДВО -36Вт 595*595*13 JazzW</t>
   </si>
   <si>
     <t>Хозтовары</t>
   </si>
   <si>
     <t>Перчатки строительные</t>
   </si>
   <si>
     <t>Перчатки резиновые Vetta желтые S 447-004</t>
   </si>
   <si>
     <t>Перчатки х/б Шрек</t>
   </si>
   <si>
     <t>Мешки для строительного мусора ПВД 120л. 10шт</t>
   </si>
   <si>
     <t>Перчатки трикотажные, латексное покрытие</t>
   </si>
   <si>
+    <t>Перчатки латексные, размер М</t>
+  </si>
+  <si>
     <t>Скотч, изолента, строительная плёнка</t>
   </si>
   <si>
     <t>Скотч 50мм*40мк</t>
   </si>
   <si>
     <t>Лента металлизированная 50мм*10м Klebebander</t>
   </si>
   <si>
     <t>Изолента ПВХ 19ммх20м, белая Klebebander</t>
   </si>
   <si>
     <t>Изолента ПВХ синяя 15мм Hobbi</t>
   </si>
   <si>
     <t>Лента клейкая, изоляционная ПВХ, белая 19х20 Hobbi</t>
   </si>
   <si>
     <t>Лента металлизированная 50мм*50м Klebebander</t>
   </si>
   <si>
     <t>Двусторонняя зеркальная лента 25мм*10м Klebebander</t>
+  </si>
+  <si>
+    <t>Пленка защитная, 7мк, 4х12.5м /Matrix/Hobbi</t>
   </si>
   <si>
     <t>Герметики, пена, клей</t>
   </si>
   <si>
     <t>Клей секундный «Экон Экспресс» на бл.кар. 3г</t>
   </si>
   <si>
     <t>Герметик SSG310 серый 280 мл</t>
   </si>
   <si>
     <t>Кровельные материалы</t>
   </si>
   <si>
     <t>Электроинструмент</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <name val="Calibri"/>
@@ -7496,51 +7514,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B2365"/>
+  <dimension ref="A1:B2371"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" outlineLevelRow="2" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="105" customWidth="true" style="0"/>
     <col min="2" max="2" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" customHeight="1" ht="70">
       <c r="A1" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="2" t="s">
         <v>3</v>
@@ -7552,8407 +7570,8407 @@
         <v>4</v>
       </c>
       <c r="B5" s="0"/>
     </row>
     <row r="6" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A6" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="0">
         <v>1150</v>
       </c>
     </row>
     <row r="7" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A7" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="0">
         <v>7666.86</v>
       </c>
     </row>
     <row r="8" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A8" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="0">
-        <v>2220</v>
+        <v>31110</v>
       </c>
     </row>
     <row r="9" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="0">
-        <v>31110</v>
+        <v>3335</v>
       </c>
     </row>
     <row r="10" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A10" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="0">
-        <v>3335</v>
+        <v>18645</v>
       </c>
     </row>
     <row r="11" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="0">
-        <v>18645</v>
+        <v>375</v>
       </c>
     </row>
     <row r="12" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A12" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="0">
-        <v>375</v>
+        <v>3355</v>
       </c>
     </row>
     <row r="13" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A13" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="0">
-        <v>3355</v>
+        <v>13920</v>
       </c>
     </row>
     <row r="14" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A14" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="0">
-        <v>13710</v>
+        <v>7890</v>
       </c>
     </row>
     <row r="15" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B15" s="0">
-        <v>14635</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="16" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B16" s="0">
-        <v>7890</v>
-[...3 lines deleted...]
-      <c r="A17" s="0" t="s">
+        <v>14865</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A17" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B17" s="0">
-[...4 lines deleted...]
-      <c r="A18" s="3" t="s">
+      <c r="B17" s="0"/>
+    </row>
+    <row r="18" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A18" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="B18" s="0"/>
+      <c r="B18" s="0">
+        <v>660</v>
+      </c>
     </row>
     <row r="19" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="0">
-        <v>660</v>
+        <v>7</v>
       </c>
     </row>
     <row r="20" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A20" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="0">
-        <v>7</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A21" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B21" s="0">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A22" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="0">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="23" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A23" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B23" s="0">
-        <v>185</v>
+        <v>145</v>
       </c>
     </row>
     <row r="24" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A24" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="0">
-        <v>145</v>
+        <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A25" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B25" s="0">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A26" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="0">
-        <v>29</v>
+        <v>210</v>
       </c>
     </row>
     <row r="27" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A27" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B27" s="0">
-        <v>30</v>
+        <v>325</v>
       </c>
     </row>
     <row r="28" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A28" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B28" s="0">
-        <v>210</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A29" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B29" s="0">
-        <v>305</v>
+        <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A30" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B30" s="0">
-        <v>1</v>
+        <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A31" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B31" s="0">
-        <v>15</v>
+        <v>2</v>
       </c>
     </row>
     <row r="32" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A32" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B32" s="0">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A33" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B33" s="0">
-        <v>2</v>
+        <v>28</v>
       </c>
     </row>
     <row r="34" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A34" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B34" s="0">
-        <v>100</v>
+        <v>2</v>
       </c>
     </row>
     <row r="35" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A35" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B35" s="0">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A36" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B36" s="0">
-        <v>2</v>
+        <v>125</v>
       </c>
     </row>
     <row r="37" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A37" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B37" s="0">
-        <v>20</v>
+        <v>698</v>
       </c>
     </row>
     <row r="38" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A38" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B38" s="0">
-        <v>125</v>
+        <v>2</v>
       </c>
     </row>
     <row r="39" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A39" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B39" s="0">
-        <v>698</v>
+        <v>40</v>
       </c>
     </row>
     <row r="40" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A40" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B40" s="0">
-        <v>2</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A41" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B41" s="0">
-        <v>40</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="42" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A42" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B42" s="0">
-        <v>150</v>
+        <v>560</v>
       </c>
     </row>
     <row r="43" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A43" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B43" s="0">
-        <v>1045</v>
+        <v>75</v>
       </c>
     </row>
     <row r="44" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A44" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B44" s="0">
-        <v>560</v>
+        <v>290</v>
       </c>
     </row>
     <row r="45" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A45" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B45" s="0">
-        <v>75</v>
-[...3 lines deleted...]
-      <c r="A46" s="0" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="46" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A46" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B46" s="0">
-[...4 lines deleted...]
-      <c r="A47" s="3" t="s">
+      <c r="B46" s="0"/>
+    </row>
+    <row r="47" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A47" s="0" t="s">
         <v>46</v>
       </c>
-      <c r="B47" s="0"/>
+      <c r="B47" s="0">
+        <v>650</v>
+      </c>
     </row>
     <row r="48" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A48" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B48" s="0">
-        <v>650</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="49" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A49" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B49" s="0">
-        <v>1650</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="50" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A50" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B50" s="0">
-        <v>3900</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="51" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A51" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B51" s="0">
-        <v>1080</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="52" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A52" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B52" s="0">
-        <v>1235</v>
+        <v>442</v>
       </c>
     </row>
     <row r="53" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A53" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B53" s="0">
-        <v>442</v>
+        <v>6995</v>
       </c>
     </row>
     <row r="54" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A54" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B54" s="0">
-        <v>6995</v>
+        <v>7075</v>
       </c>
     </row>
     <row r="55" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A55" s="0" t="s">
         <v>54</v>
       </c>
       <c r="B55" s="0">
-        <v>7075</v>
+        <v>7575</v>
       </c>
     </row>
     <row r="56" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A56" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B56" s="0">
         <v>7575</v>
       </c>
     </row>
     <row r="57" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A57" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B57" s="0">
-        <v>7575</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="58" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A58" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B58" s="0">
-        <v>2665</v>
+        <v>5100</v>
       </c>
     </row>
     <row r="59" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A59" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B59" s="0">
-        <v>5100</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="60" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A60" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B60" s="0">
-        <v>3100</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="61" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A61" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B61" s="0">
-        <v>3110</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="62" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A62" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B62" s="0">
-        <v>2940</v>
+        <v>3995</v>
       </c>
     </row>
     <row r="63" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A63" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B63" s="0">
-        <v>3995</v>
+        <v>165</v>
       </c>
     </row>
     <row r="64" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A64" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B64" s="0">
-        <v>165</v>
+        <v>6350</v>
       </c>
     </row>
     <row r="65" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A65" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B65" s="0">
-        <v>6350</v>
+        <v>9980</v>
       </c>
     </row>
     <row r="66" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A66" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B66" s="0">
-        <v>9980</v>
+        <v>8725</v>
       </c>
     </row>
     <row r="67" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A67" s="0" t="s">
         <v>66</v>
       </c>
       <c r="B67" s="0">
-        <v>8725</v>
+        <v>4775</v>
       </c>
     </row>
     <row r="68" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A68" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B68" s="0">
-        <v>4775</v>
+        <v>5925</v>
       </c>
     </row>
     <row r="69" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A69" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B69" s="0">
-        <v>5925</v>
+        <v>5700</v>
       </c>
     </row>
     <row r="70" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A70" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B70" s="0">
-        <v>5700</v>
+        <v>270</v>
       </c>
     </row>
     <row r="71" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A71" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B71" s="0">
         <v>270</v>
       </c>
     </row>
     <row r="72" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A72" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B72" s="0">
-        <v>270</v>
+        <v>375</v>
       </c>
     </row>
     <row r="73" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A73" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B73" s="0">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="74" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A74" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B74" s="0">
         <v>295</v>
       </c>
     </row>
     <row r="75" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A75" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B75" s="0">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="76" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A76" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B76" s="0">
         <v>320</v>
       </c>
     </row>
     <row r="77" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A77" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B77" s="0">
-        <v>320</v>
+        <v>315</v>
       </c>
     </row>
     <row r="78" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A78" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B78" s="0">
-        <v>315</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="79" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A79" s="0" t="s">
         <v>78</v>
       </c>
       <c r="B79" s="0">
-        <v>1620</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="80" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A80" s="0" t="s">
         <v>79</v>
       </c>
       <c r="B80" s="0">
-        <v>1485</v>
+        <v>7630</v>
       </c>
     </row>
     <row r="81" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A81" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B81" s="0">
-        <v>7630</v>
+        <v>4395</v>
       </c>
     </row>
     <row r="82" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A82" s="0" t="s">
         <v>81</v>
       </c>
       <c r="B82" s="0">
-        <v>4395</v>
+        <v>3740</v>
       </c>
     </row>
     <row r="83" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A83" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B83" s="0">
-        <v>3740</v>
+        <v>5250</v>
       </c>
     </row>
     <row r="84" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A84" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B84" s="0">
-        <v>5250</v>
+        <v>7220</v>
       </c>
     </row>
     <row r="85" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A85" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B85" s="0">
-        <v>7220</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="86" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A86" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B86" s="0">
-        <v>2570</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="87" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A87" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B87" s="0">
-        <v>2720</v>
+        <v>7230</v>
       </c>
     </row>
     <row r="88" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A88" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B88" s="0">
-        <v>7230</v>
+        <v>809</v>
       </c>
     </row>
     <row r="89" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A89" s="0" t="s">
         <v>88</v>
       </c>
       <c r="B89" s="0">
-        <v>809</v>
+        <v>4835</v>
       </c>
     </row>
     <row r="90" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A90" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B90" s="0">
-        <v>4835</v>
+        <v>5950</v>
       </c>
     </row>
     <row r="91" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A91" s="0" t="s">
         <v>90</v>
       </c>
       <c r="B91" s="0">
-        <v>5950</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="92" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A92" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B92" s="0">
-        <v>1525</v>
+        <v>4355</v>
       </c>
     </row>
     <row r="93" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A93" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B93" s="0">
-        <v>4355</v>
+        <v>6395</v>
       </c>
     </row>
     <row r="94" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A94" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B94" s="0">
-        <v>6395</v>
+        <v>10695</v>
       </c>
     </row>
     <row r="95" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A95" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B95" s="0">
-        <v>10695</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="96" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A96" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B96" s="0">
-        <v>2370</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="97" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A97" s="0" t="s">
         <v>96</v>
       </c>
       <c r="B97" s="0">
-        <v>3050</v>
+        <v>5235</v>
       </c>
     </row>
     <row r="98" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A98" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B98" s="0">
-        <v>5235</v>
+        <v>8995</v>
       </c>
     </row>
     <row r="99" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A99" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B99" s="0">
-        <v>8995</v>
+        <v>4395</v>
       </c>
     </row>
     <row r="100" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A100" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B100" s="0">
-        <v>4395</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="101" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A101" s="0" t="s">
         <v>100</v>
       </c>
       <c r="B101" s="0">
-        <v>1865</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="102" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A102" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B102" s="0">
-        <v>2285</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="103" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A103" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B103" s="0">
-        <v>1170</v>
+        <v>4065</v>
       </c>
     </row>
     <row r="104" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A104" s="0" t="s">
         <v>103</v>
       </c>
       <c r="B104" s="0">
-        <v>4065</v>
+        <v>7280</v>
       </c>
     </row>
     <row r="105" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A105" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B105" s="0">
-        <v>7280</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="106" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A106" s="0" t="s">
         <v>105</v>
       </c>
       <c r="B106" s="0">
-        <v>1140</v>
+        <v>7735</v>
       </c>
     </row>
     <row r="107" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A107" s="0" t="s">
         <v>106</v>
       </c>
       <c r="B107" s="0">
-        <v>7735</v>
+        <v>13140</v>
       </c>
     </row>
     <row r="108" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A108" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B108" s="0">
-        <v>13140</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="109" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A109" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B109" s="0">
-        <v>2892</v>
+        <v>3070</v>
       </c>
     </row>
     <row r="110" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A110" s="0" t="s">
         <v>109</v>
       </c>
       <c r="B110" s="0">
-        <v>3070</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="111" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A111" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B111" s="0">
-        <v>2984</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="112" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A112" s="0" t="s">
         <v>111</v>
       </c>
       <c r="B112" s="0">
-        <v>1870</v>
+        <v>10445</v>
       </c>
     </row>
     <row r="113" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A113" s="0" t="s">
         <v>112</v>
       </c>
       <c r="B113" s="0">
-        <v>10445</v>
+        <v>5900</v>
       </c>
     </row>
     <row r="114" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A114" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B114" s="0">
-        <v>5900</v>
+        <v>8845</v>
       </c>
     </row>
     <row r="115" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A115" s="0" t="s">
         <v>114</v>
       </c>
       <c r="B115" s="0">
-        <v>8845</v>
+        <v>3970</v>
       </c>
     </row>
     <row r="116" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A116" s="0" t="s">
         <v>115</v>
       </c>
       <c r="B116" s="0">
-        <v>3970</v>
+        <v>5660</v>
       </c>
     </row>
     <row r="117" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A117" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B117" s="0">
-        <v>5660</v>
+        <v>7475</v>
       </c>
     </row>
     <row r="118" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A118" s="0" t="s">
         <v>117</v>
       </c>
       <c r="B118" s="0">
-        <v>7475</v>
+        <v>5665</v>
       </c>
     </row>
     <row r="119" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A119" s="0" t="s">
         <v>118</v>
       </c>
       <c r="B119" s="0">
-        <v>5665</v>
+        <v>4605</v>
       </c>
     </row>
     <row r="120" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A120" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B120" s="0">
-        <v>4605</v>
+        <v>5910</v>
       </c>
     </row>
     <row r="121" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A121" s="0" t="s">
         <v>120</v>
       </c>
       <c r="B121" s="0">
-        <v>5910</v>
+        <v>4610</v>
       </c>
     </row>
     <row r="122" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A122" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B122" s="0">
-        <v>4610</v>
+        <v>3265</v>
       </c>
     </row>
     <row r="123" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A123" s="0" t="s">
         <v>122</v>
       </c>
       <c r="B123" s="0">
-        <v>3265</v>
+        <v>6060</v>
       </c>
     </row>
     <row r="124" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A124" s="0" t="s">
         <v>123</v>
       </c>
       <c r="B124" s="0">
-        <v>6060</v>
+        <v>4270</v>
       </c>
     </row>
     <row r="125" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A125" s="0" t="s">
         <v>124</v>
       </c>
       <c r="B125" s="0">
         <v>4270</v>
       </c>
     </row>
     <row r="126" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A126" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B126" s="0">
-        <v>4270</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="127" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A127" s="0" t="s">
         <v>126</v>
       </c>
       <c r="B127" s="0">
-        <v>1565</v>
+        <v>13140</v>
       </c>
     </row>
     <row r="128" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A128" s="0" t="s">
         <v>127</v>
       </c>
       <c r="B128" s="0">
-        <v>13140</v>
+        <v>3015</v>
       </c>
     </row>
     <row r="129" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A129" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B129" s="0">
-        <v>3015</v>
+        <v>5155</v>
       </c>
     </row>
     <row r="130" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A130" s="0" t="s">
         <v>129</v>
       </c>
       <c r="B130" s="0">
-        <v>5155</v>
+        <v>6555</v>
       </c>
     </row>
     <row r="131" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A131" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B131" s="0">
-        <v>6555</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="132" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A132" s="0" t="s">
         <v>131</v>
       </c>
       <c r="B132" s="0">
-        <v>2430</v>
+        <v>11295</v>
       </c>
     </row>
     <row r="133" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A133" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B133" s="0">
-        <v>995</v>
+        <v>6320</v>
       </c>
     </row>
     <row r="134" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A134" s="0" t="s">
         <v>133</v>
       </c>
       <c r="B134" s="0">
-        <v>11295</v>
+        <v>13725</v>
       </c>
     </row>
     <row r="135" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A135" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B135" s="0">
-        <v>6320</v>
+        <v>8150</v>
       </c>
     </row>
     <row r="136" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A136" s="0" t="s">
         <v>135</v>
       </c>
       <c r="B136" s="0">
-        <v>13725</v>
+        <v>15660</v>
       </c>
     </row>
     <row r="137" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A137" s="0" t="s">
         <v>136</v>
       </c>
       <c r="B137" s="0">
-        <v>8150</v>
+        <v>13140</v>
       </c>
     </row>
     <row r="138" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A138" s="0" t="s">
         <v>137</v>
       </c>
       <c r="B138" s="0">
-        <v>15660</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="139" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A139" s="0" t="s">
         <v>138</v>
       </c>
       <c r="B139" s="0">
-        <v>13140</v>
+        <v>3735</v>
       </c>
     </row>
     <row r="140" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A140" s="0" t="s">
         <v>139</v>
       </c>
       <c r="B140" s="0">
-        <v>3090</v>
+        <v>5895</v>
       </c>
     </row>
     <row r="141" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A141" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B141" s="0">
-        <v>3735</v>
+        <v>13140</v>
       </c>
     </row>
     <row r="142" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A142" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B142" s="0">
-        <v>6480</v>
+        <v>8650</v>
       </c>
     </row>
     <row r="143" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A143" s="0" t="s">
         <v>142</v>
       </c>
       <c r="B143" s="0">
-        <v>13140</v>
+        <v>7620</v>
       </c>
     </row>
     <row r="144" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A144" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B144" s="0">
-        <v>8650</v>
+        <v>15660</v>
       </c>
     </row>
     <row r="145" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A145" s="0" t="s">
         <v>144</v>
       </c>
       <c r="B145" s="0">
-        <v>7620</v>
+        <v>3505</v>
       </c>
     </row>
     <row r="146" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A146" s="0" t="s">
         <v>145</v>
       </c>
       <c r="B146" s="0">
-        <v>15660</v>
+        <v>4870</v>
       </c>
     </row>
     <row r="147" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A147" s="0" t="s">
         <v>146</v>
       </c>
       <c r="B147" s="0">
-        <v>3505</v>
+        <v>6630</v>
       </c>
     </row>
     <row r="148" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A148" s="0" t="s">
         <v>147</v>
       </c>
       <c r="B148" s="0">
-        <v>4870</v>
+        <v>13950</v>
       </c>
     </row>
     <row r="149" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A149" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B149" s="0">
-        <v>6630</v>
+        <v>13160</v>
       </c>
     </row>
     <row r="150" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A150" s="0" t="s">
         <v>149</v>
       </c>
       <c r="B150" s="0">
-        <v>13950</v>
+        <v>11295</v>
       </c>
     </row>
     <row r="151" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A151" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B151" s="0">
-        <v>13160</v>
+        <v>12230</v>
       </c>
     </row>
     <row r="152" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A152" s="0" t="s">
         <v>151</v>
       </c>
       <c r="B152" s="0">
-        <v>11295</v>
+        <v>3780</v>
       </c>
     </row>
     <row r="153" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A153" s="0" t="s">
         <v>152</v>
       </c>
       <c r="B153" s="0">
-        <v>12230</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="154" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A154" s="0" t="s">
         <v>153</v>
       </c>
       <c r="B154" s="0">
-        <v>3490</v>
+        <v>13425</v>
       </c>
     </row>
     <row r="155" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A155" s="0" t="s">
         <v>154</v>
       </c>
       <c r="B155" s="0">
-        <v>1595</v>
+        <v>5180</v>
       </c>
     </row>
     <row r="156" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A156" s="0" t="s">
         <v>155</v>
       </c>
       <c r="B156" s="0">
-        <v>13425</v>
+        <v>5630</v>
       </c>
     </row>
     <row r="157" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A157" s="0" t="s">
         <v>156</v>
       </c>
       <c r="B157" s="0">
-        <v>5180</v>
+        <v>3985</v>
       </c>
     </row>
     <row r="158" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A158" s="0" t="s">
         <v>157</v>
       </c>
       <c r="B158" s="0">
-        <v>5630</v>
+        <v>3890</v>
       </c>
     </row>
     <row r="159" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A159" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B159" s="0">
-        <v>3985</v>
+        <v>10865</v>
       </c>
     </row>
     <row r="160" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A160" s="0" t="s">
         <v>159</v>
       </c>
       <c r="B160" s="0">
-        <v>3890</v>
+        <v>12135</v>
       </c>
     </row>
     <row r="161" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A161" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B161" s="0">
-        <v>10865</v>
+        <v>3725</v>
       </c>
     </row>
     <row r="162" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A162" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B162" s="0">
-        <v>12135</v>
+        <v>8100</v>
       </c>
     </row>
     <row r="163" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A163" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B163" s="0">
-        <v>3725</v>
+        <v>9995</v>
       </c>
     </row>
     <row r="164" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A164" s="0" t="s">
         <v>163</v>
       </c>
       <c r="B164" s="0">
-        <v>8100</v>
+        <v>8075</v>
       </c>
     </row>
     <row r="165" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A165" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B165" s="0">
-        <v>9995</v>
+        <v>10995</v>
       </c>
     </row>
     <row r="166" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A166" s="0" t="s">
         <v>165</v>
       </c>
       <c r="B166" s="0">
-        <v>8075</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="167" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A167" s="0" t="s">
         <v>166</v>
       </c>
       <c r="B167" s="0">
-        <v>11985</v>
+        <v>6350</v>
       </c>
     </row>
     <row r="168" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A168" s="0" t="s">
         <v>167</v>
       </c>
       <c r="B168" s="0">
-        <v>1760</v>
+        <v>8250</v>
       </c>
     </row>
     <row r="169" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A169" s="0" t="s">
         <v>168</v>
       </c>
       <c r="B169" s="0">
-        <v>6350</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="170" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A170" s="0" t="s">
         <v>169</v>
       </c>
       <c r="B170" s="0">
-        <v>8320</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="171" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A171" s="0" t="s">
         <v>170</v>
       </c>
       <c r="B171" s="0">
-        <v>1820</v>
+        <v>5145</v>
       </c>
     </row>
     <row r="172" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A172" s="0" t="s">
         <v>171</v>
       </c>
       <c r="B172" s="0">
-        <v>2945</v>
+        <v>6120</v>
       </c>
     </row>
     <row r="173" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A173" s="0" t="s">
         <v>172</v>
       </c>
       <c r="B173" s="0">
-        <v>2560</v>
+        <v>3860</v>
       </c>
     </row>
     <row r="174" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A174" s="0" t="s">
         <v>173</v>
       </c>
       <c r="B174" s="0">
-        <v>5145</v>
+        <v>4940</v>
       </c>
     </row>
     <row r="175" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A175" s="0" t="s">
         <v>174</v>
       </c>
       <c r="B175" s="0">
-        <v>6120</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="176" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A176" s="0" t="s">
         <v>175</v>
       </c>
       <c r="B176" s="0">
-        <v>3860</v>
+        <v>10550</v>
       </c>
     </row>
     <row r="177" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A177" s="0" t="s">
         <v>176</v>
       </c>
       <c r="B177" s="0">
-        <v>4940</v>
+        <v>7110</v>
       </c>
     </row>
     <row r="178" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A178" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B178" s="0">
-        <v>2220</v>
+        <v>13140</v>
       </c>
     </row>
     <row r="179" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A179" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B179" s="0">
-        <v>10550</v>
+        <v>8760</v>
       </c>
     </row>
     <row r="180" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A180" s="0" t="s">
         <v>179</v>
       </c>
       <c r="B180" s="0">
-        <v>7110</v>
+        <v>3065</v>
       </c>
     </row>
     <row r="181" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A181" s="0" t="s">
         <v>180</v>
       </c>
       <c r="B181" s="0">
-        <v>13140</v>
+        <v>3615</v>
       </c>
     </row>
     <row r="182" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A182" s="0" t="s">
         <v>181</v>
       </c>
       <c r="B182" s="0">
-        <v>5855</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="183" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A183" s="0" t="s">
         <v>182</v>
       </c>
       <c r="B183" s="0">
-        <v>8760</v>
+        <v>4555</v>
       </c>
     </row>
     <row r="184" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A184" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B184" s="0">
-        <v>3065</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="185" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A185" s="0" t="s">
         <v>184</v>
       </c>
       <c r="B185" s="0">
-        <v>3615</v>
+        <v>8975</v>
       </c>
     </row>
     <row r="186" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A186" s="0" t="s">
         <v>185</v>
       </c>
       <c r="B186" s="0">
-        <v>1790</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="187" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A187" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B187" s="0">
-        <v>4555</v>
+        <v>5210</v>
       </c>
     </row>
     <row r="188" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A188" s="0" t="s">
         <v>187</v>
       </c>
       <c r="B188" s="0">
-        <v>2165</v>
+        <v>9995</v>
       </c>
     </row>
     <row r="189" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A189" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B189" s="0">
-        <v>8975</v>
+        <v>3840</v>
       </c>
     </row>
     <row r="190" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A190" s="0" t="s">
         <v>189</v>
       </c>
       <c r="B190" s="0">
-        <v>2005</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="191" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A191" s="0" t="s">
         <v>190</v>
       </c>
       <c r="B191" s="0">
-        <v>5210</v>
+        <v>8100</v>
       </c>
     </row>
     <row r="192" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A192" s="0" t="s">
         <v>191</v>
       </c>
       <c r="B192" s="0">
-        <v>9995</v>
+        <v>25420</v>
       </c>
     </row>
     <row r="193" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A193" s="0" t="s">
         <v>192</v>
       </c>
       <c r="B193" s="0">
-        <v>3840</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="194" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A194" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B194" s="0">
-        <v>1380</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="195" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A195" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B195" s="0">
-        <v>8100</v>
+        <v>6520</v>
       </c>
     </row>
     <row r="196" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A196" s="0" t="s">
         <v>195</v>
       </c>
       <c r="B196" s="0">
-        <v>25420</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="197" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A197" s="0" t="s">
         <v>196</v>
       </c>
       <c r="B197" s="0">
-        <v>2500</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="198" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A198" s="0" t="s">
         <v>197</v>
       </c>
       <c r="B198" s="0">
-        <v>1630</v>
+        <v>5300</v>
       </c>
     </row>
     <row r="199" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A199" s="0" t="s">
         <v>198</v>
       </c>
       <c r="B199" s="0">
-        <v>3460</v>
+        <v>11525</v>
       </c>
     </row>
     <row r="200" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A200" s="0" t="s">
         <v>199</v>
       </c>
       <c r="B200" s="0">
-        <v>6520</v>
+        <v>4290</v>
       </c>
     </row>
     <row r="201" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A201" s="0" t="s">
         <v>200</v>
       </c>
       <c r="B201" s="0">
-        <v>2940</v>
+        <v>18725</v>
       </c>
     </row>
     <row r="202" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A202" s="0" t="s">
         <v>201</v>
       </c>
       <c r="B202" s="0">
-        <v>3850</v>
+        <v>23260</v>
       </c>
     </row>
     <row r="203" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A203" s="0" t="s">
         <v>202</v>
       </c>
       <c r="B203" s="0">
-        <v>5300</v>
+        <v>13140</v>
       </c>
     </row>
     <row r="204" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A204" s="0" t="s">
         <v>203</v>
       </c>
       <c r="B204" s="0">
-        <v>11525</v>
+        <v>4020</v>
       </c>
     </row>
     <row r="205" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A205" s="0" t="s">
         <v>204</v>
       </c>
       <c r="B205" s="0">
-        <v>4290</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="206" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A206" s="0" t="s">
         <v>205</v>
       </c>
       <c r="B206" s="0">
-        <v>18725</v>
+        <v>9495</v>
       </c>
     </row>
     <row r="207" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A207" s="0" t="s">
         <v>206</v>
       </c>
       <c r="B207" s="0">
-        <v>23260</v>
+        <v>33550</v>
       </c>
     </row>
     <row r="208" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A208" s="0" t="s">
         <v>207</v>
       </c>
       <c r="B208" s="0">
-        <v>13140</v>
+        <v>10500</v>
       </c>
     </row>
     <row r="209" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A209" s="0" t="s">
         <v>208</v>
       </c>
       <c r="B209" s="0">
-        <v>4020</v>
+        <v>14995</v>
       </c>
     </row>
     <row r="210" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A210" s="0" t="s">
         <v>209</v>
       </c>
       <c r="B210" s="0">
-        <v>2345</v>
+        <v>8995</v>
       </c>
     </row>
     <row r="211" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A211" s="0" t="s">
         <v>210</v>
       </c>
       <c r="B211" s="0">
-        <v>9495</v>
+        <v>16940</v>
       </c>
     </row>
     <row r="212" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A212" s="0" t="s">
         <v>211</v>
       </c>
       <c r="B212" s="0">
-        <v>33550</v>
+        <v>20380</v>
       </c>
     </row>
     <row r="213" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A213" s="0" t="s">
         <v>212</v>
       </c>
       <c r="B213" s="0">
-        <v>9570</v>
+        <v>12995</v>
       </c>
     </row>
     <row r="214" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A214" s="0" t="s">
         <v>213</v>
       </c>
       <c r="B214" s="0">
-        <v>13955</v>
+        <v>3575</v>
       </c>
     </row>
     <row r="215" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A215" s="0" t="s">
         <v>214</v>
       </c>
       <c r="B215" s="0">
-        <v>8110</v>
+        <v>6655</v>
       </c>
     </row>
     <row r="216" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A216" s="0" t="s">
         <v>215</v>
       </c>
       <c r="B216" s="0">
-        <v>15510</v>
+        <v>3860</v>
       </c>
     </row>
     <row r="217" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A217" s="0" t="s">
         <v>216</v>
       </c>
       <c r="B217" s="0">
-        <v>20380</v>
+        <v>4030</v>
       </c>
     </row>
     <row r="218" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A218" s="0" t="s">
         <v>217</v>
       </c>
       <c r="B218" s="0">
-        <v>12495</v>
+        <v>4555</v>
       </c>
     </row>
     <row r="219" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A219" s="0" t="s">
-        <v>218</v>
+        <v>111</v>
       </c>
       <c r="B219" s="0">
-        <v>3575</v>
+        <v>9110</v>
       </c>
     </row>
     <row r="220" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A220" s="0" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="B220" s="0">
-        <v>6655</v>
+        <v>6840</v>
       </c>
     </row>
     <row r="221" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A221" s="0" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="B221" s="0">
-        <v>3860</v>
+        <v>4480</v>
       </c>
     </row>
     <row r="222" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A222" s="0" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="B222" s="0">
-        <v>4030</v>
+        <v>51035</v>
       </c>
     </row>
     <row r="223" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A223" s="0" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="B223" s="0">
-        <v>4555</v>
+        <v>36520</v>
       </c>
     </row>
     <row r="224" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A224" s="0" t="s">
-        <v>112</v>
+        <v>222</v>
       </c>
       <c r="B224" s="0">
-        <v>9110</v>
+        <v>7575</v>
       </c>
     </row>
     <row r="225" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A225" s="0" t="s">
         <v>223</v>
       </c>
       <c r="B225" s="0">
-        <v>7000</v>
+        <v>4385</v>
       </c>
     </row>
     <row r="226" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A226" s="0" t="s">
         <v>224</v>
       </c>
       <c r="B226" s="0">
-        <v>4480</v>
+        <v>8730</v>
       </c>
     </row>
     <row r="227" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A227" s="0" t="s">
         <v>225</v>
       </c>
       <c r="B227" s="0">
-        <v>51035</v>
+        <v>5680</v>
       </c>
     </row>
     <row r="228" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A228" s="0" t="s">
         <v>226</v>
       </c>
       <c r="B228" s="0">
-        <v>36520</v>
+        <v>3570</v>
       </c>
     </row>
     <row r="229" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A229" s="0" t="s">
         <v>227</v>
       </c>
       <c r="B229" s="0">
-        <v>7575</v>
+        <v>9100</v>
       </c>
     </row>
     <row r="230" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A230" s="0" t="s">
         <v>228</v>
       </c>
       <c r="B230" s="0">
-        <v>4385</v>
+        <v>15955</v>
       </c>
     </row>
     <row r="231" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A231" s="0" t="s">
         <v>229</v>
       </c>
       <c r="B231" s="0">
-        <v>8730</v>
+        <v>9895</v>
       </c>
     </row>
     <row r="232" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A232" s="0" t="s">
         <v>230</v>
       </c>
       <c r="B232" s="0">
-        <v>5680</v>
+        <v>10890</v>
       </c>
     </row>
     <row r="233" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A233" s="0" t="s">
         <v>231</v>
       </c>
       <c r="B233" s="0">
-        <v>3570</v>
+        <v>5725</v>
       </c>
     </row>
     <row r="234" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A234" s="0" t="s">
         <v>232</v>
       </c>
       <c r="B234" s="0">
-        <v>9100</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="235" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A235" s="0" t="s">
         <v>233</v>
       </c>
       <c r="B235" s="0">
-        <v>21890</v>
+        <v>7025</v>
       </c>
     </row>
     <row r="236" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A236" s="0" t="s">
         <v>234</v>
       </c>
       <c r="B236" s="0">
-        <v>15955</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="237" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A237" s="0" t="s">
         <v>235</v>
       </c>
       <c r="B237" s="0">
-        <v>9895</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="238" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A238" s="0" t="s">
         <v>236</v>
       </c>
       <c r="B238" s="0">
-        <v>10890</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="239" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A239" s="0" t="s">
         <v>237</v>
       </c>
       <c r="B239" s="0">
-        <v>1850</v>
+        <v>250</v>
       </c>
     </row>
     <row r="240" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A240" s="0" t="s">
         <v>238</v>
       </c>
       <c r="B240" s="0">
-        <v>5725</v>
+        <v>6595</v>
       </c>
     </row>
     <row r="241" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A241" s="0" t="s">
         <v>239</v>
       </c>
       <c r="B241" s="0">
-        <v>5600</v>
+        <v>9985</v>
       </c>
     </row>
     <row r="242" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A242" s="0" t="s">
         <v>240</v>
       </c>
       <c r="B242" s="0">
-        <v>8325</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="243" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A243" s="0" t="s">
         <v>241</v>
       </c>
       <c r="B243" s="0">
-        <v>7025</v>
+        <v>11465</v>
       </c>
     </row>
     <row r="244" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A244" s="0" t="s">
         <v>242</v>
       </c>
       <c r="B244" s="0">
-        <v>3235</v>
+        <v>4250</v>
       </c>
     </row>
     <row r="245" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A245" s="0" t="s">
         <v>243</v>
       </c>
       <c r="B245" s="0">
-        <v>2605</v>
+        <v>6840</v>
       </c>
     </row>
     <row r="246" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A246" s="0" t="s">
         <v>244</v>
       </c>
       <c r="B246" s="0">
-        <v>1525</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="247" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A247" s="0" t="s">
         <v>245</v>
       </c>
       <c r="B247" s="0">
-        <v>250</v>
+        <v>41845</v>
       </c>
     </row>
     <row r="248" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A248" s="0" t="s">
         <v>246</v>
       </c>
       <c r="B248" s="0">
-        <v>6710</v>
+        <v>19300</v>
       </c>
     </row>
     <row r="249" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A249" s="0" t="s">
         <v>247</v>
       </c>
       <c r="B249" s="0">
-        <v>10295</v>
+        <v>9250</v>
       </c>
     </row>
     <row r="250" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A250" s="0" t="s">
         <v>248</v>
       </c>
       <c r="B250" s="0">
-        <v>2335</v>
+        <v>13140</v>
       </c>
     </row>
     <row r="251" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A251" s="0" t="s">
         <v>249</v>
       </c>
       <c r="B251" s="0">
-        <v>11465</v>
+        <v>11610</v>
       </c>
     </row>
     <row r="252" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A252" s="0" t="s">
         <v>250</v>
       </c>
       <c r="B252" s="0">
-        <v>3935</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="253" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A253" s="0" t="s">
         <v>251</v>
       </c>
       <c r="B253" s="0">
-        <v>7000</v>
+        <v>12760</v>
       </c>
     </row>
     <row r="254" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A254" s="0" t="s">
         <v>252</v>
       </c>
       <c r="B254" s="0">
-        <v>2345</v>
+        <v>12665</v>
       </c>
     </row>
     <row r="255" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A255" s="0" t="s">
         <v>253</v>
       </c>
       <c r="B255" s="0">
-        <v>41845</v>
+        <v>7865</v>
       </c>
     </row>
     <row r="256" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A256" s="0" t="s">
         <v>254</v>
       </c>
       <c r="B256" s="0">
-        <v>19300</v>
+        <v>9115</v>
       </c>
     </row>
     <row r="257" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A257" s="0" t="s">
         <v>255</v>
       </c>
       <c r="B257" s="0">
-        <v>8915</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="258" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A258" s="0" t="s">
         <v>256</v>
       </c>
       <c r="B258" s="0">
-        <v>13140</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="259" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A259" s="0" t="s">
         <v>257</v>
       </c>
       <c r="B259" s="0">
-        <v>11610</v>
+        <v>3835</v>
       </c>
     </row>
     <row r="260" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A260" s="0" t="s">
         <v>258</v>
       </c>
       <c r="B260" s="0">
-        <v>2930</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="261" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A261" s="0" t="s">
         <v>259</v>
       </c>
       <c r="B261" s="0">
-        <v>12760</v>
+        <v>5180</v>
       </c>
     </row>
     <row r="262" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A262" s="0" t="s">
         <v>260</v>
       </c>
       <c r="B262" s="0">
-        <v>12665</v>
+        <v>3755</v>
       </c>
     </row>
     <row r="263" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A263" s="0" t="s">
         <v>261</v>
       </c>
       <c r="B263" s="0">
-        <v>7865</v>
+        <v>5995</v>
       </c>
     </row>
     <row r="264" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A264" s="0" t="s">
         <v>262</v>
       </c>
       <c r="B264" s="0">
-        <v>9115</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="265" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A265" s="0" t="s">
         <v>263</v>
       </c>
       <c r="B265" s="0">
-        <v>2995</v>
+        <v>7770</v>
       </c>
     </row>
     <row r="266" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A266" s="0" t="s">
         <v>264</v>
       </c>
       <c r="B266" s="0">
-        <v>1420</v>
+        <v>5250</v>
       </c>
     </row>
     <row r="267" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A267" s="0" t="s">
         <v>265</v>
       </c>
       <c r="B267" s="0">
-        <v>3835</v>
+        <v>41590</v>
       </c>
     </row>
     <row r="268" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A268" s="0" t="s">
         <v>266</v>
       </c>
       <c r="B268" s="0">
-        <v>3035</v>
+        <v>6185</v>
       </c>
     </row>
     <row r="269" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A269" s="0" t="s">
         <v>267</v>
       </c>
       <c r="B269" s="0">
-        <v>5180</v>
+        <v>29995</v>
       </c>
     </row>
     <row r="270" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A270" s="0" t="s">
         <v>268</v>
       </c>
       <c r="B270" s="0">
-        <v>3755</v>
+        <v>11355</v>
       </c>
     </row>
     <row r="271" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A271" s="0" t="s">
         <v>269</v>
       </c>
       <c r="B271" s="0">
-        <v>6690</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="272" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A272" s="0" t="s">
         <v>270</v>
       </c>
       <c r="B272" s="0">
-        <v>1335</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="273" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A273" s="0" t="s">
         <v>271</v>
       </c>
       <c r="B273" s="0">
-        <v>7770</v>
+        <v>7985</v>
       </c>
     </row>
     <row r="274" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A274" s="0" t="s">
         <v>272</v>
       </c>
       <c r="B274" s="0">
-        <v>8930</v>
+        <v>6370</v>
       </c>
     </row>
     <row r="275" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A275" s="0" t="s">
         <v>273</v>
       </c>
       <c r="B275" s="0">
-        <v>4860</v>
+        <v>8580</v>
       </c>
     </row>
     <row r="276" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A276" s="0" t="s">
         <v>274</v>
       </c>
       <c r="B276" s="0">
-        <v>41590</v>
+        <v>28365</v>
       </c>
     </row>
     <row r="277" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A277" s="0" t="s">
         <v>275</v>
       </c>
       <c r="B277" s="0">
-        <v>6185</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="278" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A278" s="0" t="s">
         <v>276</v>
       </c>
       <c r="B278" s="0">
-        <v>29995</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="279" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A279" s="0" t="s">
         <v>277</v>
       </c>
       <c r="B279" s="0">
-        <v>11355</v>
+        <v>11750</v>
       </c>
     </row>
     <row r="280" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A280" s="0" t="s">
         <v>278</v>
       </c>
       <c r="B280" s="0">
-        <v>2000</v>
+        <v>13500</v>
       </c>
     </row>
     <row r="281" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A281" s="0" t="s">
         <v>279</v>
       </c>
       <c r="B281" s="0">
-        <v>1590</v>
-[...3 lines deleted...]
-      <c r="A282" s="3" t="s">
+        <v>10995</v>
+      </c>
+    </row>
+    <row r="282" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A282" s="0" t="s">
         <v>280</v>
       </c>
-      <c r="B282" s="0"/>
-[...2 lines deleted...]
-      <c r="A283" s="0" t="s">
+      <c r="B282" s="0">
+        <v>8450</v>
+      </c>
+    </row>
+    <row r="283" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A283" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="B283" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B283" s="0"/>
     </row>
     <row r="284" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A284" s="0" t="s">
         <v>282</v>
       </c>
       <c r="B284" s="0">
-        <v>250</v>
+        <v>345</v>
       </c>
     </row>
     <row r="285" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A285" s="0" t="s">
         <v>283</v>
       </c>
       <c r="B285" s="0">
-        <v>96</v>
+        <v>250</v>
       </c>
     </row>
     <row r="286" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A286" s="0" t="s">
         <v>284</v>
       </c>
       <c r="B286" s="0">
-        <v>114</v>
+        <v>96</v>
       </c>
     </row>
     <row r="287" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A287" s="0" t="s">
         <v>285</v>
       </c>
       <c r="B287" s="0">
-        <v>95</v>
+        <v>120</v>
       </c>
     </row>
     <row r="288" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A288" s="0" t="s">
         <v>286</v>
       </c>
       <c r="B288" s="0">
-        <v>139</v>
+        <v>95</v>
       </c>
     </row>
     <row r="289" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A289" s="0" t="s">
         <v>287</v>
       </c>
       <c r="B289" s="0">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="290" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A290" s="0" t="s">
         <v>288</v>
       </c>
       <c r="B290" s="0">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="291" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A291" s="0" t="s">
         <v>289</v>
       </c>
       <c r="B291" s="0">
-        <v>620</v>
+        <v>210</v>
       </c>
     </row>
     <row r="292" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A292" s="0" t="s">
         <v>290</v>
       </c>
       <c r="B292" s="0">
-        <v>880</v>
+        <v>620</v>
       </c>
     </row>
     <row r="293" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A293" s="0" t="s">
         <v>291</v>
       </c>
       <c r="B293" s="0">
-        <v>475</v>
+        <v>880</v>
       </c>
     </row>
     <row r="294" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A294" s="0" t="s">
         <v>292</v>
       </c>
       <c r="B294" s="0">
-        <v>935</v>
+        <v>475</v>
       </c>
     </row>
     <row r="295" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A295" s="0" t="s">
         <v>293</v>
       </c>
       <c r="B295" s="0">
-        <v>1070</v>
+        <v>935</v>
       </c>
     </row>
     <row r="296" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A296" s="0" t="s">
         <v>294</v>
       </c>
       <c r="B296" s="0">
-        <v>245</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="297" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A297" s="0" t="s">
         <v>295</v>
       </c>
       <c r="B297" s="0">
-        <v>1060</v>
+        <v>245</v>
       </c>
     </row>
     <row r="298" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A298" s="0" t="s">
         <v>296</v>
       </c>
       <c r="B298" s="0">
-        <v>1320</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="299" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A299" s="0" t="s">
         <v>297</v>
       </c>
       <c r="B299" s="0">
-        <v>680</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="300" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A300" s="0" t="s">
         <v>298</v>
       </c>
       <c r="B300" s="0">
-        <v>580</v>
+        <v>680</v>
       </c>
     </row>
     <row r="301" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A301" s="0" t="s">
         <v>299</v>
       </c>
       <c r="B301" s="0">
-        <v>775</v>
+        <v>580</v>
       </c>
     </row>
     <row r="302" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A302" s="0" t="s">
         <v>300</v>
       </c>
       <c r="B302" s="0">
-        <v>855</v>
+        <v>775</v>
       </c>
     </row>
     <row r="303" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A303" s="0" t="s">
         <v>301</v>
       </c>
       <c r="B303" s="0">
-        <v>395</v>
+        <v>880</v>
       </c>
     </row>
     <row r="304" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A304" s="0" t="s">
         <v>302</v>
       </c>
       <c r="B304" s="0">
-        <v>850</v>
+        <v>395</v>
       </c>
     </row>
     <row r="305" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A305" s="0" t="s">
         <v>303</v>
       </c>
       <c r="B305" s="0">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="306" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A306" s="0" t="s">
         <v>304</v>
       </c>
       <c r="B306" s="0">
-        <v>625</v>
+        <v>250</v>
       </c>
     </row>
     <row r="307" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A307" s="0" t="s">
         <v>305</v>
       </c>
       <c r="B307" s="0">
-        <v>705</v>
+        <v>625</v>
       </c>
     </row>
     <row r="308" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A308" s="0" t="s">
         <v>306</v>
       </c>
       <c r="B308" s="0">
-        <v>820</v>
+        <v>705</v>
       </c>
     </row>
     <row r="309" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A309" s="0" t="s">
         <v>307</v>
       </c>
       <c r="B309" s="0">
-        <v>410</v>
+        <v>820</v>
       </c>
     </row>
     <row r="310" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A310" s="0" t="s">
         <v>308</v>
       </c>
       <c r="B310" s="0">
-        <v>335</v>
+        <v>410</v>
       </c>
     </row>
     <row r="311" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A311" s="0" t="s">
         <v>309</v>
       </c>
       <c r="B311" s="0">
-        <v>398</v>
+        <v>335</v>
       </c>
     </row>
     <row r="312" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A312" s="0" t="s">
         <v>310</v>
       </c>
       <c r="B312" s="0">
-        <v>750</v>
+        <v>398</v>
       </c>
     </row>
     <row r="313" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A313" s="0" t="s">
         <v>311</v>
       </c>
       <c r="B313" s="0">
-        <v>470</v>
+        <v>750</v>
       </c>
     </row>
     <row r="314" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A314" s="0" t="s">
         <v>312</v>
       </c>
       <c r="B314" s="0">
-        <v>310</v>
+        <v>470</v>
       </c>
     </row>
     <row r="315" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A315" s="0" t="s">
         <v>313</v>
       </c>
       <c r="B315" s="0">
-        <v>1685</v>
+        <v>310</v>
       </c>
     </row>
     <row r="316" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A316" s="0" t="s">
         <v>314</v>
       </c>
       <c r="B316" s="0">
-        <v>340</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="317" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A317" s="0" t="s">
         <v>315</v>
       </c>
       <c r="B317" s="0">
-        <v>510</v>
+        <v>340</v>
       </c>
     </row>
     <row r="318" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A318" s="0" t="s">
         <v>316</v>
       </c>
       <c r="B318" s="0">
-        <v>377</v>
+        <v>510</v>
       </c>
     </row>
     <row r="319" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A319" s="0" t="s">
         <v>317</v>
       </c>
       <c r="B319" s="0">
-        <v>1815</v>
+        <v>377</v>
       </c>
     </row>
     <row r="320" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A320" s="0" t="s">
         <v>318</v>
       </c>
       <c r="B320" s="0">
-        <v>245</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="321" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A321" s="0" t="s">
         <v>319</v>
       </c>
       <c r="B321" s="0">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="322" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A322" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="B322" s="0">
         <v>255</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B322" s="0"/>
     </row>
     <row r="323" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A323" s="0" t="s">
         <v>321</v>
       </c>
       <c r="B323" s="0">
-        <v>955</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="324" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A324" s="0" t="s">
         <v>322</v>
       </c>
       <c r="B324" s="0">
-        <v>380</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="325" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A325" s="0" t="s">
         <v>323</v>
       </c>
       <c r="B325" s="0">
-        <v>795</v>
-[...3 lines deleted...]
-      <c r="A326" s="0" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="326" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A326" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="B326" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B326" s="0"/>
     </row>
     <row r="327" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A327" s="0" t="s">
         <v>325</v>
       </c>
       <c r="B327" s="0">
-        <v>945</v>
+        <v>955</v>
       </c>
     </row>
     <row r="328" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A328" s="0" t="s">
         <v>326</v>
       </c>
       <c r="B328" s="0">
-        <v>1305</v>
+        <v>380</v>
       </c>
     </row>
     <row r="329" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A329" s="0" t="s">
         <v>327</v>
       </c>
       <c r="B329" s="0">
-        <v>945</v>
+        <v>795</v>
       </c>
     </row>
     <row r="330" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A330" s="0" t="s">
         <v>328</v>
       </c>
       <c r="B330" s="0">
-        <v>1305</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="331" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A331" s="0" t="s">
         <v>329</v>
       </c>
       <c r="B331" s="0">
-        <v>115</v>
+        <v>945</v>
       </c>
     </row>
     <row r="332" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A332" s="0" t="s">
         <v>330</v>
       </c>
       <c r="B332" s="0">
-        <v>200</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="333" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A333" s="0" t="s">
         <v>331</v>
       </c>
       <c r="B333" s="0">
-        <v>115</v>
+        <v>945</v>
       </c>
     </row>
     <row r="334" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A334" s="0" t="s">
         <v>332</v>
       </c>
       <c r="B334" s="0">
-        <v>200</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="335" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A335" s="0" t="s">
         <v>333</v>
       </c>
       <c r="B335" s="0">
-        <v>660</v>
+        <v>115</v>
       </c>
     </row>
     <row r="336" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A336" s="0" t="s">
         <v>334</v>
       </c>
       <c r="B336" s="0">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="337" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A337" s="0" t="s">
         <v>335</v>
       </c>
       <c r="B337" s="0">
-        <v>310</v>
+        <v>115</v>
       </c>
     </row>
     <row r="338" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A338" s="0" t="s">
         <v>336</v>
       </c>
       <c r="B338" s="0">
-        <v>660</v>
+        <v>200</v>
       </c>
     </row>
     <row r="339" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A339" s="0" t="s">
         <v>337</v>
       </c>
       <c r="B339" s="0">
-        <v>200</v>
+        <v>660</v>
       </c>
     </row>
     <row r="340" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A340" s="0" t="s">
         <v>338</v>
       </c>
       <c r="B340" s="0">
-        <v>305</v>
+        <v>300</v>
       </c>
     </row>
     <row r="341" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A341" s="0" t="s">
         <v>339</v>
       </c>
       <c r="B341" s="0">
-        <v>430</v>
+        <v>310</v>
       </c>
     </row>
     <row r="342" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A342" s="0" t="s">
         <v>340</v>
       </c>
       <c r="B342" s="0">
-        <v>490</v>
+        <v>660</v>
       </c>
     </row>
     <row r="343" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A343" s="0" t="s">
         <v>341</v>
       </c>
       <c r="B343" s="0">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="344" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A344" s="0" t="s">
         <v>342</v>
       </c>
       <c r="B344" s="0">
-        <v>363</v>
+        <v>305</v>
       </c>
     </row>
     <row r="345" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A345" s="0" t="s">
         <v>343</v>
       </c>
       <c r="B345" s="0">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="346" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A346" s="0" t="s">
         <v>344</v>
       </c>
       <c r="B346" s="0">
-        <v>570</v>
+        <v>490</v>
       </c>
     </row>
     <row r="347" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A347" s="0" t="s">
         <v>345</v>
       </c>
       <c r="B347" s="0">
-        <v>195</v>
+        <v>165</v>
       </c>
     </row>
     <row r="348" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A348" s="0" t="s">
         <v>346</v>
       </c>
       <c r="B348" s="0">
-        <v>1170</v>
+        <v>363</v>
       </c>
     </row>
     <row r="349" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A349" s="0" t="s">
         <v>347</v>
       </c>
       <c r="B349" s="0">
-        <v>285</v>
+        <v>190</v>
       </c>
     </row>
     <row r="350" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A350" s="0" t="s">
         <v>348</v>
       </c>
       <c r="B350" s="0">
-        <v>385</v>
+        <v>570</v>
       </c>
     </row>
     <row r="351" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A351" s="0" t="s">
         <v>349</v>
       </c>
       <c r="B351" s="0">
-        <v>435</v>
+        <v>195</v>
       </c>
     </row>
     <row r="352" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A352" s="0" t="s">
         <v>350</v>
       </c>
       <c r="B352" s="0">
-        <v>250</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="353" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A353" s="0" t="s">
         <v>351</v>
       </c>
       <c r="B353" s="0">
-        <v>660</v>
+        <v>310</v>
       </c>
     </row>
     <row r="354" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A354" s="0" t="s">
         <v>352</v>
       </c>
       <c r="B354" s="0">
-        <v>190</v>
+        <v>385</v>
       </c>
     </row>
     <row r="355" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A355" s="0" t="s">
         <v>353</v>
       </c>
       <c r="B355" s="0">
-        <v>515</v>
+        <v>435</v>
       </c>
     </row>
     <row r="356" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A356" s="0" t="s">
         <v>354</v>
       </c>
       <c r="B356" s="0">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="357" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A357" s="0" t="s">
         <v>355</v>
       </c>
       <c r="B357" s="0">
-        <v>133</v>
+        <v>660</v>
       </c>
     </row>
     <row r="358" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A358" s="0" t="s">
         <v>356</v>
       </c>
       <c r="B358" s="0">
-        <v>687</v>
+        <v>190</v>
       </c>
     </row>
     <row r="359" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A359" s="0" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B359" s="0">
-        <v>687</v>
+        <v>515</v>
       </c>
     </row>
     <row r="360" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A360" s="0" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B360" s="0">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="361" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A361" s="0" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B361" s="0">
-        <v>397</v>
+        <v>133</v>
       </c>
     </row>
     <row r="362" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A362" s="0" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B362" s="0">
-        <v>570</v>
+        <v>687</v>
       </c>
     </row>
     <row r="363" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A363" s="0" t="s">
         <v>360</v>
       </c>
       <c r="B363" s="0">
-        <v>170</v>
+        <v>687</v>
       </c>
     </row>
     <row r="364" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A364" s="0" t="s">
         <v>361</v>
       </c>
       <c r="B364" s="0">
-        <v>825</v>
+        <v>150</v>
       </c>
     </row>
     <row r="365" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A365" s="0" t="s">
         <v>362</v>
       </c>
       <c r="B365" s="0">
-        <v>200</v>
+        <v>397</v>
       </c>
     </row>
     <row r="366" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A366" s="0" t="s">
         <v>363</v>
       </c>
       <c r="B366" s="0">
-        <v>485</v>
+        <v>570</v>
       </c>
     </row>
     <row r="367" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A367" s="0" t="s">
         <v>364</v>
       </c>
       <c r="B367" s="0">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="368" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A368" s="0" t="s">
         <v>365</v>
       </c>
       <c r="B368" s="0">
-        <v>515</v>
+        <v>825</v>
       </c>
     </row>
     <row r="369" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A369" s="0" t="s">
         <v>366</v>
       </c>
       <c r="B369" s="0">
-        <v>960</v>
-[...3 lines deleted...]
-      <c r="A370" s="3" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="370" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A370" s="0" t="s">
         <v>367</v>
       </c>
-      <c r="B370" s="0"/>
+      <c r="B370" s="0">
+        <v>485</v>
+      </c>
     </row>
     <row r="371" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A371" s="0" t="s">
         <v>368</v>
       </c>
       <c r="B371" s="0">
-        <v>7350</v>
+        <v>350</v>
       </c>
     </row>
     <row r="372" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A372" s="0" t="s">
         <v>369</v>
       </c>
       <c r="B372" s="0">
-        <v>1750</v>
+        <v>515</v>
       </c>
     </row>
     <row r="373" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A373" s="0" t="s">
         <v>370</v>
       </c>
       <c r="B373" s="0">
-        <v>885</v>
-[...3 lines deleted...]
-      <c r="A374" s="0" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="374" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A374" s="3" t="s">
         <v>371</v>
       </c>
-      <c r="B374" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B374" s="0"/>
     </row>
     <row r="375" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A375" s="0" t="s">
         <v>372</v>
       </c>
       <c r="B375" s="0">
-        <v>1105</v>
+        <v>7350</v>
       </c>
     </row>
     <row r="376" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A376" s="0" t="s">
         <v>373</v>
       </c>
       <c r="B376" s="0">
-        <v>815</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="377" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A377" s="0" t="s">
         <v>374</v>
       </c>
       <c r="B377" s="0">
-        <v>7390</v>
+        <v>885</v>
       </c>
     </row>
     <row r="378" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A378" s="0" t="s">
         <v>375</v>
       </c>
       <c r="B378" s="0">
-        <v>2075</v>
+        <v>635</v>
       </c>
     </row>
     <row r="379" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A379" s="0" t="s">
         <v>376</v>
       </c>
       <c r="B379" s="0">
-        <v>1560</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="380" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A380" s="0" t="s">
         <v>377</v>
       </c>
       <c r="B380" s="0">
-        <v>1450</v>
+        <v>815</v>
       </c>
     </row>
     <row r="381" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A381" s="0" t="s">
         <v>378</v>
       </c>
       <c r="B381" s="0">
-        <v>1575</v>
+        <v>7390</v>
       </c>
     </row>
     <row r="382" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A382" s="0" t="s">
         <v>379</v>
       </c>
       <c r="B382" s="0">
-        <v>915</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="383" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A383" s="0" t="s">
         <v>380</v>
       </c>
       <c r="B383" s="0">
-        <v>2370</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="384" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A384" s="0" t="s">
         <v>381</v>
       </c>
       <c r="B384" s="0">
-        <v>260</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="385" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A385" s="0" t="s">
         <v>382</v>
       </c>
       <c r="B385" s="0">
-        <v>205</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="386" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A386" s="0" t="s">
         <v>383</v>
       </c>
       <c r="B386" s="0">
-        <v>655</v>
+        <v>915</v>
       </c>
     </row>
     <row r="387" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A387" s="0" t="s">
         <v>384</v>
       </c>
       <c r="B387" s="0">
-        <v>1880</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="388" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A388" s="0" t="s">
         <v>385</v>
       </c>
       <c r="B388" s="0">
-        <v>1270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="389" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A389" s="0" t="s">
         <v>386</v>
       </c>
       <c r="B389" s="0">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="390" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A390" s="0" t="s">
         <v>387</v>
       </c>
       <c r="B390" s="0">
-        <v>2655</v>
+        <v>655</v>
       </c>
     </row>
     <row r="391" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A391" s="0" t="s">
         <v>388</v>
       </c>
       <c r="B391" s="0">
-        <v>1835</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="392" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A392" s="0" t="s">
         <v>389</v>
       </c>
       <c r="B392" s="0">
-        <v>2320</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="393" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A393" s="0" t="s">
         <v>390</v>
       </c>
       <c r="B393" s="0">
-        <v>1305</v>
+        <v>360</v>
       </c>
     </row>
     <row r="394" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A394" s="0" t="s">
         <v>391</v>
       </c>
       <c r="B394" s="0">
-        <v>4110</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="395" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A395" s="0" t="s">
         <v>392</v>
       </c>
       <c r="B395" s="0">
-        <v>720</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="396" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A396" s="0" t="s">
         <v>393</v>
       </c>
       <c r="B396" s="0">
-        <v>1555</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="397" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A397" s="0" t="s">
         <v>394</v>
       </c>
       <c r="B397" s="0">
-        <v>1435</v>
-[...3 lines deleted...]
-      <c r="A398" s="3" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="398" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A398" s="0" t="s">
         <v>395</v>
       </c>
-      <c r="B398" s="0"/>
+      <c r="B398" s="0">
+        <v>4110</v>
+      </c>
     </row>
     <row r="399" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A399" s="0" t="s">
         <v>396</v>
       </c>
       <c r="B399" s="0">
-        <v>11766</v>
+        <v>760</v>
       </c>
     </row>
     <row r="400" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A400" s="0" t="s">
         <v>397</v>
       </c>
       <c r="B400" s="0">
-        <v>13246</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="401" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A401" s="0" t="s">
         <v>398</v>
       </c>
       <c r="B401" s="0">
-        <v>11470</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="402" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A402" s="0" t="s">
         <v>399</v>
       </c>
       <c r="B402" s="0">
-        <v>21095</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="403" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A403" s="0" t="s">
         <v>400</v>
       </c>
       <c r="B403" s="0">
-        <v>22067</v>
-[...3 lines deleted...]
-      <c r="A404" s="0" t="s">
+        <v>4845</v>
+      </c>
+    </row>
+    <row r="404" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A404" s="3" t="s">
         <v>401</v>
       </c>
-      <c r="B404" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B404" s="0"/>
     </row>
     <row r="405" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A405" s="0" t="s">
         <v>402</v>
       </c>
       <c r="B405" s="0">
-        <v>12800</v>
+        <v>11766</v>
       </c>
     </row>
     <row r="406" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A406" s="0" t="s">
         <v>403</v>
       </c>
       <c r="B406" s="0">
-        <v>24849</v>
+        <v>13246</v>
       </c>
     </row>
     <row r="407" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A407" s="0" t="s">
         <v>404</v>
       </c>
       <c r="B407" s="0">
-        <v>23280</v>
+        <v>11470</v>
       </c>
     </row>
     <row r="408" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A408" s="0" t="s">
         <v>405</v>
       </c>
       <c r="B408" s="0">
-        <v>17405</v>
+        <v>21095</v>
       </c>
     </row>
     <row r="409" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A409" s="0" t="s">
         <v>406</v>
       </c>
       <c r="B409" s="0">
-        <v>29750</v>
+        <v>22067</v>
       </c>
     </row>
     <row r="410" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A410" s="0" t="s">
         <v>407</v>
       </c>
       <c r="B410" s="0">
-        <v>10560</v>
+        <v>15950</v>
       </c>
     </row>
     <row r="411" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A411" s="0" t="s">
         <v>408</v>
       </c>
       <c r="B411" s="0">
-        <v>10535</v>
+        <v>12800</v>
       </c>
     </row>
     <row r="412" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A412" s="0" t="s">
         <v>409</v>
       </c>
       <c r="B412" s="0">
-        <v>34535</v>
+        <v>24849</v>
       </c>
     </row>
     <row r="413" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A413" s="0" t="s">
         <v>410</v>
       </c>
       <c r="B413" s="0">
-        <v>12800</v>
+        <v>23280</v>
       </c>
     </row>
     <row r="414" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A414" s="0" t="s">
         <v>411</v>
       </c>
       <c r="B414" s="0">
-        <v>9110</v>
+        <v>29750</v>
       </c>
     </row>
     <row r="415" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A415" s="0" t="s">
         <v>412</v>
       </c>
       <c r="B415" s="0">
-        <v>9995</v>
+        <v>10560</v>
       </c>
     </row>
     <row r="416" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A416" s="0" t="s">
         <v>413</v>
       </c>
       <c r="B416" s="0">
-        <v>15695</v>
+        <v>10535</v>
       </c>
     </row>
     <row r="417" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A417" s="0" t="s">
         <v>414</v>
       </c>
       <c r="B417" s="0">
-        <v>20895</v>
+        <v>34535</v>
       </c>
     </row>
     <row r="418" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A418" s="0" t="s">
         <v>415</v>
       </c>
       <c r="B418" s="0">
-        <v>10955</v>
+        <v>12800</v>
       </c>
     </row>
     <row r="419" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A419" s="0" t="s">
         <v>416</v>
       </c>
       <c r="B419" s="0">
-        <v>8020</v>
+        <v>9110</v>
       </c>
     </row>
     <row r="420" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A420" s="0" t="s">
         <v>417</v>
       </c>
       <c r="B420" s="0">
-        <v>8520</v>
+        <v>9995</v>
       </c>
     </row>
     <row r="421" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A421" s="0" t="s">
         <v>418</v>
       </c>
       <c r="B421" s="0">
-        <v>9660</v>
+        <v>15695</v>
       </c>
     </row>
     <row r="422" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A422" s="0" t="s">
         <v>419</v>
       </c>
       <c r="B422" s="0">
-        <v>11850</v>
-[...3 lines deleted...]
-      <c r="A423" s="3" t="s">
+        <v>20895</v>
+      </c>
+    </row>
+    <row r="423" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A423" s="0" t="s">
         <v>420</v>
       </c>
-      <c r="B423" s="0"/>
-[...2 lines deleted...]
-      <c r="A424" s="3" t="s">
+      <c r="B423" s="0">
+        <v>10955</v>
+      </c>
+    </row>
+    <row r="424" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A424" s="0" t="s">
         <v>421</v>
       </c>
-      <c r="B424" s="0"/>
+      <c r="B424" s="0">
+        <v>8020</v>
+      </c>
     </row>
     <row r="425" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A425" s="0" t="s">
         <v>422</v>
       </c>
       <c r="B425" s="0">
-        <v>240</v>
+        <v>8520</v>
       </c>
     </row>
     <row r="426" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A426" s="0" t="s">
         <v>423</v>
       </c>
       <c r="B426" s="0">
-        <v>255</v>
+        <v>9660</v>
       </c>
     </row>
     <row r="427" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A427" s="0" t="s">
         <v>424</v>
       </c>
       <c r="B427" s="0">
-        <v>260</v>
-[...3 lines deleted...]
-      <c r="A428" s="0" t="s">
+        <v>11850</v>
+      </c>
+    </row>
+    <row r="428" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A428" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="B428" s="0">
-[...4 lines deleted...]
-      <c r="A429" s="0" t="s">
+      <c r="B428" s="0"/>
+    </row>
+    <row r="429" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A429" s="3" t="s">
         <v>426</v>
       </c>
-      <c r="B429" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B429" s="0"/>
     </row>
     <row r="430" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A430" s="0" t="s">
         <v>427</v>
       </c>
       <c r="B430" s="0">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="431" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A431" s="0" t="s">
         <v>428</v>
       </c>
       <c r="B431" s="0">
-        <v>300</v>
+        <v>255</v>
       </c>
     </row>
     <row r="432" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A432" s="0" t="s">
         <v>429</v>
       </c>
       <c r="B432" s="0">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="433" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A433" s="0" t="s">
         <v>430</v>
       </c>
       <c r="B433" s="0">
-        <v>350</v>
+        <v>265</v>
       </c>
     </row>
     <row r="434" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A434" s="0" t="s">
         <v>431</v>
       </c>
       <c r="B434" s="0">
-        <v>440</v>
+        <v>320</v>
       </c>
     </row>
     <row r="435" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A435" s="0" t="s">
         <v>432</v>
       </c>
       <c r="B435" s="0">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="436" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A436" s="0" t="s">
         <v>433</v>
       </c>
       <c r="B436" s="0">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="437" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A437" s="0" t="s">
         <v>434</v>
       </c>
       <c r="B437" s="0">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="438" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A438" s="0" t="s">
         <v>435</v>
       </c>
       <c r="B438" s="0">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="439" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A439" s="0" t="s">
         <v>436</v>
       </c>
       <c r="B439" s="0">
-        <v>230</v>
+        <v>440</v>
       </c>
     </row>
     <row r="440" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A440" s="0" t="s">
         <v>437</v>
       </c>
       <c r="B440" s="0">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="441" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A441" s="0" t="s">
         <v>438</v>
       </c>
       <c r="B441" s="0">
-        <v>345</v>
+        <v>230</v>
       </c>
     </row>
     <row r="442" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A442" s="0" t="s">
         <v>439</v>
       </c>
       <c r="B442" s="0">
-        <v>470</v>
+        <v>230</v>
       </c>
     </row>
     <row r="443" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A443" s="0" t="s">
         <v>440</v>
       </c>
       <c r="B443" s="0">
-        <v>540</v>
+        <v>230</v>
       </c>
     </row>
     <row r="444" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A444" s="0" t="s">
         <v>441</v>
       </c>
       <c r="B444" s="0">
-        <v>660</v>
+        <v>230</v>
       </c>
     </row>
     <row r="445" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A445" s="0" t="s">
         <v>442</v>
       </c>
       <c r="B445" s="0">
-        <v>660</v>
+        <v>350</v>
       </c>
     </row>
     <row r="446" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A446" s="0" t="s">
         <v>443</v>
       </c>
       <c r="B446" s="0">
-        <v>180</v>
+        <v>365</v>
       </c>
     </row>
     <row r="447" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A447" s="0" t="s">
         <v>444</v>
       </c>
       <c r="B447" s="0">
-        <v>170</v>
+        <v>470</v>
       </c>
     </row>
     <row r="448" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A448" s="0" t="s">
         <v>445</v>
       </c>
       <c r="B448" s="0">
-        <v>185</v>
+        <v>560</v>
       </c>
     </row>
     <row r="449" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A449" s="0" t="s">
         <v>446</v>
       </c>
       <c r="B449" s="0">
-        <v>490</v>
+        <v>660</v>
       </c>
     </row>
     <row r="450" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A450" s="0" t="s">
         <v>447</v>
       </c>
       <c r="B450" s="0">
-        <v>670</v>
+        <v>660</v>
       </c>
     </row>
     <row r="451" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A451" s="0" t="s">
         <v>448</v>
       </c>
       <c r="B451" s="0">
-        <v>670</v>
+        <v>180</v>
       </c>
     </row>
     <row r="452" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A452" s="0" t="s">
         <v>449</v>
       </c>
       <c r="B452" s="0">
-        <v>510</v>
+        <v>170</v>
       </c>
     </row>
     <row r="453" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A453" s="0" t="s">
         <v>450</v>
       </c>
       <c r="B453" s="0">
-        <v>570</v>
+        <v>185</v>
       </c>
     </row>
     <row r="454" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A454" s="0" t="s">
         <v>451</v>
       </c>
       <c r="B454" s="0">
-        <v>740</v>
+        <v>490</v>
       </c>
     </row>
     <row r="455" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A455" s="0" t="s">
         <v>452</v>
       </c>
       <c r="B455" s="0">
-        <v>880</v>
+        <v>670</v>
       </c>
     </row>
     <row r="456" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A456" s="0" t="s">
         <v>453</v>
       </c>
       <c r="B456" s="0">
-        <v>810</v>
+        <v>670</v>
       </c>
     </row>
     <row r="457" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A457" s="0" t="s">
         <v>454</v>
       </c>
       <c r="B457" s="0">
-        <v>935</v>
+        <v>510</v>
       </c>
     </row>
     <row r="458" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A458" s="0" t="s">
         <v>455</v>
       </c>
       <c r="B458" s="0">
-        <v>960</v>
+        <v>570</v>
       </c>
     </row>
     <row r="459" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A459" s="0" t="s">
         <v>456</v>
       </c>
       <c r="B459" s="0">
-        <v>225</v>
+        <v>740</v>
       </c>
     </row>
     <row r="460" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A460" s="0" t="s">
         <v>457</v>
       </c>
       <c r="B460" s="0">
-        <v>345</v>
+        <v>880</v>
       </c>
     </row>
     <row r="461" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A461" s="0" t="s">
         <v>458</v>
       </c>
       <c r="B461" s="0">
-        <v>240</v>
+        <v>810</v>
       </c>
     </row>
     <row r="462" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A462" s="0" t="s">
         <v>459</v>
       </c>
       <c r="B462" s="0">
-        <v>370</v>
+        <v>935</v>
       </c>
     </row>
     <row r="463" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A463" s="0" t="s">
         <v>460</v>
       </c>
       <c r="B463" s="0">
-        <v>320</v>
+        <v>960</v>
       </c>
     </row>
     <row r="464" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A464" s="0" t="s">
         <v>461</v>
       </c>
       <c r="B464" s="0">
-        <v>485</v>
+        <v>225</v>
       </c>
     </row>
     <row r="465" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A465" s="0" t="s">
         <v>462</v>
       </c>
       <c r="B465" s="0">
-        <v>335</v>
+        <v>345</v>
       </c>
     </row>
     <row r="466" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A466" s="0" t="s">
         <v>463</v>
       </c>
       <c r="B466" s="0">
-        <v>595</v>
+        <v>240</v>
       </c>
     </row>
     <row r="467" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A467" s="0" t="s">
         <v>464</v>
       </c>
       <c r="B467" s="0">
-        <v>390</v>
+        <v>370</v>
       </c>
     </row>
     <row r="468" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A468" s="0" t="s">
         <v>465</v>
       </c>
       <c r="B468" s="0">
-        <v>785</v>
+        <v>320</v>
       </c>
     </row>
     <row r="469" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A469" s="0" t="s">
         <v>466</v>
       </c>
       <c r="B469" s="0">
-        <v>415</v>
+        <v>485</v>
       </c>
     </row>
     <row r="470" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A470" s="0" t="s">
         <v>467</v>
       </c>
       <c r="B470" s="0">
-        <v>540</v>
+        <v>335</v>
       </c>
     </row>
     <row r="471" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A471" s="0" t="s">
         <v>468</v>
       </c>
       <c r="B471" s="0">
-        <v>790</v>
+        <v>595</v>
       </c>
     </row>
     <row r="472" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A472" s="0" t="s">
         <v>469</v>
       </c>
       <c r="B472" s="0">
-        <v>110</v>
+        <v>390</v>
       </c>
     </row>
     <row r="473" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A473" s="0" t="s">
         <v>470</v>
       </c>
       <c r="B473" s="0">
-        <v>110</v>
+        <v>785</v>
       </c>
     </row>
     <row r="474" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A474" s="0" t="s">
         <v>471</v>
       </c>
       <c r="B474" s="0">
-        <v>125</v>
+        <v>415</v>
       </c>
     </row>
     <row r="475" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A475" s="0" t="s">
         <v>472</v>
       </c>
       <c r="B475" s="0">
-        <v>155</v>
+        <v>540</v>
       </c>
     </row>
     <row r="476" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A476" s="0" t="s">
         <v>473</v>
       </c>
       <c r="B476" s="0">
-        <v>195</v>
+        <v>790</v>
       </c>
     </row>
     <row r="477" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A477" s="0" t="s">
         <v>474</v>
       </c>
       <c r="B477" s="0">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="478" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A478" s="0" t="s">
         <v>475</v>
       </c>
       <c r="B478" s="0">
-        <v>395</v>
+        <v>110</v>
       </c>
     </row>
     <row r="479" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A479" s="0" t="s">
         <v>476</v>
       </c>
       <c r="B479" s="0">
-        <v>355</v>
+        <v>125</v>
       </c>
     </row>
     <row r="480" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A480" s="0" t="s">
         <v>477</v>
       </c>
       <c r="B480" s="0">
-        <v>360</v>
+        <v>155</v>
       </c>
     </row>
     <row r="481" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A481" s="0" t="s">
         <v>478</v>
       </c>
       <c r="B481" s="0">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="482" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A482" s="0" t="s">
         <v>479</v>
       </c>
       <c r="B482" s="0">
-        <v>375</v>
+        <v>220</v>
       </c>
     </row>
     <row r="483" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A483" s="0" t="s">
         <v>480</v>
       </c>
       <c r="B483" s="0">
-        <v>450</v>
+        <v>395</v>
       </c>
     </row>
     <row r="484" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A484" s="0" t="s">
         <v>481</v>
       </c>
       <c r="B484" s="0">
-        <v>530</v>
+        <v>355</v>
       </c>
     </row>
     <row r="485" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A485" s="0" t="s">
         <v>482</v>
       </c>
       <c r="B485" s="0">
-        <v>505</v>
+        <v>360</v>
       </c>
     </row>
     <row r="486" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A486" s="0" t="s">
         <v>483</v>
       </c>
       <c r="B486" s="0">
-        <v>530</v>
+        <v>320</v>
       </c>
     </row>
     <row r="487" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A487" s="0" t="s">
         <v>484</v>
       </c>
       <c r="B487" s="0">
-        <v>540</v>
+        <v>375</v>
       </c>
     </row>
     <row r="488" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A488" s="0" t="s">
         <v>485</v>
       </c>
       <c r="B488" s="0">
-        <v>470</v>
+        <v>450</v>
       </c>
     </row>
     <row r="489" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A489" s="0" t="s">
         <v>486</v>
       </c>
       <c r="B489" s="0">
-        <v>565</v>
+        <v>530</v>
       </c>
     </row>
     <row r="490" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A490" s="0" t="s">
         <v>487</v>
       </c>
       <c r="B490" s="0">
-        <v>675</v>
+        <v>505</v>
       </c>
     </row>
     <row r="491" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A491" s="0" t="s">
         <v>488</v>
       </c>
       <c r="B491" s="0">
-        <v>555</v>
+        <v>530</v>
       </c>
     </row>
     <row r="492" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A492" s="0" t="s">
         <v>489</v>
       </c>
       <c r="B492" s="0">
-        <v>510</v>
+        <v>540</v>
       </c>
     </row>
     <row r="493" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A493" s="0" t="s">
         <v>490</v>
       </c>
       <c r="B493" s="0">
-        <v>585</v>
+        <v>470</v>
       </c>
     </row>
     <row r="494" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A494" s="0" t="s">
         <v>491</v>
       </c>
       <c r="B494" s="0">
-        <v>740</v>
+        <v>565</v>
       </c>
     </row>
     <row r="495" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A495" s="0" t="s">
         <v>492</v>
       </c>
       <c r="B495" s="0">
-        <v>720</v>
+        <v>675</v>
       </c>
     </row>
     <row r="496" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A496" s="0" t="s">
         <v>493</v>
       </c>
       <c r="B496" s="0">
-        <v>825</v>
+        <v>555</v>
       </c>
     </row>
     <row r="497" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A497" s="0" t="s">
         <v>494</v>
       </c>
       <c r="B497" s="0">
-        <v>745</v>
+        <v>510</v>
       </c>
     </row>
     <row r="498" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A498" s="0" t="s">
         <v>495</v>
       </c>
       <c r="B498" s="0">
-        <v>755</v>
+        <v>585</v>
       </c>
     </row>
     <row r="499" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A499" s="0" t="s">
         <v>496</v>
       </c>
       <c r="B499" s="0">
-        <v>995</v>
+        <v>740</v>
       </c>
     </row>
     <row r="500" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A500" s="0" t="s">
         <v>497</v>
       </c>
       <c r="B500" s="0">
-        <v>1060</v>
+        <v>720</v>
       </c>
     </row>
     <row r="501" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A501" s="0" t="s">
         <v>498</v>
       </c>
       <c r="B501" s="0">
-        <v>355</v>
+        <v>825</v>
       </c>
     </row>
     <row r="502" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A502" s="0" t="s">
         <v>499</v>
       </c>
       <c r="B502" s="0">
-        <v>400</v>
+        <v>745</v>
       </c>
     </row>
     <row r="503" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A503" s="0" t="s">
         <v>500</v>
       </c>
       <c r="B503" s="0">
-        <v>360</v>
+        <v>755</v>
       </c>
     </row>
     <row r="504" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A504" s="0" t="s">
         <v>501</v>
       </c>
       <c r="B504" s="0">
-        <v>405</v>
+        <v>995</v>
       </c>
     </row>
     <row r="505" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A505" s="0" t="s">
         <v>502</v>
       </c>
       <c r="B505" s="0">
-        <v>415</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="506" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A506" s="0" t="s">
         <v>503</v>
       </c>
       <c r="B506" s="0">
-        <v>450</v>
+        <v>355</v>
       </c>
     </row>
     <row r="507" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A507" s="0" t="s">
         <v>504</v>
       </c>
       <c r="B507" s="0">
-        <v>520</v>
+        <v>400</v>
       </c>
     </row>
     <row r="508" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A508" s="0" t="s">
         <v>505</v>
       </c>
       <c r="B508" s="0">
-        <v>725</v>
+        <v>360</v>
       </c>
     </row>
     <row r="509" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A509" s="0" t="s">
         <v>506</v>
       </c>
       <c r="B509" s="0">
-        <v>545</v>
+        <v>405</v>
       </c>
     </row>
     <row r="510" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A510" s="0" t="s">
         <v>507</v>
       </c>
       <c r="B510" s="0">
-        <v>750</v>
+        <v>415</v>
       </c>
     </row>
     <row r="511" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A511" s="0" t="s">
         <v>508</v>
       </c>
       <c r="B511" s="0">
-        <v>760</v>
+        <v>450</v>
       </c>
     </row>
     <row r="512" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A512" s="0" t="s">
         <v>509</v>
       </c>
       <c r="B512" s="0">
-        <v>730</v>
+        <v>520</v>
       </c>
     </row>
     <row r="513" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A513" s="0" t="s">
         <v>510</v>
       </c>
       <c r="B513" s="0">
-        <v>595</v>
+        <v>725</v>
       </c>
     </row>
     <row r="514" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A514" s="0" t="s">
         <v>511</v>
       </c>
       <c r="B514" s="0">
-        <v>775</v>
+        <v>545</v>
       </c>
     </row>
     <row r="515" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A515" s="0" t="s">
         <v>512</v>
       </c>
       <c r="B515" s="0">
-        <v>890</v>
+        <v>750</v>
       </c>
     </row>
     <row r="516" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A516" s="0" t="s">
         <v>513</v>
       </c>
       <c r="B516" s="0">
-        <v>785</v>
+        <v>760</v>
       </c>
     </row>
     <row r="517" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A517" s="0" t="s">
         <v>514</v>
       </c>
       <c r="B517" s="0">
-        <v>1250</v>
+        <v>730</v>
       </c>
     </row>
     <row r="518" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A518" s="0" t="s">
         <v>515</v>
       </c>
       <c r="B518" s="0">
-        <v>210</v>
+        <v>595</v>
       </c>
     </row>
     <row r="519" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A519" s="0" t="s">
         <v>516</v>
       </c>
       <c r="B519" s="0">
-        <v>370</v>
+        <v>775</v>
       </c>
     </row>
     <row r="520" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A520" s="0" t="s">
         <v>517</v>
       </c>
       <c r="B520" s="0">
-        <v>420</v>
+        <v>890</v>
       </c>
     </row>
     <row r="521" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A521" s="0" t="s">
         <v>518</v>
       </c>
       <c r="B521" s="0">
-        <v>580</v>
+        <v>785</v>
       </c>
     </row>
     <row r="522" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A522" s="0" t="s">
         <v>519</v>
       </c>
       <c r="B522" s="0">
-        <v>615</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="523" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A523" s="0" t="s">
         <v>520</v>
       </c>
       <c r="B523" s="0">
-        <v>985</v>
+        <v>210</v>
       </c>
     </row>
     <row r="524" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A524" s="0" t="s">
         <v>521</v>
       </c>
       <c r="B524" s="0">
-        <v>1100</v>
+        <v>370</v>
       </c>
     </row>
     <row r="525" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A525" s="0" t="s">
         <v>522</v>
       </c>
       <c r="B525" s="0">
-        <v>470</v>
+        <v>420</v>
       </c>
     </row>
     <row r="526" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A526" s="0" t="s">
         <v>523</v>
       </c>
       <c r="B526" s="0">
-        <v>320</v>
+        <v>580</v>
       </c>
     </row>
     <row r="527" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A527" s="0" t="s">
         <v>524</v>
       </c>
       <c r="B527" s="0">
-        <v>420</v>
+        <v>615</v>
       </c>
     </row>
     <row r="528" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A528" s="0" t="s">
         <v>525</v>
       </c>
       <c r="B528" s="0">
-        <v>630</v>
+        <v>985</v>
       </c>
     </row>
     <row r="529" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A529" s="0" t="s">
         <v>526</v>
       </c>
       <c r="B529" s="0">
-        <v>670</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="530" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A530" s="0" t="s">
         <v>527</v>
       </c>
       <c r="B530" s="0">
-        <v>1200</v>
+        <v>470</v>
       </c>
     </row>
     <row r="531" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A531" s="0" t="s">
         <v>528</v>
       </c>
       <c r="B531" s="0">
-        <v>4950</v>
+        <v>325</v>
       </c>
     </row>
     <row r="532" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A532" s="0" t="s">
         <v>529</v>
       </c>
       <c r="B532" s="0">
-        <v>630</v>
+        <v>420</v>
       </c>
     </row>
     <row r="533" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A533" s="0" t="s">
         <v>530</v>
       </c>
       <c r="B533" s="0">
-        <v>180</v>
+        <v>630</v>
       </c>
     </row>
     <row r="534" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A534" s="0" t="s">
         <v>531</v>
       </c>
       <c r="B534" s="0">
-        <v>380</v>
+        <v>670</v>
       </c>
     </row>
     <row r="535" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A535" s="0" t="s">
         <v>532</v>
       </c>
       <c r="B535" s="0">
-        <v>855</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="536" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A536" s="0" t="s">
         <v>533</v>
       </c>
       <c r="B536" s="0">
-        <v>1430</v>
+        <v>4950</v>
       </c>
     </row>
     <row r="537" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A537" s="0" t="s">
         <v>534</v>
       </c>
       <c r="B537" s="0">
-        <v>560</v>
+        <v>630</v>
       </c>
     </row>
     <row r="538" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A538" s="0" t="s">
         <v>535</v>
       </c>
       <c r="B538" s="0">
-        <v>810</v>
+        <v>180</v>
       </c>
     </row>
     <row r="539" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A539" s="0" t="s">
         <v>536</v>
       </c>
       <c r="B539" s="0">
-        <v>335</v>
+        <v>380</v>
       </c>
     </row>
     <row r="540" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A540" s="0" t="s">
         <v>537</v>
       </c>
       <c r="B540" s="0">
-        <v>450</v>
+        <v>855</v>
       </c>
     </row>
     <row r="541" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A541" s="0" t="s">
         <v>538</v>
       </c>
       <c r="B541" s="0">
-        <v>650</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="542" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A542" s="0" t="s">
         <v>539</v>
       </c>
       <c r="B542" s="0">
-        <v>510</v>
+        <v>560</v>
       </c>
     </row>
     <row r="543" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A543" s="0" t="s">
         <v>540</v>
       </c>
       <c r="B543" s="0">
-        <v>840</v>
+        <v>810</v>
       </c>
     </row>
     <row r="544" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A544" s="0" t="s">
         <v>541</v>
       </c>
       <c r="B544" s="0">
-        <v>495</v>
+        <v>340</v>
       </c>
     </row>
     <row r="545" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A545" s="0" t="s">
         <v>542</v>
       </c>
       <c r="B545" s="0">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="546" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A546" s="0" t="s">
         <v>543</v>
       </c>
       <c r="B546" s="0">
-        <v>785</v>
+        <v>650</v>
       </c>
     </row>
     <row r="547" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A547" s="0" t="s">
         <v>544</v>
       </c>
       <c r="B547" s="0">
-        <v>950</v>
+        <v>510</v>
       </c>
     </row>
     <row r="548" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A548" s="0" t="s">
         <v>545</v>
       </c>
       <c r="B548" s="0">
-        <v>1495</v>
+        <v>840</v>
       </c>
     </row>
     <row r="549" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A549" s="0" t="s">
         <v>546</v>
       </c>
       <c r="B549" s="0">
-        <v>1320</v>
+        <v>495</v>
       </c>
     </row>
     <row r="550" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A550" s="0" t="s">
         <v>547</v>
       </c>
       <c r="B550" s="0">
-        <v>780</v>
+        <v>650</v>
       </c>
     </row>
     <row r="551" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A551" s="0" t="s">
         <v>548</v>
       </c>
       <c r="B551" s="0">
-        <v>185</v>
+        <v>785</v>
       </c>
     </row>
     <row r="552" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A552" s="0" t="s">
         <v>549</v>
       </c>
       <c r="B552" s="0">
-        <v>335</v>
+        <v>950</v>
       </c>
     </row>
     <row r="553" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A553" s="0" t="s">
         <v>550</v>
       </c>
       <c r="B553" s="0">
-        <v>1650</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="554" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A554" s="0" t="s">
         <v>551</v>
       </c>
       <c r="B554" s="0">
-        <v>995</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="555" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A555" s="0" t="s">
         <v>552</v>
       </c>
       <c r="B555" s="0">
-        <v>1970</v>
+        <v>780</v>
       </c>
     </row>
     <row r="556" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A556" s="0" t="s">
         <v>553</v>
       </c>
       <c r="B556" s="0">
-        <v>595</v>
+        <v>185</v>
       </c>
     </row>
     <row r="557" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A557" s="0" t="s">
         <v>554</v>
       </c>
       <c r="B557" s="0">
-        <v>265</v>
+        <v>335</v>
       </c>
     </row>
     <row r="558" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A558" s="0" t="s">
         <v>555</v>
       </c>
       <c r="B558" s="0">
-        <v>450</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="559" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A559" s="0" t="s">
         <v>556</v>
       </c>
       <c r="B559" s="0">
-        <v>1240</v>
+        <v>995</v>
       </c>
     </row>
     <row r="560" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A560" s="0" t="s">
         <v>557</v>
       </c>
       <c r="B560" s="0">
-        <v>840</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="561" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A561" s="0" t="s">
         <v>558</v>
       </c>
       <c r="B561" s="0">
-        <v>5985</v>
+        <v>615</v>
       </c>
     </row>
     <row r="562" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A562" s="0" t="s">
         <v>559</v>
       </c>
       <c r="B562" s="0">
-        <v>300</v>
+        <v>315</v>
       </c>
     </row>
     <row r="563" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A563" s="0" t="s">
         <v>560</v>
       </c>
       <c r="B563" s="0">
-        <v>745</v>
+        <v>450</v>
       </c>
     </row>
     <row r="564" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A564" s="0" t="s">
         <v>561</v>
       </c>
       <c r="B564" s="0">
-        <v>750</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="565" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A565" s="0" t="s">
         <v>562</v>
       </c>
       <c r="B565" s="0">
-        <v>260</v>
+        <v>840</v>
       </c>
     </row>
     <row r="566" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A566" s="0" t="s">
         <v>563</v>
       </c>
       <c r="B566" s="0">
-        <v>995</v>
+        <v>5985</v>
       </c>
     </row>
     <row r="567" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A567" s="0" t="s">
         <v>564</v>
       </c>
       <c r="B567" s="0">
-        <v>450</v>
+        <v>315</v>
       </c>
     </row>
     <row r="568" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A568" s="0" t="s">
         <v>565</v>
       </c>
       <c r="B568" s="0">
-        <v>1850</v>
+        <v>745</v>
       </c>
     </row>
     <row r="569" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A569" s="0" t="s">
         <v>566</v>
       </c>
       <c r="B569" s="0">
-        <v>590</v>
+        <v>750</v>
       </c>
     </row>
     <row r="570" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A570" s="0" t="s">
         <v>567</v>
       </c>
       <c r="B570" s="0">
-        <v>930</v>
+        <v>260</v>
       </c>
     </row>
     <row r="571" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A571" s="0" t="s">
         <v>568</v>
       </c>
       <c r="B571" s="0">
-        <v>800</v>
+        <v>995</v>
       </c>
     </row>
     <row r="572" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A572" s="0" t="s">
         <v>569</v>
       </c>
       <c r="B572" s="0">
-        <v>4250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="573" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A573" s="0" t="s">
         <v>570</v>
       </c>
       <c r="B573" s="0">
-        <v>555</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="574" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A574" s="0" t="s">
         <v>571</v>
       </c>
       <c r="B574" s="0">
-        <v>510</v>
+        <v>590</v>
       </c>
     </row>
     <row r="575" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A575" s="0" t="s">
         <v>572</v>
       </c>
       <c r="B575" s="0">
-        <v>4865</v>
+        <v>930</v>
       </c>
     </row>
     <row r="576" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A576" s="0" t="s">
         <v>573</v>
       </c>
       <c r="B576" s="0">
-        <v>530</v>
+        <v>800</v>
       </c>
     </row>
     <row r="577" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A577" s="0" t="s">
         <v>574</v>
       </c>
       <c r="B577" s="0">
-        <v>795</v>
+        <v>4250</v>
       </c>
     </row>
     <row r="578" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A578" s="0" t="s">
         <v>575</v>
       </c>
       <c r="B578" s="0">
-        <v>750</v>
+        <v>555</v>
       </c>
     </row>
     <row r="579" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A579" s="0" t="s">
         <v>576</v>
       </c>
       <c r="B579" s="0">
-        <v>700</v>
+        <v>510</v>
       </c>
     </row>
     <row r="580" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A580" s="0" t="s">
         <v>577</v>
       </c>
       <c r="B580" s="0">
-        <v>8615</v>
+        <v>4865</v>
       </c>
     </row>
     <row r="581" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A581" s="0" t="s">
         <v>578</v>
       </c>
       <c r="B581" s="0">
-        <v>520</v>
+        <v>540</v>
       </c>
     </row>
     <row r="582" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A582" s="0" t="s">
         <v>579</v>
       </c>
       <c r="B582" s="0">
-        <v>400</v>
+        <v>795</v>
       </c>
     </row>
     <row r="583" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A583" s="0" t="s">
         <v>580</v>
       </c>
       <c r="B583" s="0">
-        <v>850</v>
+        <v>750</v>
       </c>
     </row>
     <row r="584" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A584" s="0" t="s">
         <v>581</v>
       </c>
       <c r="B584" s="0">
-        <v>395</v>
+        <v>700</v>
       </c>
     </row>
     <row r="585" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A585" s="0" t="s">
         <v>582</v>
       </c>
       <c r="B585" s="0">
-        <v>430</v>
+        <v>8615</v>
       </c>
     </row>
     <row r="586" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A586" s="0" t="s">
         <v>583</v>
       </c>
       <c r="B586" s="0">
-        <v>375</v>
+        <v>520</v>
       </c>
     </row>
     <row r="587" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A587" s="0" t="s">
         <v>584</v>
       </c>
       <c r="B587" s="0">
-        <v>1890</v>
+        <v>400</v>
       </c>
     </row>
     <row r="588" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A588" s="0" t="s">
         <v>585</v>
       </c>
       <c r="B588" s="0">
-        <v>330</v>
+        <v>850</v>
       </c>
     </row>
     <row r="589" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A589" s="0" t="s">
         <v>586</v>
       </c>
       <c r="B589" s="0">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="590" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A590" s="0" t="s">
         <v>587</v>
       </c>
       <c r="B590" s="0">
-        <v>420</v>
+        <v>430</v>
       </c>
     </row>
     <row r="591" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A591" s="0" t="s">
         <v>588</v>
       </c>
       <c r="B591" s="0">
-        <v>540</v>
+        <v>375</v>
       </c>
     </row>
     <row r="592" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A592" s="0" t="s">
         <v>589</v>
       </c>
       <c r="B592" s="0">
-        <v>590</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="593" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A593" s="0" t="s">
         <v>590</v>
       </c>
       <c r="B593" s="0">
-        <v>785</v>
+        <v>225</v>
       </c>
     </row>
     <row r="594" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A594" s="0" t="s">
         <v>591</v>
       </c>
       <c r="B594" s="0">
-        <v>530</v>
+        <v>420</v>
       </c>
     </row>
     <row r="595" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A595" s="0" t="s">
         <v>592</v>
       </c>
       <c r="B595" s="0">
-        <v>770</v>
+        <v>540</v>
       </c>
     </row>
     <row r="596" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A596" s="0" t="s">
         <v>593</v>
       </c>
       <c r="B596" s="0">
-        <v>1670</v>
+        <v>590</v>
       </c>
     </row>
     <row r="597" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A597" s="0" t="s">
         <v>594</v>
       </c>
       <c r="B597" s="0">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="598" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A598" s="0" t="s">
         <v>595</v>
       </c>
       <c r="B598" s="0">
-        <v>1110</v>
+        <v>530</v>
       </c>
     </row>
     <row r="599" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A599" s="0" t="s">
         <v>596</v>
       </c>
       <c r="B599" s="0">
-        <v>6690</v>
+        <v>770</v>
       </c>
     </row>
     <row r="600" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A600" s="0" t="s">
         <v>597</v>
       </c>
       <c r="B600" s="0">
-        <v>6910</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="601" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A601" s="0" t="s">
         <v>598</v>
       </c>
       <c r="B601" s="0">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="602" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A602" s="0" t="s">
         <v>599</v>
       </c>
       <c r="B602" s="0">
-        <v>4445</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="603" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A603" s="0" t="s">
         <v>600</v>
       </c>
       <c r="B603" s="0">
-        <v>4190</v>
+        <v>6690</v>
       </c>
     </row>
     <row r="604" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A604" s="0" t="s">
         <v>601</v>
       </c>
       <c r="B604" s="0">
-        <v>1045</v>
+        <v>6910</v>
       </c>
     </row>
     <row r="605" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A605" s="0" t="s">
         <v>602</v>
       </c>
       <c r="B605" s="0">
-        <v>810</v>
+        <v>300</v>
       </c>
     </row>
     <row r="606" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A606" s="0" t="s">
         <v>603</v>
       </c>
       <c r="B606" s="0">
-        <v>1000</v>
+        <v>4445</v>
       </c>
     </row>
     <row r="607" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A607" s="0" t="s">
         <v>604</v>
       </c>
       <c r="B607" s="0">
-        <v>1705</v>
+        <v>4190</v>
       </c>
     </row>
     <row r="608" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A608" s="0" t="s">
         <v>605</v>
       </c>
       <c r="B608" s="0">
-        <v>350</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="609" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A609" s="0" t="s">
         <v>606</v>
       </c>
       <c r="B609" s="0">
-        <v>880</v>
+        <v>810</v>
       </c>
     </row>
     <row r="610" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A610" s="0" t="s">
         <v>607</v>
       </c>
       <c r="B610" s="0">
-        <v>1300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="611" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A611" s="0" t="s">
         <v>608</v>
       </c>
       <c r="B611" s="0">
-        <v>235</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="612" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A612" s="0" t="s">
         <v>609</v>
       </c>
       <c r="B612" s="0">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="613" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A613" s="0" t="s">
         <v>610</v>
       </c>
       <c r="B613" s="0">
-        <v>165</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="614" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A614" s="0" t="s">
         <v>611</v>
       </c>
       <c r="B614" s="0">
-        <v>5885</v>
+        <v>235</v>
       </c>
     </row>
     <row r="615" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A615" s="0" t="s">
         <v>612</v>
       </c>
       <c r="B615" s="0">
-        <v>1485</v>
+        <v>225</v>
       </c>
     </row>
     <row r="616" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A616" s="0" t="s">
         <v>613</v>
       </c>
       <c r="B616" s="0">
-        <v>2730</v>
+        <v>165</v>
       </c>
     </row>
     <row r="617" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A617" s="0" t="s">
         <v>614</v>
       </c>
       <c r="B617" s="0">
-        <v>745</v>
+        <v>5885</v>
       </c>
     </row>
     <row r="618" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A618" s="0" t="s">
         <v>615</v>
       </c>
       <c r="B618" s="0">
-        <v>1795</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="619" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A619" s="0" t="s">
         <v>616</v>
       </c>
       <c r="B619" s="0">
-        <v>1325</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="620" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A620" s="0" t="s">
         <v>617</v>
       </c>
       <c r="B620" s="0">
-        <v>1440</v>
+        <v>745</v>
       </c>
     </row>
     <row r="621" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A621" s="0" t="s">
         <v>618</v>
       </c>
       <c r="B621" s="0">
-        <v>1660</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="622" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A622" s="0" t="s">
         <v>619</v>
       </c>
       <c r="B622" s="0">
-        <v>1120</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="623" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A623" s="0" t="s">
         <v>620</v>
       </c>
       <c r="B623" s="0">
-        <v>1120</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="624" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A624" s="0" t="s">
         <v>621</v>
       </c>
       <c r="B624" s="0">
-        <v>1390</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="625" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A625" s="0" t="s">
         <v>622</v>
       </c>
       <c r="B625" s="0">
-        <v>5050</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="626" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A626" s="0" t="s">
         <v>623</v>
       </c>
       <c r="B626" s="0">
-        <v>270</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="627" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A627" s="0" t="s">
         <v>624</v>
       </c>
       <c r="B627" s="0">
-        <v>995</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="628" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A628" s="0" t="s">
         <v>625</v>
       </c>
       <c r="B628" s="0">
-        <v>1700</v>
+        <v>5050</v>
       </c>
     </row>
     <row r="629" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A629" s="0" t="s">
         <v>626</v>
       </c>
       <c r="B629" s="0">
-        <v>7030</v>
+        <v>270</v>
       </c>
     </row>
     <row r="630" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A630" s="0" t="s">
         <v>627</v>
       </c>
       <c r="B630" s="0">
-        <v>520</v>
+        <v>995</v>
       </c>
     </row>
     <row r="631" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A631" s="0" t="s">
         <v>628</v>
       </c>
       <c r="B631" s="0">
-        <v>1460</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="632" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A632" s="0" t="s">
         <v>629</v>
       </c>
       <c r="B632" s="0">
-        <v>260</v>
+        <v>7030</v>
       </c>
     </row>
     <row r="633" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A633" s="0" t="s">
         <v>630</v>
       </c>
       <c r="B633" s="0">
-        <v>1255</v>
+        <v>520</v>
       </c>
     </row>
     <row r="634" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A634" s="0" t="s">
         <v>631</v>
       </c>
       <c r="B634" s="0">
-        <v>3800</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="635" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A635" s="0" t="s">
         <v>632</v>
       </c>
       <c r="B635" s="0">
-        <v>1250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="636" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A636" s="0" t="s">
         <v>633</v>
       </c>
       <c r="B636" s="0">
-        <v>1000</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="637" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A637" s="0" t="s">
         <v>634</v>
       </c>
       <c r="B637" s="0">
-        <v>1050</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="638" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A638" s="0" t="s">
         <v>635</v>
       </c>
       <c r="B638" s="0">
-        <v>1150</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="639" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A639" s="0" t="s">
         <v>636</v>
       </c>
       <c r="B639" s="0">
-        <v>1355</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="640" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A640" s="0" t="s">
         <v>637</v>
       </c>
       <c r="B640" s="0">
-        <v>185</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="641" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A641" s="0" t="s">
         <v>638</v>
       </c>
       <c r="B641" s="0">
-        <v>250</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="642" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A642" s="0" t="s">
         <v>639</v>
       </c>
       <c r="B642" s="0">
-        <v>785</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="643" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A643" s="0" t="s">
         <v>640</v>
       </c>
       <c r="B643" s="0">
-        <v>520</v>
+        <v>185</v>
       </c>
     </row>
     <row r="644" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A644" s="0" t="s">
         <v>641</v>
       </c>
       <c r="B644" s="0">
-        <v>4650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="645" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A645" s="0" t="s">
         <v>642</v>
       </c>
       <c r="B645" s="0">
-        <v>2275</v>
+        <v>520</v>
       </c>
     </row>
     <row r="646" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A646" s="0" t="s">
         <v>643</v>
       </c>
       <c r="B646" s="0">
-        <v>455</v>
+        <v>4650</v>
       </c>
     </row>
     <row r="647" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A647" s="0" t="s">
         <v>644</v>
       </c>
       <c r="B647" s="0">
-        <v>2085</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="648" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A648" s="0" t="s">
         <v>645</v>
       </c>
       <c r="B648" s="0">
-        <v>890</v>
+        <v>455</v>
       </c>
     </row>
     <row r="649" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A649" s="0" t="s">
         <v>646</v>
       </c>
       <c r="B649" s="0">
-        <v>1160</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="650" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A650" s="0" t="s">
         <v>647</v>
       </c>
       <c r="B650" s="0">
-        <v>375</v>
+        <v>890</v>
       </c>
     </row>
     <row r="651" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A651" s="0" t="s">
         <v>648</v>
       </c>
       <c r="B651" s="0">
-        <v>1365</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="652" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A652" s="0" t="s">
         <v>649</v>
       </c>
       <c r="B652" s="0">
-        <v>895</v>
+        <v>380</v>
       </c>
     </row>
     <row r="653" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A653" s="0" t="s">
         <v>650</v>
       </c>
       <c r="B653" s="0">
-        <v>265</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="654" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A654" s="0" t="s">
         <v>651</v>
       </c>
       <c r="B654" s="0">
-        <v>810</v>
+        <v>895</v>
       </c>
     </row>
     <row r="655" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A655" s="0" t="s">
         <v>652</v>
       </c>
       <c r="B655" s="0">
-        <v>1950</v>
+        <v>265</v>
       </c>
     </row>
     <row r="656" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A656" s="0" t="s">
         <v>653</v>
       </c>
       <c r="B656" s="0">
-        <v>2460</v>
+        <v>810</v>
       </c>
     </row>
     <row r="657" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A657" s="0" t="s">
         <v>654</v>
       </c>
       <c r="B657" s="0">
-        <v>950</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="658" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A658" s="0" t="s">
         <v>655</v>
       </c>
       <c r="B658" s="0">
-        <v>1100</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="659" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A659" s="0" t="s">
         <v>656</v>
       </c>
       <c r="B659" s="0">
-        <v>1735</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="660" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A660" s="0" t="s">
         <v>657</v>
       </c>
       <c r="B660" s="0">
-        <v>7460</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="661" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A661" s="0" t="s">
         <v>658</v>
       </c>
       <c r="B661" s="0">
-        <v>1490</v>
+        <v>7460</v>
       </c>
     </row>
     <row r="662" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A662" s="0" t="s">
         <v>659</v>
       </c>
       <c r="B662" s="0">
-        <v>440</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="663" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A663" s="0" t="s">
         <v>660</v>
       </c>
       <c r="B663" s="0">
-        <v>1180</v>
+        <v>615</v>
       </c>
     </row>
     <row r="664" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A664" s="0" t="s">
         <v>661</v>
       </c>
       <c r="B664" s="0">
         <v>325</v>
       </c>
     </row>
     <row r="665" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A665" s="0" t="s">
         <v>662</v>
       </c>
       <c r="B665" s="0">
-        <v>2720</v>
+        <v>595</v>
       </c>
     </row>
     <row r="666" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A666" s="0" t="s">
         <v>663</v>
       </c>
       <c r="B666" s="0">
-        <v>595</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="667" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A667" s="0" t="s">
         <v>664</v>
       </c>
       <c r="B667" s="0">
-        <v>1465</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="668" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A668" s="0" t="s">
         <v>665</v>
       </c>
       <c r="B668" s="0">
-        <v>1095</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="669" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A669" s="0" t="s">
         <v>666</v>
       </c>
       <c r="B669" s="0">
-        <v>2590</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="670" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A670" s="0" t="s">
         <v>667</v>
       </c>
       <c r="B670" s="0">
-        <v>1180</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="671" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A671" s="0" t="s">
         <v>668</v>
       </c>
       <c r="B671" s="0">
-        <v>1735</v>
+        <v>390</v>
       </c>
     </row>
     <row r="672" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A672" s="0" t="s">
         <v>669</v>
       </c>
       <c r="B672" s="0">
-        <v>205</v>
+        <v>990</v>
       </c>
     </row>
     <row r="673" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A673" s="0" t="s">
         <v>670</v>
       </c>
       <c r="B673" s="0">
-        <v>2095</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="674" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A674" s="0" t="s">
         <v>671</v>
       </c>
       <c r="B674" s="0">
-        <v>390</v>
+        <v>695</v>
       </c>
     </row>
     <row r="675" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A675" s="0" t="s">
         <v>672</v>
       </c>
       <c r="B675" s="0">
-        <v>990</v>
+        <v>810</v>
       </c>
     </row>
     <row r="676" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A676" s="0" t="s">
         <v>673</v>
       </c>
       <c r="B676" s="0">
-        <v>1890</v>
+        <v>380</v>
       </c>
     </row>
     <row r="677" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A677" s="0" t="s">
         <v>674</v>
       </c>
       <c r="B677" s="0">
-        <v>695</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="678" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A678" s="0" t="s">
         <v>675</v>
       </c>
       <c r="B678" s="0">
-        <v>810</v>
+        <v>560</v>
       </c>
     </row>
     <row r="679" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A679" s="0" t="s">
         <v>676</v>
       </c>
       <c r="B679" s="0">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="680" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A680" s="0" t="s">
         <v>677</v>
       </c>
       <c r="B680" s="0">
-        <v>2635</v>
+        <v>850</v>
       </c>
     </row>
     <row r="681" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A681" s="0" t="s">
         <v>678</v>
       </c>
       <c r="B681" s="0">
-        <v>560</v>
+        <v>645</v>
       </c>
     </row>
     <row r="682" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A682" s="0" t="s">
         <v>679</v>
       </c>
       <c r="B682" s="0">
-        <v>320</v>
+        <v>470</v>
       </c>
     </row>
     <row r="683" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A683" s="0" t="s">
         <v>680</v>
       </c>
       <c r="B683" s="0">
-        <v>850</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="684" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A684" s="0" t="s">
         <v>681</v>
       </c>
       <c r="B684" s="0">
-        <v>645</v>
+        <v>740</v>
       </c>
     </row>
     <row r="685" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A685" s="0" t="s">
         <v>682</v>
       </c>
       <c r="B685" s="0">
-        <v>450</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="686" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A686" s="0" t="s">
         <v>683</v>
       </c>
       <c r="B686" s="0">
-        <v>2125</v>
+        <v>980</v>
       </c>
     </row>
     <row r="687" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A687" s="0" t="s">
         <v>684</v>
       </c>
       <c r="B687" s="0">
-        <v>740</v>
+        <v>865</v>
       </c>
     </row>
     <row r="688" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A688" s="0" t="s">
         <v>685</v>
       </c>
       <c r="B688" s="0">
-        <v>1070</v>
+        <v>310</v>
       </c>
     </row>
     <row r="689" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A689" s="0" t="s">
         <v>686</v>
       </c>
       <c r="B689" s="0">
-        <v>980</v>
+        <v>910</v>
       </c>
     </row>
     <row r="690" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A690" s="0" t="s">
         <v>687</v>
       </c>
       <c r="B690" s="0">
-        <v>865</v>
+        <v>3470</v>
       </c>
     </row>
     <row r="691" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A691" s="0" t="s">
         <v>688</v>
       </c>
       <c r="B691" s="0">
-        <v>310</v>
+        <v>640</v>
       </c>
     </row>
     <row r="692" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A692" s="0" t="s">
         <v>689</v>
       </c>
       <c r="B692" s="0">
-        <v>910</v>
+        <v>545</v>
       </c>
     </row>
     <row r="693" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A693" s="0" t="s">
         <v>690</v>
       </c>
       <c r="B693" s="0">
-        <v>3440</v>
+        <v>325</v>
       </c>
     </row>
     <row r="694" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A694" s="0" t="s">
         <v>691</v>
       </c>
       <c r="B694" s="0">
-        <v>640</v>
+        <v>6355</v>
       </c>
     </row>
     <row r="695" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A695" s="0" t="s">
         <v>692</v>
       </c>
       <c r="B695" s="0">
-        <v>545</v>
+        <v>905</v>
       </c>
     </row>
     <row r="696" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A696" s="0" t="s">
         <v>693</v>
       </c>
       <c r="B696" s="0">
-        <v>300</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="697" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A697" s="0" t="s">
         <v>694</v>
       </c>
       <c r="B697" s="0">
-        <v>6355</v>
+        <v>425</v>
       </c>
     </row>
     <row r="698" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A698" s="0" t="s">
         <v>695</v>
       </c>
       <c r="B698" s="0">
-        <v>905</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="699" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A699" s="0" t="s">
         <v>696</v>
       </c>
       <c r="B699" s="0">
-        <v>2555</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="700" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A700" s="0" t="s">
         <v>697</v>
       </c>
       <c r="B700" s="0">
-        <v>425</v>
+        <v>7730</v>
       </c>
     </row>
     <row r="701" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A701" s="0" t="s">
         <v>698</v>
       </c>
       <c r="B701" s="0">
-        <v>1690</v>
+        <v>870</v>
       </c>
     </row>
     <row r="702" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A702" s="0" t="s">
         <v>699</v>
       </c>
       <c r="B702" s="0">
-        <v>1180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="703" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A703" s="0" t="s">
         <v>700</v>
       </c>
       <c r="B703" s="0">
-        <v>7730</v>
+        <v>4990</v>
       </c>
     </row>
     <row r="704" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A704" s="0" t="s">
         <v>701</v>
       </c>
       <c r="B704" s="0">
-        <v>870</v>
+        <v>580</v>
       </c>
     </row>
     <row r="705" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A705" s="0" t="s">
         <v>702</v>
       </c>
       <c r="B705" s="0">
-        <v>700</v>
+        <v>570</v>
       </c>
     </row>
     <row r="706" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A706" s="0" t="s">
         <v>703</v>
       </c>
       <c r="B706" s="0">
-        <v>4990</v>
+        <v>735</v>
       </c>
     </row>
     <row r="707" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A707" s="0" t="s">
         <v>704</v>
       </c>
       <c r="B707" s="0">
-        <v>580</v>
-[...3 lines deleted...]
-      <c r="A708" s="3" t="s">
+        <v>6770</v>
+      </c>
+    </row>
+    <row r="708" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A708" s="0" t="s">
         <v>705</v>
       </c>
-      <c r="B708" s="0"/>
+      <c r="B708" s="0">
+        <v>2775</v>
+      </c>
     </row>
     <row r="709" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A709" s="0" t="s">
         <v>706</v>
       </c>
       <c r="B709" s="0">
-        <v>6300</v>
+        <v>960</v>
       </c>
     </row>
     <row r="710" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A710" s="0" t="s">
         <v>707</v>
       </c>
       <c r="B710" s="0">
-        <v>4695</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="711" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A711" s="0" t="s">
         <v>708</v>
       </c>
       <c r="B711" s="0">
-        <v>36945</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="712" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A712" s="0" t="s">
         <v>709</v>
       </c>
       <c r="B712" s="0">
-        <v>845</v>
+        <v>210</v>
       </c>
     </row>
     <row r="713" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A713" s="0" t="s">
         <v>710</v>
       </c>
       <c r="B713" s="0">
-        <v>1355</v>
-[...3 lines deleted...]
-      <c r="A714" s="0" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="714" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A714" s="3" t="s">
         <v>711</v>
       </c>
-      <c r="B714" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B714" s="0"/>
     </row>
     <row r="715" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A715" s="0" t="s">
         <v>712</v>
       </c>
       <c r="B715" s="0">
-        <v>655</v>
+        <v>6300</v>
       </c>
     </row>
     <row r="716" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A716" s="0" t="s">
         <v>713</v>
       </c>
       <c r="B716" s="0">
-        <v>34885</v>
+        <v>4695</v>
       </c>
     </row>
     <row r="717" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A717" s="0" t="s">
         <v>714</v>
       </c>
       <c r="B717" s="0">
-        <v>34885</v>
+        <v>36945</v>
       </c>
     </row>
     <row r="718" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A718" s="0" t="s">
         <v>715</v>
       </c>
       <c r="B718" s="0">
-        <v>7695</v>
+        <v>845</v>
       </c>
     </row>
     <row r="719" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A719" s="0" t="s">
         <v>716</v>
       </c>
       <c r="B719" s="0">
-        <v>7695</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="720" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A720" s="0" t="s">
         <v>717</v>
       </c>
       <c r="B720" s="0">
-        <v>2950</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="721" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A721" s="0" t="s">
         <v>718</v>
       </c>
       <c r="B721" s="0">
-        <v>1580</v>
+        <v>655</v>
       </c>
     </row>
     <row r="722" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A722" s="0" t="s">
         <v>719</v>
       </c>
       <c r="B722" s="0">
-        <v>2250</v>
+        <v>34885</v>
       </c>
     </row>
     <row r="723" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A723" s="0" t="s">
         <v>720</v>
       </c>
       <c r="B723" s="0">
-        <v>1240</v>
+        <v>34885</v>
       </c>
     </row>
     <row r="724" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A724" s="0" t="s">
         <v>721</v>
       </c>
       <c r="B724" s="0">
-        <v>9280</v>
+        <v>7695</v>
       </c>
     </row>
     <row r="725" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A725" s="0" t="s">
         <v>722</v>
       </c>
       <c r="B725" s="0">
-        <v>27580</v>
+        <v>7695</v>
       </c>
     </row>
     <row r="726" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A726" s="0" t="s">
         <v>723</v>
       </c>
       <c r="B726" s="0">
-        <v>27580</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="727" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A727" s="0" t="s">
         <v>724</v>
       </c>
       <c r="B727" s="0">
-        <v>31906</v>
-[...3 lines deleted...]
-      <c r="A728" s="3" t="s">
+        <v>2250</v>
+      </c>
+    </row>
+    <row r="728" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A728" s="0" t="s">
         <v>725</v>
       </c>
-      <c r="B728" s="0"/>
+      <c r="B728" s="0">
+        <v>2950</v>
+      </c>
     </row>
     <row r="729" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A729" s="0" t="s">
         <v>726</v>
       </c>
       <c r="B729" s="0">
-        <v>65</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="730" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A730" s="0" t="s">
         <v>727</v>
       </c>
       <c r="B730" s="0">
-        <v>225</v>
+        <v>9280</v>
       </c>
     </row>
     <row r="731" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A731" s="0" t="s">
         <v>728</v>
       </c>
       <c r="B731" s="0">
-        <v>150</v>
+        <v>27580</v>
       </c>
     </row>
     <row r="732" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A732" s="0" t="s">
         <v>729</v>
       </c>
       <c r="B732" s="0">
-        <v>205</v>
+        <v>27580</v>
       </c>
     </row>
     <row r="733" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A733" s="0" t="s">
         <v>730</v>
       </c>
       <c r="B733" s="0">
-        <v>160</v>
-[...3 lines deleted...]
-      <c r="A734" s="0" t="s">
+        <v>31906</v>
+      </c>
+    </row>
+    <row r="734" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A734" s="3" t="s">
         <v>731</v>
       </c>
-      <c r="B734" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B734" s="0"/>
     </row>
     <row r="735" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A735" s="0" t="s">
         <v>732</v>
       </c>
       <c r="B735" s="0">
-        <v>90</v>
+        <v>65</v>
       </c>
     </row>
     <row r="736" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A736" s="0" t="s">
         <v>733</v>
       </c>
       <c r="B736" s="0">
-        <v>90</v>
+        <v>225</v>
       </c>
     </row>
     <row r="737" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A737" s="0" t="s">
         <v>734</v>
       </c>
       <c r="B737" s="0">
-        <v>71</v>
+        <v>150</v>
       </c>
     </row>
     <row r="738" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A738" s="0" t="s">
         <v>735</v>
       </c>
       <c r="B738" s="0">
-        <v>545</v>
+        <v>205</v>
       </c>
     </row>
     <row r="739" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A739" s="0" t="s">
         <v>736</v>
       </c>
       <c r="B739" s="0">
-        <v>370</v>
+        <v>160</v>
       </c>
     </row>
     <row r="740" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A740" s="0" t="s">
         <v>737</v>
       </c>
       <c r="B740" s="0">
-        <v>140</v>
+        <v>440</v>
       </c>
     </row>
     <row r="741" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A741" s="0" t="s">
         <v>738</v>
       </c>
       <c r="B741" s="0">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="742" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A742" s="0" t="s">
         <v>739</v>
       </c>
       <c r="B742" s="0">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="743" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A743" s="0" t="s">
         <v>740</v>
       </c>
       <c r="B743" s="0">
-        <v>198</v>
+        <v>71</v>
       </c>
     </row>
     <row r="744" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A744" s="0" t="s">
         <v>741</v>
       </c>
       <c r="B744" s="0">
-        <v>50</v>
+        <v>545</v>
       </c>
     </row>
     <row r="745" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A745" s="0" t="s">
         <v>742</v>
       </c>
       <c r="B745" s="0">
-        <v>263</v>
+        <v>370</v>
       </c>
     </row>
     <row r="746" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A746" s="0" t="s">
         <v>743</v>
       </c>
       <c r="B746" s="0">
-        <v>330</v>
+        <v>140</v>
       </c>
     </row>
     <row r="747" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A747" s="0" t="s">
         <v>744</v>
       </c>
       <c r="B747" s="0">
-        <v>345</v>
+        <v>130</v>
       </c>
     </row>
     <row r="748" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A748" s="0" t="s">
         <v>745</v>
       </c>
       <c r="B748" s="0">
-        <v>85</v>
+        <v>160</v>
       </c>
     </row>
     <row r="749" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A749" s="0" t="s">
         <v>746</v>
       </c>
       <c r="B749" s="0">
-        <v>120</v>
+        <v>198</v>
       </c>
     </row>
     <row r="750" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A750" s="0" t="s">
         <v>747</v>
       </c>
       <c r="B750" s="0">
-        <v>472</v>
+        <v>50</v>
       </c>
     </row>
     <row r="751" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A751" s="0" t="s">
         <v>748</v>
       </c>
       <c r="B751" s="0">
-        <v>465</v>
+        <v>263</v>
       </c>
     </row>
     <row r="752" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A752" s="0" t="s">
         <v>749</v>
       </c>
       <c r="B752" s="0">
-        <v>340</v>
+        <v>330</v>
       </c>
     </row>
     <row r="753" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A753" s="0" t="s">
         <v>750</v>
       </c>
       <c r="B753" s="0">
-        <v>118</v>
+        <v>345</v>
       </c>
     </row>
     <row r="754" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A754" s="0" t="s">
         <v>751</v>
       </c>
       <c r="B754" s="0">
-        <v>118</v>
+        <v>85</v>
       </c>
     </row>
     <row r="755" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A755" s="0" t="s">
         <v>752</v>
       </c>
       <c r="B755" s="0">
-        <v>137</v>
+        <v>120</v>
       </c>
     </row>
     <row r="756" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A756" s="0" t="s">
         <v>753</v>
       </c>
       <c r="B756" s="0">
-        <v>194</v>
+        <v>472</v>
       </c>
     </row>
     <row r="757" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A757" s="0" t="s">
         <v>754</v>
       </c>
       <c r="B757" s="0">
-        <v>43</v>
+        <v>465</v>
       </c>
     </row>
     <row r="758" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A758" s="0" t="s">
         <v>755</v>
       </c>
       <c r="B758" s="0">
-        <v>49</v>
+        <v>340</v>
       </c>
     </row>
     <row r="759" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A759" s="0" t="s">
         <v>756</v>
       </c>
       <c r="B759" s="0">
-        <v>85</v>
+        <v>118</v>
       </c>
     </row>
     <row r="760" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A760" s="0" t="s">
         <v>757</v>
       </c>
       <c r="B760" s="0">
-        <v>67</v>
+        <v>118</v>
       </c>
     </row>
     <row r="761" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A761" s="0" t="s">
         <v>758</v>
       </c>
       <c r="B761" s="0">
-        <v>120</v>
+        <v>137</v>
       </c>
     </row>
     <row r="762" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A762" s="0" t="s">
         <v>759</v>
       </c>
       <c r="B762" s="0">
-        <v>50</v>
+        <v>194</v>
       </c>
     </row>
     <row r="763" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A763" s="0" t="s">
         <v>760</v>
       </c>
       <c r="B763" s="0">
-        <v>110</v>
+        <v>43</v>
       </c>
     </row>
     <row r="764" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A764" s="0" t="s">
         <v>761</v>
       </c>
       <c r="B764" s="0">
-        <v>92</v>
+        <v>49</v>
       </c>
     </row>
     <row r="765" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A765" s="0" t="s">
         <v>762</v>
       </c>
       <c r="B765" s="0">
-        <v>180</v>
+        <v>85</v>
       </c>
     </row>
     <row r="766" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A766" s="0" t="s">
         <v>763</v>
       </c>
       <c r="B766" s="0">
-        <v>310</v>
+        <v>67</v>
       </c>
     </row>
     <row r="767" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A767" s="0" t="s">
         <v>764</v>
       </c>
       <c r="B767" s="0">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="768" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A768" s="0" t="s">
         <v>765</v>
       </c>
       <c r="B768" s="0">
-        <v>68</v>
+        <v>50</v>
       </c>
     </row>
     <row r="769" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A769" s="0" t="s">
         <v>766</v>
       </c>
       <c r="B769" s="0">
-        <v>82</v>
+        <v>110</v>
       </c>
     </row>
     <row r="770" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A770" s="0" t="s">
         <v>767</v>
       </c>
       <c r="B770" s="0">
-        <v>168</v>
+        <v>92</v>
       </c>
     </row>
     <row r="771" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A771" s="0" t="s">
         <v>768</v>
       </c>
       <c r="B771" s="0">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="772" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A772" s="0" t="s">
         <v>769</v>
       </c>
       <c r="B772" s="0">
-        <v>85</v>
+        <v>310</v>
       </c>
     </row>
     <row r="773" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A773" s="0" t="s">
         <v>770</v>
       </c>
       <c r="B773" s="0">
-        <v>78</v>
+        <v>150</v>
       </c>
     </row>
     <row r="774" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A774" s="0" t="s">
         <v>771</v>
       </c>
       <c r="B774" s="0">
-        <v>378</v>
+        <v>68</v>
       </c>
     </row>
     <row r="775" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A775" s="0" t="s">
         <v>772</v>
       </c>
       <c r="B775" s="0">
-        <v>305</v>
+        <v>82</v>
       </c>
     </row>
     <row r="776" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A776" s="0" t="s">
         <v>773</v>
       </c>
       <c r="B776" s="0">
-        <v>335</v>
+        <v>168</v>
       </c>
     </row>
     <row r="777" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A777" s="0" t="s">
         <v>774</v>
       </c>
       <c r="B777" s="0">
-        <v>335</v>
+        <v>165</v>
       </c>
     </row>
     <row r="778" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A778" s="0" t="s">
         <v>775</v>
       </c>
       <c r="B778" s="0">
-        <v>115</v>
+        <v>85</v>
       </c>
     </row>
     <row r="779" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A779" s="0" t="s">
         <v>776</v>
       </c>
       <c r="B779" s="0">
-        <v>195</v>
+        <v>78</v>
       </c>
     </row>
     <row r="780" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A780" s="0" t="s">
         <v>777</v>
       </c>
       <c r="B780" s="0">
-        <v>100</v>
+        <v>378</v>
       </c>
     </row>
     <row r="781" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A781" s="0" t="s">
         <v>778</v>
       </c>
       <c r="B781" s="0">
-        <v>155</v>
+        <v>305</v>
       </c>
     </row>
     <row r="782" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A782" s="0" t="s">
         <v>779</v>
       </c>
       <c r="B782" s="0">
-        <v>585</v>
+        <v>335</v>
       </c>
     </row>
     <row r="783" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A783" s="0" t="s">
         <v>780</v>
       </c>
       <c r="B783" s="0">
-        <v>795</v>
+        <v>335</v>
       </c>
     </row>
     <row r="784" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A784" s="0" t="s">
         <v>781</v>
       </c>
       <c r="B784" s="0">
-        <v>515</v>
+        <v>115</v>
       </c>
     </row>
     <row r="785" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A785" s="0" t="s">
         <v>782</v>
       </c>
       <c r="B785" s="0">
-        <v>270</v>
+        <v>195</v>
       </c>
     </row>
     <row r="786" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A786" s="0" t="s">
         <v>783</v>
       </c>
       <c r="B786" s="0">
-        <v>452</v>
+        <v>100</v>
       </c>
     </row>
     <row r="787" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A787" s="0" t="s">
         <v>784</v>
       </c>
       <c r="B787" s="0">
-        <v>795</v>
+        <v>155</v>
       </c>
     </row>
     <row r="788" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A788" s="0" t="s">
         <v>785</v>
       </c>
       <c r="B788" s="0">
-        <v>855</v>
+        <v>585</v>
       </c>
     </row>
     <row r="789" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A789" s="0" t="s">
         <v>786</v>
       </c>
       <c r="B789" s="0">
         <v>795</v>
       </c>
     </row>
     <row r="790" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A790" s="0" t="s">
         <v>787</v>
       </c>
       <c r="B790" s="0">
-        <v>987</v>
+        <v>515</v>
       </c>
     </row>
     <row r="791" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A791" s="0" t="s">
         <v>788</v>
       </c>
       <c r="B791" s="0">
-        <v>547</v>
+        <v>270</v>
       </c>
     </row>
     <row r="792" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A792" s="0" t="s">
         <v>789</v>
       </c>
       <c r="B792" s="0">
-        <v>425</v>
+        <v>452</v>
       </c>
     </row>
     <row r="793" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A793" s="0" t="s">
         <v>790</v>
       </c>
       <c r="B793" s="0">
-        <v>70</v>
+        <v>795</v>
       </c>
     </row>
     <row r="794" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A794" s="0" t="s">
         <v>791</v>
       </c>
       <c r="B794" s="0">
-        <v>232</v>
+        <v>855</v>
       </c>
     </row>
     <row r="795" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A795" s="0" t="s">
         <v>792</v>
       </c>
       <c r="B795" s="0">
-        <v>575</v>
+        <v>795</v>
       </c>
     </row>
     <row r="796" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A796" s="0" t="s">
         <v>793</v>
       </c>
       <c r="B796" s="0">
-        <v>454</v>
+        <v>987</v>
       </c>
     </row>
     <row r="797" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A797" s="0" t="s">
         <v>794</v>
       </c>
       <c r="B797" s="0">
-        <v>55</v>
+        <v>547</v>
       </c>
     </row>
     <row r="798" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A798" s="0" t="s">
         <v>795</v>
       </c>
       <c r="B798" s="0">
-        <v>60</v>
+        <v>425</v>
       </c>
     </row>
     <row r="799" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A799" s="0" t="s">
         <v>796</v>
       </c>
       <c r="B799" s="0">
-        <v>65</v>
+        <v>232</v>
       </c>
     </row>
     <row r="800" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A800" s="0" t="s">
         <v>797</v>
       </c>
       <c r="B800" s="0">
-        <v>140</v>
+        <v>575</v>
       </c>
     </row>
     <row r="801" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A801" s="0" t="s">
         <v>798</v>
       </c>
       <c r="B801" s="0">
-        <v>135</v>
+        <v>454</v>
       </c>
     </row>
     <row r="802" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A802" s="0" t="s">
         <v>799</v>
       </c>
       <c r="B802" s="0">
-        <v>910</v>
+        <v>55</v>
       </c>
     </row>
     <row r="803" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A803" s="0" t="s">
         <v>800</v>
       </c>
       <c r="B803" s="0">
-        <v>215</v>
+        <v>60</v>
       </c>
     </row>
     <row r="804" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A804" s="0" t="s">
         <v>801</v>
       </c>
       <c r="B804" s="0">
-        <v>225</v>
+        <v>65</v>
       </c>
     </row>
     <row r="805" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A805" s="0" t="s">
         <v>802</v>
       </c>
       <c r="B805" s="0">
-        <v>585</v>
+        <v>140</v>
       </c>
     </row>
     <row r="806" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A806" s="0" t="s">
         <v>803</v>
       </c>
       <c r="B806" s="0">
-        <v>625</v>
+        <v>135</v>
       </c>
     </row>
     <row r="807" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A807" s="0" t="s">
         <v>804</v>
       </c>
       <c r="B807" s="0">
-        <v>365</v>
+        <v>910</v>
       </c>
     </row>
     <row r="808" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A808" s="0" t="s">
         <v>805</v>
       </c>
       <c r="B808" s="0">
-        <v>695</v>
+        <v>215</v>
       </c>
     </row>
     <row r="809" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A809" s="0" t="s">
         <v>806</v>
       </c>
       <c r="B809" s="0">
-        <v>725</v>
+        <v>225</v>
       </c>
     </row>
     <row r="810" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A810" s="0" t="s">
         <v>807</v>
       </c>
       <c r="B810" s="0">
-        <v>475</v>
+        <v>585</v>
       </c>
     </row>
     <row r="811" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A811" s="0" t="s">
         <v>808</v>
       </c>
       <c r="B811" s="0">
-        <v>590</v>
+        <v>625</v>
       </c>
     </row>
     <row r="812" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A812" s="0" t="s">
         <v>809</v>
       </c>
       <c r="B812" s="0">
-        <v>850</v>
+        <v>365</v>
       </c>
     </row>
     <row r="813" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A813" s="0" t="s">
         <v>810</v>
       </c>
       <c r="B813" s="0">
-        <v>590</v>
+        <v>695</v>
       </c>
     </row>
     <row r="814" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A814" s="0" t="s">
         <v>811</v>
       </c>
       <c r="B814" s="0">
-        <v>590</v>
+        <v>725</v>
       </c>
     </row>
     <row r="815" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A815" s="0" t="s">
         <v>812</v>
       </c>
       <c r="B815" s="0">
-        <v>250</v>
+        <v>475</v>
       </c>
     </row>
     <row r="816" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A816" s="0" t="s">
         <v>813</v>
       </c>
       <c r="B816" s="0">
-        <v>305</v>
+        <v>590</v>
       </c>
     </row>
     <row r="817" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A817" s="0" t="s">
         <v>814</v>
       </c>
       <c r="B817" s="0">
-        <v>2070</v>
+        <v>850</v>
       </c>
     </row>
     <row r="818" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A818" s="0" t="s">
         <v>815</v>
       </c>
       <c r="B818" s="0">
-        <v>3300</v>
+        <v>590</v>
       </c>
     </row>
     <row r="819" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A819" s="0" t="s">
         <v>816</v>
       </c>
       <c r="B819" s="0">
-        <v>755</v>
+        <v>590</v>
       </c>
     </row>
     <row r="820" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A820" s="0" t="s">
         <v>817</v>
       </c>
       <c r="B820" s="0">
-        <v>1050</v>
+        <v>250</v>
       </c>
     </row>
     <row r="821" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A821" s="0" t="s">
         <v>818</v>
       </c>
       <c r="B821" s="0">
-        <v>1035</v>
+        <v>305</v>
       </c>
     </row>
     <row r="822" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A822" s="0" t="s">
         <v>819</v>
       </c>
       <c r="B822" s="0">
-        <v>1205</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="823" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A823" s="0" t="s">
         <v>820</v>
       </c>
       <c r="B823" s="0">
-        <v>790</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="824" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A824" s="0" t="s">
         <v>821</v>
       </c>
       <c r="B824" s="0">
-        <v>1280</v>
+        <v>755</v>
       </c>
     </row>
     <row r="825" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A825" s="0" t="s">
         <v>822</v>
       </c>
       <c r="B825" s="0">
-        <v>855</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="826" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A826" s="0" t="s">
         <v>823</v>
       </c>
       <c r="B826" s="0">
-        <v>940</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="827" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A827" s="0" t="s">
         <v>824</v>
       </c>
       <c r="B827" s="0">
-        <v>1335</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="828" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A828" s="0" t="s">
         <v>825</v>
       </c>
       <c r="B828" s="0">
-        <v>1070</v>
+        <v>790</v>
       </c>
     </row>
     <row r="829" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A829" s="0" t="s">
         <v>826</v>
       </c>
       <c r="B829" s="0">
-        <v>1235</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="830" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A830" s="0" t="s">
         <v>827</v>
       </c>
       <c r="B830" s="0">
-        <v>910</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="831" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A831" s="0" t="s">
         <v>828</v>
       </c>
       <c r="B831" s="0">
-        <v>2420</v>
+        <v>940</v>
       </c>
     </row>
     <row r="832" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A832" s="0" t="s">
         <v>829</v>
       </c>
       <c r="B832" s="0">
-        <v>1530</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="833" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A833" s="0" t="s">
         <v>830</v>
       </c>
       <c r="B833" s="0">
-        <v>760</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="834" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A834" s="0" t="s">
         <v>831</v>
       </c>
       <c r="B834" s="0">
-        <v>990</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="835" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A835" s="0" t="s">
         <v>832</v>
       </c>
       <c r="B835" s="0">
-        <v>760</v>
+        <v>910</v>
       </c>
     </row>
     <row r="836" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A836" s="0" t="s">
         <v>833</v>
       </c>
       <c r="B836" s="0">
-        <v>1170</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="837" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A837" s="0" t="s">
         <v>834</v>
       </c>
       <c r="B837" s="0">
-        <v>1690</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="838" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A838" s="0" t="s">
         <v>835</v>
       </c>
       <c r="B838" s="0">
-        <v>185</v>
+        <v>760</v>
       </c>
     </row>
     <row r="839" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A839" s="0" t="s">
         <v>836</v>
       </c>
       <c r="B839" s="0">
-        <v>85</v>
+        <v>990</v>
       </c>
     </row>
     <row r="840" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A840" s="0" t="s">
         <v>837</v>
       </c>
       <c r="B840" s="0">
-        <v>125</v>
+        <v>760</v>
       </c>
     </row>
     <row r="841" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A841" s="0" t="s">
         <v>838</v>
       </c>
       <c r="B841" s="0">
-        <v>67</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="842" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A842" s="0" t="s">
         <v>839</v>
       </c>
       <c r="B842" s="0">
-        <v>67</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="843" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A843" s="0" t="s">
         <v>840</v>
       </c>
       <c r="B843" s="0">
-        <v>72</v>
+        <v>185</v>
       </c>
     </row>
     <row r="844" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A844" s="0" t="s">
         <v>841</v>
       </c>
       <c r="B844" s="0">
-        <v>265</v>
+        <v>125</v>
       </c>
     </row>
     <row r="845" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A845" s="0" t="s">
         <v>842</v>
       </c>
       <c r="B845" s="0">
-        <v>25</v>
+        <v>67</v>
       </c>
     </row>
     <row r="846" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A846" s="0" t="s">
         <v>843</v>
       </c>
       <c r="B846" s="0">
-        <v>53</v>
+        <v>67</v>
       </c>
     </row>
     <row r="847" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A847" s="0" t="s">
         <v>844</v>
       </c>
       <c r="B847" s="0">
-        <v>30</v>
+        <v>72</v>
       </c>
     </row>
     <row r="848" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A848" s="0" t="s">
         <v>845</v>
       </c>
       <c r="B848" s="0">
-        <v>960</v>
+        <v>265</v>
       </c>
     </row>
     <row r="849" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A849" s="0" t="s">
         <v>846</v>
       </c>
       <c r="B849" s="0">
-        <v>1150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="850" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A850" s="0" t="s">
         <v>847</v>
       </c>
       <c r="B850" s="0">
-        <v>1800</v>
+        <v>53</v>
       </c>
     </row>
     <row r="851" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A851" s="0" t="s">
         <v>848</v>
       </c>
       <c r="B851" s="0">
-        <v>1510</v>
+        <v>30</v>
       </c>
     </row>
     <row r="852" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A852" s="0" t="s">
         <v>849</v>
       </c>
       <c r="B852" s="0">
-        <v>1350</v>
+        <v>960</v>
       </c>
     </row>
     <row r="853" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A853" s="0" t="s">
         <v>850</v>
       </c>
       <c r="B853" s="0">
-        <v>130</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="854" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A854" s="0" t="s">
         <v>851</v>
       </c>
       <c r="B854" s="0">
-        <v>262</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="855" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A855" s="0" t="s">
         <v>852</v>
       </c>
       <c r="B855" s="0">
-        <v>262</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="856" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A856" s="0" t="s">
         <v>853</v>
       </c>
       <c r="B856" s="0">
-        <v>282</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="857" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A857" s="0" t="s">
         <v>854</v>
       </c>
       <c r="B857" s="0">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="858" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A858" s="0" t="s">
         <v>855</v>
       </c>
       <c r="B858" s="0">
-        <v>822</v>
+        <v>262</v>
       </c>
     </row>
     <row r="859" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A859" s="0" t="s">
         <v>856</v>
       </c>
       <c r="B859" s="0">
-        <v>640</v>
+        <v>262</v>
       </c>
     </row>
     <row r="860" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A860" s="0" t="s">
         <v>857</v>
       </c>
       <c r="B860" s="0">
-        <v>490</v>
+        <v>282</v>
       </c>
     </row>
     <row r="861" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A861" s="0" t="s">
         <v>858</v>
       </c>
       <c r="B861" s="0">
-        <v>640</v>
+        <v>500</v>
       </c>
     </row>
     <row r="862" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A862" s="0" t="s">
         <v>859</v>
       </c>
       <c r="B862" s="0">
-        <v>510</v>
+        <v>822</v>
       </c>
     </row>
     <row r="863" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A863" s="0" t="s">
         <v>860</v>
       </c>
       <c r="B863" s="0">
-        <v>135</v>
+        <v>640</v>
       </c>
     </row>
     <row r="864" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A864" s="0" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="B864" s="0">
-        <v>135</v>
+        <v>490</v>
       </c>
     </row>
     <row r="865" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A865" s="0" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="B865" s="0">
-        <v>320</v>
+        <v>640</v>
       </c>
     </row>
     <row r="866" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A866" s="0" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="B866" s="0">
-        <v>320</v>
+        <v>510</v>
       </c>
     </row>
     <row r="867" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A867" s="0" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="B867" s="0">
-        <v>310</v>
+        <v>135</v>
       </c>
     </row>
     <row r="868" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A868" s="0" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="B868" s="0">
-        <v>310</v>
+        <v>135</v>
       </c>
     </row>
     <row r="869" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A869" s="0" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="B869" s="0">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="870" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A870" s="0" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="B870" s="0">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="871" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A871" s="0" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="B871" s="0">
-        <v>760</v>
+        <v>310</v>
       </c>
     </row>
     <row r="872" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A872" s="0" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="B872" s="0">
-        <v>542</v>
+        <v>310</v>
       </c>
     </row>
     <row r="873" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A873" s="0" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="B873" s="0">
-        <v>435</v>
+        <v>340</v>
       </c>
     </row>
     <row r="874" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A874" s="0" t="s">
         <v>867</v>
       </c>
       <c r="B874" s="0">
-        <v>1065</v>
+        <v>340</v>
       </c>
     </row>
     <row r="875" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A875" s="0" t="s">
         <v>868</v>
       </c>
       <c r="B875" s="0">
-        <v>645</v>
+        <v>760</v>
       </c>
     </row>
     <row r="876" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A876" s="0" t="s">
         <v>869</v>
       </c>
       <c r="B876" s="0">
-        <v>920</v>
+        <v>542</v>
       </c>
     </row>
     <row r="877" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A877" s="0" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="B877" s="0">
-        <v>920</v>
+        <v>435</v>
       </c>
     </row>
     <row r="878" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A878" s="0" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="B878" s="0">
-        <v>410</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="879" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A879" s="0" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="B879" s="0">
-        <v>890</v>
+        <v>645</v>
       </c>
     </row>
     <row r="880" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A880" s="0" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="B880" s="0">
-        <v>80</v>
+        <v>920</v>
       </c>
     </row>
     <row r="881" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A881" s="0" t="s">
         <v>873</v>
       </c>
       <c r="B881" s="0">
-        <v>1250</v>
+        <v>920</v>
       </c>
     </row>
     <row r="882" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A882" s="0" t="s">
         <v>874</v>
       </c>
       <c r="B882" s="0">
-        <v>1650</v>
+        <v>410</v>
       </c>
     </row>
     <row r="883" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A883" s="0" t="s">
         <v>875</v>
       </c>
       <c r="B883" s="0">
-        <v>60</v>
+        <v>890</v>
       </c>
     </row>
     <row r="884" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A884" s="0" t="s">
         <v>876</v>
       </c>
       <c r="B884" s="0">
-        <v>2485</v>
+        <v>80</v>
       </c>
     </row>
     <row r="885" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A885" s="0" t="s">
         <v>877</v>
       </c>
       <c r="B885" s="0">
-        <v>630</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="886" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A886" s="0" t="s">
         <v>878</v>
       </c>
       <c r="B886" s="0">
-        <v>640</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="887" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A887" s="0" t="s">
         <v>879</v>
       </c>
       <c r="B887" s="0">
-        <v>875</v>
+        <v>60</v>
       </c>
     </row>
     <row r="888" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A888" s="0" t="s">
         <v>880</v>
       </c>
       <c r="B888" s="0">
-        <v>595</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="889" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A889" s="0" t="s">
         <v>881</v>
       </c>
       <c r="B889" s="0">
-        <v>779</v>
+        <v>630</v>
       </c>
     </row>
     <row r="890" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A890" s="0" t="s">
         <v>882</v>
       </c>
       <c r="B890" s="0">
-        <v>440</v>
+        <v>640</v>
       </c>
     </row>
     <row r="891" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A891" s="0" t="s">
         <v>883</v>
       </c>
       <c r="B891" s="0">
-        <v>513</v>
+        <v>875</v>
       </c>
     </row>
     <row r="892" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A892" s="0" t="s">
         <v>884</v>
       </c>
       <c r="B892" s="0">
-        <v>1100</v>
+        <v>595</v>
       </c>
     </row>
     <row r="893" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A893" s="0" t="s">
         <v>885</v>
       </c>
       <c r="B893" s="0">
-        <v>1195</v>
+        <v>779</v>
       </c>
     </row>
     <row r="894" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A894" s="0" t="s">
         <v>886</v>
       </c>
       <c r="B894" s="0">
-        <v>1410</v>
+        <v>440</v>
       </c>
     </row>
     <row r="895" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A895" s="0" t="s">
         <v>887</v>
       </c>
       <c r="B895" s="0">
-        <v>779</v>
+        <v>513</v>
       </c>
     </row>
     <row r="896" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A896" s="0" t="s">
         <v>888</v>
       </c>
       <c r="B896" s="0">
-        <v>126</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="897" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A897" s="0" t="s">
         <v>889</v>
       </c>
       <c r="B897" s="0">
-        <v>1877</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="898" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A898" s="0" t="s">
         <v>890</v>
       </c>
       <c r="B898" s="0">
-        <v>395</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="899" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A899" s="0" t="s">
         <v>891</v>
       </c>
       <c r="B899" s="0">
-        <v>520</v>
+        <v>779</v>
       </c>
     </row>
     <row r="900" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A900" s="0" t="s">
         <v>892</v>
       </c>
       <c r="B900" s="0">
-        <v>442</v>
+        <v>126</v>
       </c>
     </row>
     <row r="901" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A901" s="0" t="s">
         <v>893</v>
       </c>
       <c r="B901" s="0">
-        <v>233</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="902" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A902" s="0" t="s">
         <v>894</v>
       </c>
       <c r="B902" s="0">
-        <v>2655</v>
+        <v>395</v>
       </c>
     </row>
     <row r="903" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A903" s="0" t="s">
         <v>895</v>
       </c>
       <c r="B903" s="0">
-        <v>575</v>
+        <v>520</v>
       </c>
     </row>
     <row r="904" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A904" s="0" t="s">
         <v>896</v>
       </c>
       <c r="B904" s="0">
-        <v>390</v>
+        <v>442</v>
       </c>
     </row>
     <row r="905" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A905" s="0" t="s">
         <v>897</v>
       </c>
       <c r="B905" s="0">
-        <v>547</v>
+        <v>233</v>
       </c>
     </row>
     <row r="906" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A906" s="0" t="s">
         <v>898</v>
       </c>
       <c r="B906" s="0">
-        <v>1530</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="907" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A907" s="0" t="s">
         <v>899</v>
       </c>
       <c r="B907" s="0">
-        <v>343</v>
+        <v>575</v>
       </c>
     </row>
     <row r="908" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A908" s="0" t="s">
         <v>900</v>
       </c>
       <c r="B908" s="0">
-        <v>855</v>
+        <v>390</v>
       </c>
     </row>
     <row r="909" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A909" s="0" t="s">
         <v>901</v>
       </c>
       <c r="B909" s="0">
-        <v>310</v>
+        <v>547</v>
       </c>
     </row>
     <row r="910" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A910" s="0" t="s">
         <v>902</v>
       </c>
       <c r="B910" s="0">
-        <v>515</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="911" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A911" s="0" t="s">
         <v>903</v>
       </c>
       <c r="B911" s="0">
-        <v>1410</v>
+        <v>343</v>
       </c>
     </row>
     <row r="912" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A912" s="0" t="s">
         <v>904</v>
       </c>
       <c r="B912" s="0">
-        <v>8230</v>
+        <v>855</v>
       </c>
     </row>
     <row r="913" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A913" s="0" t="s">
         <v>905</v>
       </c>
       <c r="B913" s="0">
-        <v>1070</v>
+        <v>310</v>
       </c>
     </row>
     <row r="914" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A914" s="0" t="s">
         <v>906</v>
       </c>
       <c r="B914" s="0">
-        <v>1070</v>
+        <v>515</v>
       </c>
     </row>
     <row r="915" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A915" s="0" t="s">
         <v>907</v>
       </c>
       <c r="B915" s="0">
-        <v>585</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="916" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A916" s="0" t="s">
         <v>908</v>
       </c>
       <c r="B916" s="0">
-        <v>2570</v>
+        <v>8230</v>
       </c>
     </row>
     <row r="917" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A917" s="0" t="s">
         <v>909</v>
       </c>
       <c r="B917" s="0">
-        <v>640</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="918" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A918" s="0" t="s">
         <v>910</v>
       </c>
       <c r="B918" s="0">
-        <v>162</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="919" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A919" s="0" t="s">
         <v>911</v>
       </c>
       <c r="B919" s="0">
-        <v>290</v>
+        <v>585</v>
       </c>
     </row>
     <row r="920" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A920" s="0" t="s">
         <v>912</v>
       </c>
       <c r="B920" s="0">
-        <v>245</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="921" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A921" s="0" t="s">
         <v>913</v>
       </c>
       <c r="B921" s="0">
-        <v>205</v>
+        <v>640</v>
       </c>
     </row>
     <row r="922" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A922" s="0" t="s">
         <v>914</v>
       </c>
       <c r="B922" s="0">
-        <v>45</v>
+        <v>162</v>
       </c>
     </row>
     <row r="923" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A923" s="0" t="s">
         <v>915</v>
       </c>
       <c r="B923" s="0">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="924" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A924" s="0" t="s">
         <v>916</v>
       </c>
       <c r="B924" s="0">
-        <v>252</v>
+        <v>245</v>
       </c>
     </row>
     <row r="925" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A925" s="0" t="s">
         <v>917</v>
       </c>
       <c r="B925" s="0">
-        <v>195</v>
+        <v>205</v>
       </c>
     </row>
     <row r="926" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A926" s="0" t="s">
         <v>918</v>
       </c>
       <c r="B926" s="0">
-        <v>215</v>
+        <v>45</v>
       </c>
     </row>
     <row r="927" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A927" s="0" t="s">
         <v>919</v>
       </c>
       <c r="B927" s="0">
-        <v>775</v>
+        <v>250</v>
       </c>
     </row>
     <row r="928" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A928" s="0" t="s">
         <v>920</v>
       </c>
       <c r="B928" s="0">
-        <v>466</v>
+        <v>252</v>
       </c>
     </row>
     <row r="929" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A929" s="0" t="s">
         <v>921</v>
       </c>
       <c r="B929" s="0">
-        <v>1850</v>
+        <v>195</v>
       </c>
     </row>
     <row r="930" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A930" s="0" t="s">
         <v>922</v>
       </c>
       <c r="B930" s="0">
-        <v>825</v>
+        <v>775</v>
       </c>
     </row>
     <row r="931" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A931" s="0" t="s">
         <v>923</v>
       </c>
       <c r="B931" s="0">
-        <v>590</v>
+        <v>466</v>
       </c>
     </row>
     <row r="932" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A932" s="0" t="s">
         <v>924</v>
       </c>
       <c r="B932" s="0">
-        <v>995</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="933" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A933" s="0" t="s">
         <v>925</v>
       </c>
       <c r="B933" s="0">
-        <v>1880</v>
+        <v>825</v>
       </c>
     </row>
     <row r="934" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A934" s="0" t="s">
         <v>926</v>
       </c>
       <c r="B934" s="0">
-        <v>960</v>
+        <v>625</v>
       </c>
     </row>
     <row r="935" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A935" s="0" t="s">
         <v>927</v>
       </c>
       <c r="B935" s="0">
-        <v>1040</v>
+        <v>995</v>
       </c>
     </row>
     <row r="936" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A936" s="0" t="s">
         <v>928</v>
       </c>
       <c r="B936" s="0">
-        <v>565</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="937" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A937" s="0" t="s">
         <v>929</v>
       </c>
       <c r="B937" s="0">
-        <v>1900</v>
+        <v>960</v>
       </c>
     </row>
     <row r="938" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A938" s="0" t="s">
         <v>930</v>
       </c>
       <c r="B938" s="0">
-        <v>1690</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="939" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A939" s="0" t="s">
         <v>931</v>
       </c>
       <c r="B939" s="0">
-        <v>1690</v>
+        <v>595</v>
       </c>
     </row>
     <row r="940" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A940" s="0" t="s">
         <v>932</v>
       </c>
       <c r="B940" s="0">
-        <v>1690</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="941" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A941" s="0" t="s">
         <v>933</v>
       </c>
       <c r="B941" s="0">
         <v>1690</v>
       </c>
     </row>
     <row r="942" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A942" s="0" t="s">
         <v>934</v>
       </c>
       <c r="B942" s="0">
-        <v>612</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="943" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A943" s="0" t="s">
         <v>935</v>
       </c>
       <c r="B943" s="0">
-        <v>795</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="944" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A944" s="0" t="s">
         <v>936</v>
       </c>
       <c r="B944" s="0">
-        <v>1900</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="945" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A945" s="0" t="s">
         <v>937</v>
       </c>
       <c r="B945" s="0">
-        <v>1900</v>
+        <v>612</v>
       </c>
     </row>
     <row r="946" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A946" s="0" t="s">
         <v>938</v>
       </c>
       <c r="B946" s="0">
-        <v>1900</v>
+        <v>795</v>
       </c>
     </row>
     <row r="947" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A947" s="0" t="s">
         <v>939</v>
       </c>
       <c r="B947" s="0">
         <v>1900</v>
       </c>
     </row>
     <row r="948" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A948" s="0" t="s">
         <v>940</v>
       </c>
       <c r="B948" s="0">
-        <v>1250</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="949" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A949" s="0" t="s">
         <v>941</v>
       </c>
       <c r="B949" s="0">
-        <v>3350</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="950" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A950" s="0" t="s">
         <v>942</v>
       </c>
       <c r="B950" s="0">
-        <v>95</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="951" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A951" s="0" t="s">
         <v>943</v>
       </c>
       <c r="B951" s="0">
-        <v>1395</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="952" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A952" s="0" t="s">
         <v>944</v>
       </c>
       <c r="B952" s="0">
-        <v>373</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="953" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A953" s="0" t="s">
         <v>945</v>
       </c>
       <c r="B953" s="0">
-        <v>905</v>
+        <v>95</v>
       </c>
     </row>
     <row r="954" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A954" s="0" t="s">
         <v>946</v>
       </c>
       <c r="B954" s="0">
-        <v>1080</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="955" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A955" s="0" t="s">
         <v>947</v>
       </c>
       <c r="B955" s="0">
-        <v>1100</v>
+        <v>373</v>
       </c>
     </row>
     <row r="956" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A956" s="0" t="s">
         <v>948</v>
       </c>
       <c r="B956" s="0">
-        <v>600</v>
+        <v>905</v>
       </c>
     </row>
     <row r="957" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A957" s="0" t="s">
         <v>949</v>
       </c>
       <c r="B957" s="0">
-        <v>1520</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="958" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A958" s="0" t="s">
         <v>950</v>
       </c>
       <c r="B958" s="0">
-        <v>1275</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="959" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A959" s="0" t="s">
         <v>951</v>
       </c>
       <c r="B959" s="0">
-        <v>1915</v>
+        <v>600</v>
       </c>
     </row>
     <row r="960" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A960" s="0" t="s">
         <v>952</v>
       </c>
       <c r="B960" s="0">
-        <v>1670</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="961" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A961" s="0" t="s">
         <v>953</v>
       </c>
       <c r="B961" s="0">
-        <v>1740</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="962" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A962" s="0" t="s">
         <v>954</v>
       </c>
       <c r="B962" s="0">
-        <v>980</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="963" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A963" s="0" t="s">
         <v>955</v>
       </c>
       <c r="B963" s="0">
-        <v>688</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="964" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A964" s="0" t="s">
         <v>956</v>
       </c>
       <c r="B964" s="0">
-        <v>620</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="965" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A965" s="0" t="s">
         <v>957</v>
       </c>
       <c r="B965" s="0">
-        <v>154</v>
+        <v>980</v>
       </c>
     </row>
     <row r="966" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A966" s="0" t="s">
         <v>958</v>
       </c>
       <c r="B966" s="0">
-        <v>655</v>
+        <v>688</v>
       </c>
     </row>
     <row r="967" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A967" s="0" t="s">
         <v>959</v>
       </c>
       <c r="B967" s="0">
-        <v>215</v>
+        <v>620</v>
       </c>
     </row>
     <row r="968" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A968" s="0" t="s">
         <v>960</v>
       </c>
       <c r="B968" s="0">
-        <v>1100</v>
+        <v>154</v>
       </c>
     </row>
     <row r="969" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A969" s="0" t="s">
         <v>961</v>
       </c>
       <c r="B969" s="0">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="970" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A970" s="0" t="s">
         <v>962</v>
       </c>
       <c r="B970" s="0">
-        <v>1285</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="971" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A971" s="0" t="s">
         <v>963</v>
       </c>
       <c r="B971" s="0">
-        <v>790</v>
+        <v>180</v>
       </c>
     </row>
     <row r="972" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A972" s="0" t="s">
         <v>964</v>
       </c>
       <c r="B972" s="0">
-        <v>740</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="973" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A973" s="0" t="s">
         <v>965</v>
       </c>
       <c r="B973" s="0">
-        <v>870</v>
+        <v>790</v>
       </c>
     </row>
     <row r="974" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A974" s="0" t="s">
         <v>966</v>
       </c>
       <c r="B974" s="0">
-        <v>1125</v>
+        <v>740</v>
       </c>
     </row>
     <row r="975" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A975" s="0" t="s">
         <v>967</v>
       </c>
       <c r="B975" s="0">
-        <v>228</v>
+        <v>870</v>
       </c>
     </row>
     <row r="976" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A976" s="0" t="s">
         <v>968</v>
       </c>
       <c r="B976" s="0">
-        <v>645</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="977" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A977" s="0" t="s">
         <v>969</v>
       </c>
       <c r="B977" s="0">
-        <v>300</v>
+        <v>228</v>
       </c>
     </row>
     <row r="978" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A978" s="0" t="s">
         <v>970</v>
       </c>
       <c r="B978" s="0">
-        <v>225</v>
+        <v>645</v>
       </c>
     </row>
     <row r="979" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A979" s="0" t="s">
         <v>971</v>
       </c>
       <c r="B979" s="0">
-        <v>205</v>
+        <v>300</v>
       </c>
     </row>
     <row r="980" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A980" s="0" t="s">
         <v>972</v>
       </c>
       <c r="B980" s="0">
-        <v>515</v>
+        <v>225</v>
       </c>
     </row>
     <row r="981" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A981" s="0" t="s">
         <v>973</v>
       </c>
       <c r="B981" s="0">
-        <v>600</v>
+        <v>205</v>
       </c>
     </row>
     <row r="982" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A982" s="0" t="s">
         <v>974</v>
       </c>
       <c r="B982" s="0">
-        <v>592</v>
+        <v>515</v>
       </c>
     </row>
     <row r="983" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A983" s="0" t="s">
         <v>975</v>
       </c>
       <c r="B983" s="0">
-        <v>385</v>
+        <v>600</v>
       </c>
     </row>
     <row r="984" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A984" s="0" t="s">
         <v>976</v>
       </c>
       <c r="B984" s="0">
-        <v>2255</v>
+        <v>592</v>
       </c>
     </row>
     <row r="985" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A985" s="0" t="s">
         <v>977</v>
       </c>
       <c r="B985" s="0">
-        <v>400</v>
+        <v>385</v>
       </c>
     </row>
     <row r="986" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A986" s="0" t="s">
         <v>978</v>
       </c>
       <c r="B986" s="0">
-        <v>440</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="987" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A987" s="0" t="s">
         <v>979</v>
       </c>
       <c r="B987" s="0">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="988" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A988" s="0" t="s">
         <v>980</v>
       </c>
       <c r="B988" s="0">
-        <v>185</v>
+        <v>440</v>
       </c>
     </row>
     <row r="989" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A989" s="0" t="s">
         <v>981</v>
       </c>
       <c r="B989" s="0">
-        <v>205</v>
+        <v>383</v>
       </c>
     </row>
     <row r="990" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A990" s="0" t="s">
         <v>982</v>
       </c>
       <c r="B990" s="0">
-        <v>310</v>
+        <v>195</v>
       </c>
     </row>
     <row r="991" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A991" s="0" t="s">
         <v>983</v>
       </c>
       <c r="B991" s="0">
-        <v>3610</v>
+        <v>205</v>
       </c>
     </row>
     <row r="992" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A992" s="0" t="s">
         <v>984</v>
       </c>
       <c r="B992" s="0">
-        <v>385</v>
+        <v>310</v>
       </c>
     </row>
     <row r="993" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A993" s="0" t="s">
         <v>985</v>
       </c>
       <c r="B993" s="0">
-        <v>1340</v>
+        <v>3610</v>
       </c>
     </row>
     <row r="994" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A994" s="0" t="s">
         <v>986</v>
       </c>
       <c r="B994" s="0">
-        <v>795</v>
+        <v>385</v>
       </c>
     </row>
     <row r="995" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A995" s="0" t="s">
         <v>987</v>
       </c>
       <c r="B995" s="0">
-        <v>845</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="996" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A996" s="0" t="s">
         <v>988</v>
       </c>
       <c r="B996" s="0">
-        <v>405</v>
+        <v>795</v>
       </c>
     </row>
     <row r="997" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A997" s="0" t="s">
         <v>989</v>
       </c>
       <c r="B997" s="0">
-        <v>1100</v>
+        <v>845</v>
       </c>
     </row>
     <row r="998" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A998" s="0" t="s">
         <v>990</v>
       </c>
       <c r="B998" s="0">
-        <v>620</v>
+        <v>405</v>
       </c>
     </row>
     <row r="999" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A999" s="0" t="s">
         <v>991</v>
       </c>
       <c r="B999" s="0">
-        <v>445</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="1000" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1000" s="0" t="s">
         <v>992</v>
       </c>
       <c r="B1000" s="0">
-        <v>1140</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1001" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1001" s="0" t="s">
         <v>993</v>
       </c>
       <c r="B1001" s="0">
-        <v>930</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1002" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1002" s="0" t="s">
         <v>994</v>
       </c>
       <c r="B1002" s="0">
-        <v>1795</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="1003" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1003" s="0" t="s">
         <v>995</v>
       </c>
       <c r="B1003" s="0">
-        <v>1950</v>
+        <v>930</v>
       </c>
     </row>
     <row r="1004" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1004" s="0" t="s">
         <v>996</v>
       </c>
       <c r="B1004" s="0">
-        <v>547</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="1005" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1005" s="0" t="s">
         <v>997</v>
       </c>
       <c r="B1005" s="0">
-        <v>143</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="1006" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1006" s="0" t="s">
         <v>998</v>
       </c>
       <c r="B1006" s="0">
-        <v>275</v>
+        <v>547</v>
       </c>
     </row>
     <row r="1007" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1007" s="0" t="s">
         <v>999</v>
       </c>
       <c r="B1007" s="0">
-        <v>542</v>
+        <v>143</v>
       </c>
     </row>
     <row r="1008" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1008" s="0" t="s">
         <v>1000</v>
       </c>
       <c r="B1008" s="0">
-        <v>985</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1009" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1009" s="0" t="s">
         <v>1001</v>
       </c>
       <c r="B1009" s="0">
-        <v>548</v>
+        <v>542</v>
       </c>
     </row>
     <row r="1010" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1010" s="0" t="s">
         <v>1002</v>
       </c>
       <c r="B1010" s="0">
-        <v>760</v>
+        <v>985</v>
       </c>
     </row>
     <row r="1011" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1011" s="0" t="s">
         <v>1003</v>
       </c>
       <c r="B1011" s="0">
-        <v>755</v>
+        <v>548</v>
       </c>
     </row>
     <row r="1012" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1012" s="0" t="s">
         <v>1004</v>
       </c>
       <c r="B1012" s="0">
-        <v>140</v>
+        <v>760</v>
       </c>
     </row>
     <row r="1013" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1013" s="0" t="s">
         <v>1005</v>
       </c>
       <c r="B1013" s="0">
-        <v>520</v>
+        <v>755</v>
       </c>
     </row>
     <row r="1014" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1014" s="0" t="s">
         <v>1006</v>
       </c>
       <c r="B1014" s="0">
-        <v>898</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1015" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1015" s="0" t="s">
         <v>1007</v>
       </c>
       <c r="B1015" s="0">
-        <v>220</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1016" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1016" s="0" t="s">
         <v>1008</v>
       </c>
       <c r="B1016" s="0">
-        <v>1275</v>
+        <v>898</v>
       </c>
     </row>
     <row r="1017" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1017" s="0" t="s">
         <v>1009</v>
       </c>
       <c r="B1017" s="0">
-        <v>1150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1018" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1018" s="0" t="s">
         <v>1010</v>
       </c>
       <c r="B1018" s="0">
-        <v>205</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="1019" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1019" s="0" t="s">
         <v>1011</v>
       </c>
       <c r="B1019" s="0">
-        <v>290</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="1020" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1020" s="0" t="s">
         <v>1012</v>
       </c>
       <c r="B1020" s="0">
-        <v>1525</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1021" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1021" s="0" t="s">
         <v>1013</v>
       </c>
       <c r="B1021" s="0">
-        <v>2185</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1022" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1022" s="0" t="s">
         <v>1014</v>
       </c>
       <c r="B1022" s="0">
-        <v>650</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="1023" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1023" s="0" t="s">
         <v>1015</v>
       </c>
       <c r="B1023" s="0">
-        <v>1445</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="1024" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1024" s="0" t="s">
         <v>1016</v>
       </c>
       <c r="B1024" s="0">
-        <v>3995</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1025" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1025" s="0" t="s">
         <v>1017</v>
       </c>
       <c r="B1025" s="0">
-        <v>165</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="1026" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1026" s="0" t="s">
         <v>1018</v>
       </c>
       <c r="B1026" s="0">
-        <v>170</v>
+        <v>3995</v>
       </c>
     </row>
     <row r="1027" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1027" s="0" t="s">
         <v>1019</v>
       </c>
       <c r="B1027" s="0">
-        <v>825</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1028" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1028" s="0" t="s">
         <v>1020</v>
       </c>
       <c r="B1028" s="0">
-        <v>825</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1029" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1029" s="0" t="s">
         <v>1021</v>
       </c>
       <c r="B1029" s="0">
-        <v>615</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1030" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1030" s="0" t="s">
         <v>1022</v>
       </c>
       <c r="B1030" s="0">
-        <v>2835</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1031" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1031" s="0" t="s">
         <v>1023</v>
       </c>
       <c r="B1031" s="0">
-        <v>185</v>
+        <v>615</v>
       </c>
     </row>
     <row r="1032" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1032" s="0" t="s">
         <v>1024</v>
       </c>
       <c r="B1032" s="0">
-        <v>475</v>
+        <v>2835</v>
       </c>
     </row>
     <row r="1033" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1033" s="0" t="s">
         <v>1025</v>
       </c>
       <c r="B1033" s="0">
-        <v>865</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1034" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1034" s="0" t="s">
         <v>1026</v>
       </c>
       <c r="B1034" s="0">
-        <v>412</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1035" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1035" s="0" t="s">
         <v>1027</v>
       </c>
       <c r="B1035" s="0">
-        <v>1680</v>
+        <v>865</v>
       </c>
     </row>
     <row r="1036" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1036" s="0" t="s">
         <v>1028</v>
       </c>
       <c r="B1036" s="0">
-        <v>1885</v>
+        <v>412</v>
       </c>
     </row>
     <row r="1037" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1037" s="0" t="s">
         <v>1029</v>
       </c>
       <c r="B1037" s="0">
-        <v>800</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="1038" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1038" s="0" t="s">
         <v>1030</v>
       </c>
       <c r="B1038" s="0">
-        <v>998</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="1039" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1039" s="0" t="s">
         <v>1031</v>
       </c>
       <c r="B1039" s="0">
-        <v>262</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1040" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1040" s="0" t="s">
         <v>1032</v>
       </c>
       <c r="B1040" s="0">
-        <v>3500</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="1041" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1041" s="0" t="s">
         <v>1033</v>
       </c>
       <c r="B1041" s="0">
-        <v>300</v>
+        <v>262</v>
       </c>
     </row>
     <row r="1042" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1042" s="0" t="s">
         <v>1034</v>
       </c>
       <c r="B1042" s="0">
-        <v>530</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="1043" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1043" s="0" t="s">
         <v>1035</v>
       </c>
       <c r="B1043" s="0">
-        <v>395</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1044" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1044" s="0" t="s">
         <v>1036</v>
       </c>
       <c r="B1044" s="0">
-        <v>520</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1045" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1045" s="0" t="s">
         <v>1037</v>
       </c>
       <c r="B1045" s="0">
-        <v>112</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1046" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1046" s="0" t="s">
         <v>1038</v>
       </c>
       <c r="B1046" s="0">
-        <v>620</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1047" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1047" s="0" t="s">
         <v>1039</v>
       </c>
       <c r="B1047" s="0">
-        <v>2040</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1048" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1048" s="0" t="s">
         <v>1040</v>
       </c>
       <c r="B1048" s="0">
-        <v>1215</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1049" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1049" s="0" t="s">
         <v>1041</v>
       </c>
       <c r="B1049" s="0">
-        <v>2745</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="1050" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1050" s="0" t="s">
         <v>1042</v>
       </c>
       <c r="B1050" s="0">
-        <v>2860</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="1051" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1051" s="0" t="s">
         <v>1043</v>
       </c>
       <c r="B1051" s="0">
-        <v>1415</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="1052" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1052" s="0" t="s">
         <v>1044</v>
       </c>
       <c r="B1052" s="0">
-        <v>418</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="1053" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1053" s="0" t="s">
         <v>1045</v>
       </c>
       <c r="B1053" s="0">
-        <v>710</v>
+        <v>442</v>
       </c>
     </row>
     <row r="1054" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1054" s="0" t="s">
         <v>1046</v>
       </c>
       <c r="B1054" s="0">
-        <v>685</v>
+        <v>710</v>
       </c>
     </row>
     <row r="1055" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1055" s="0" t="s">
         <v>1047</v>
       </c>
       <c r="B1055" s="0">
-        <v>465</v>
+        <v>685</v>
       </c>
     </row>
     <row r="1056" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1056" s="0" t="s">
         <v>1048</v>
       </c>
       <c r="B1056" s="0">
         <v>755</v>
       </c>
     </row>
     <row r="1057" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1057" s="0" t="s">
         <v>1049</v>
       </c>
       <c r="B1057" s="0">
         <v>3640</v>
       </c>
     </row>
     <row r="1058" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1058" s="0" t="s">
         <v>1050</v>
       </c>
       <c r="B1058" s="0">
         <v>1545</v>
       </c>
@@ -16060,857 +16078,857 @@
       <c r="B1071" s="0">
         <v>1400</v>
       </c>
     </row>
     <row r="1072" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1072" s="0" t="s">
         <v>1064</v>
       </c>
       <c r="B1072" s="0">
         <v>1260</v>
       </c>
     </row>
     <row r="1073" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1073" s="0" t="s">
         <v>1065</v>
       </c>
       <c r="B1073" s="0">
         <v>260</v>
       </c>
     </row>
     <row r="1074" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1074" s="0" t="s">
         <v>1066</v>
       </c>
       <c r="B1074" s="0">
-        <v>260</v>
+        <v>276</v>
       </c>
     </row>
     <row r="1075" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1075" s="0" t="s">
         <v>1067</v>
       </c>
       <c r="B1075" s="0">
         <v>105</v>
       </c>
     </row>
     <row r="1076" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1076" s="0" t="s">
         <v>1068</v>
       </c>
       <c r="B1076" s="0">
         <v>235</v>
       </c>
     </row>
     <row r="1077" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1077" s="0" t="s">
         <v>1069</v>
       </c>
       <c r="B1077" s="0">
         <v>195</v>
       </c>
     </row>
     <row r="1078" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1078" s="0" t="s">
         <v>1070</v>
       </c>
       <c r="B1078" s="0">
-        <v>295</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1079" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1079" s="0" t="s">
         <v>1071</v>
       </c>
       <c r="B1079" s="0">
         <v>1270</v>
       </c>
     </row>
-    <row r="1080" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
-      <c r="A1080" s="3" t="s">
+    <row r="1080" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1080" s="0" t="s">
         <v>1072</v>
       </c>
-      <c r="B1080" s="0"/>
+      <c r="B1080" s="0">
+        <v>153</v>
+      </c>
     </row>
     <row r="1081" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1081" s="0" t="s">
         <v>1073</v>
       </c>
       <c r="B1081" s="0">
-        <v>85</v>
+        <v>660</v>
       </c>
     </row>
     <row r="1082" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1082" s="0" t="s">
         <v>1074</v>
       </c>
       <c r="B1082" s="0">
-        <v>450</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="1083" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1083" s="0" t="s">
         <v>1075</v>
       </c>
       <c r="B1083" s="0">
-        <v>225</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="1084" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1084" s="0" t="s">
         <v>1076</v>
       </c>
       <c r="B1084" s="0">
-        <v>965</v>
-[...3 lines deleted...]
-      <c r="A1085" s="0" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1085" s="3" t="s">
         <v>1077</v>
       </c>
-      <c r="B1085" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1085" s="0"/>
     </row>
     <row r="1086" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1086" s="0" t="s">
         <v>1078</v>
       </c>
       <c r="B1086" s="0">
-        <v>185</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1087" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1087" s="0" t="s">
         <v>1079</v>
       </c>
       <c r="B1087" s="0">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1088" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1088" s="0" t="s">
         <v>1080</v>
       </c>
       <c r="B1088" s="0">
-        <v>340</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1089" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1089" s="0" t="s">
         <v>1081</v>
       </c>
       <c r="B1089" s="0">
-        <v>695</v>
+        <v>965</v>
       </c>
     </row>
     <row r="1090" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1090" s="0" t="s">
         <v>1082</v>
       </c>
       <c r="B1090" s="0">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1091" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1091" s="0" t="s">
         <v>1083</v>
       </c>
       <c r="B1091" s="0">
-        <v>565</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1092" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1092" s="0" t="s">
         <v>1084</v>
       </c>
       <c r="B1092" s="0">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1093" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1093" s="0" t="s">
         <v>1085</v>
       </c>
       <c r="B1093" s="0">
-        <v>418</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1094" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1094" s="0" t="s">
         <v>1086</v>
       </c>
       <c r="B1094" s="0">
-        <v>646</v>
+        <v>695</v>
       </c>
     </row>
     <row r="1095" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1095" s="0" t="s">
         <v>1087</v>
       </c>
       <c r="B1095" s="0">
-        <v>523</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1096" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1096" s="0" t="s">
         <v>1088</v>
       </c>
       <c r="B1096" s="0">
-        <v>634</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1097" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1097" s="0" t="s">
         <v>1089</v>
       </c>
       <c r="B1097" s="0">
-        <v>330</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1098" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1098" s="0" t="s">
         <v>1090</v>
       </c>
       <c r="B1098" s="0">
-        <v>235</v>
+        <v>418</v>
       </c>
     </row>
     <row r="1099" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1099" s="0" t="s">
         <v>1091</v>
       </c>
       <c r="B1099" s="0">
-        <v>310</v>
+        <v>646</v>
       </c>
     </row>
     <row r="1100" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1100" s="0" t="s">
         <v>1092</v>
       </c>
       <c r="B1100" s="0">
-        <v>130</v>
+        <v>523</v>
       </c>
     </row>
     <row r="1101" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1101" s="0" t="s">
         <v>1093</v>
       </c>
       <c r="B1101" s="0">
-        <v>50</v>
+        <v>686</v>
       </c>
     </row>
     <row r="1102" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1102" s="0" t="s">
         <v>1094</v>
       </c>
       <c r="B1102" s="0">
-        <v>40</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1103" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1103" s="0" t="s">
         <v>1095</v>
       </c>
       <c r="B1103" s="0">
-        <v>315</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1104" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1104" s="0" t="s">
         <v>1096</v>
       </c>
       <c r="B1104" s="0">
-        <v>495</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1105" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1105" s="0" t="s">
         <v>1097</v>
       </c>
       <c r="B1105" s="0">
-        <v>690</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1106" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1106" s="0" t="s">
         <v>1098</v>
       </c>
       <c r="B1106" s="0">
-        <v>740</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1107" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1107" s="0" t="s">
         <v>1099</v>
       </c>
       <c r="B1107" s="0">
-        <v>275</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1108" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1108" s="0" t="s">
         <v>1100</v>
       </c>
       <c r="B1108" s="0">
-        <v>625</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1109" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1109" s="0" t="s">
         <v>1101</v>
       </c>
       <c r="B1109" s="0">
-        <v>195</v>
+        <v>740</v>
       </c>
     </row>
     <row r="1110" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1110" s="0" t="s">
         <v>1102</v>
       </c>
       <c r="B1110" s="0">
-        <v>735</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1111" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1111" s="0" t="s">
         <v>1103</v>
       </c>
       <c r="B1111" s="0">
-        <v>130</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1112" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1112" s="0" t="s">
         <v>1104</v>
       </c>
       <c r="B1112" s="0">
-        <v>478</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1113" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1113" s="0" t="s">
         <v>1105</v>
       </c>
       <c r="B1113" s="0">
-        <v>305</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="1114" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1114" s="0" t="s">
         <v>1106</v>
       </c>
       <c r="B1114" s="0">
-        <v>800</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1115" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1115" s="0" t="s">
         <v>1107</v>
       </c>
       <c r="B1115" s="0">
-        <v>315</v>
+        <v>508</v>
       </c>
     </row>
     <row r="1116" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1116" s="0" t="s">
         <v>1108</v>
       </c>
       <c r="B1116" s="0">
-        <v>626</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1117" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1117" s="0" t="s">
         <v>1109</v>
       </c>
       <c r="B1117" s="0">
-        <v>185</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1118" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1118" s="0" t="s">
         <v>1110</v>
       </c>
       <c r="B1118" s="0">
-        <v>675</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1119" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1119" s="0" t="s">
         <v>1111</v>
       </c>
       <c r="B1119" s="0">
-        <v>200</v>
+        <v>626</v>
       </c>
     </row>
     <row r="1120" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1120" s="0" t="s">
         <v>1112</v>
       </c>
       <c r="B1120" s="0">
-        <v>490</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1121" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1121" s="0" t="s">
         <v>1113</v>
       </c>
       <c r="B1121" s="0">
-        <v>725</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1122" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1122" s="0" t="s">
         <v>1114</v>
       </c>
       <c r="B1122" s="0">
-        <v>635</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1123" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1123" s="0" t="s">
         <v>1115</v>
       </c>
       <c r="B1123" s="0">
-        <v>288</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1124" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1124" s="0" t="s">
         <v>1116</v>
       </c>
       <c r="B1124" s="0">
-        <v>220</v>
+        <v>725</v>
       </c>
     </row>
     <row r="1125" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1125" s="0" t="s">
         <v>1117</v>
       </c>
       <c r="B1125" s="0">
-        <v>210</v>
+        <v>288</v>
       </c>
     </row>
     <row r="1126" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1126" s="0" t="s">
         <v>1118</v>
       </c>
       <c r="B1126" s="0">
-        <v>95</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1127" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1127" s="0" t="s">
         <v>1119</v>
       </c>
       <c r="B1127" s="0">
-        <v>372</v>
+        <v>222</v>
       </c>
     </row>
     <row r="1128" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1128" s="0" t="s">
         <v>1120</v>
       </c>
       <c r="B1128" s="0">
-        <v>640</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1129" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1129" s="0" t="s">
         <v>1121</v>
       </c>
       <c r="B1129" s="0">
-        <v>295</v>
+        <v>372</v>
       </c>
     </row>
     <row r="1130" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1130" s="0" t="s">
         <v>1122</v>
       </c>
       <c r="B1130" s="0">
-        <v>460</v>
+        <v>640</v>
       </c>
     </row>
     <row r="1131" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1131" s="0" t="s">
         <v>1123</v>
       </c>
       <c r="B1131" s="0">
-        <v>385</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1132" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1132" s="0" t="s">
         <v>1124</v>
       </c>
       <c r="B1132" s="0">
-        <v>395</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1133" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1133" s="0" t="s">
         <v>1125</v>
       </c>
       <c r="B1133" s="0">
-        <v>190</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1134" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1134" s="0" t="s">
         <v>1126</v>
       </c>
       <c r="B1134" s="0">
-        <v>338</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1135" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1135" s="0" t="s">
         <v>1127</v>
       </c>
       <c r="B1135" s="0">
-        <v>370</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1136" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1136" s="0" t="s">
         <v>1128</v>
       </c>
       <c r="B1136" s="0">
-        <v>855</v>
+        <v>338</v>
       </c>
     </row>
     <row r="1137" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1137" s="0" t="s">
         <v>1129</v>
       </c>
       <c r="B1137" s="0">
-        <v>233</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1138" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1138" s="0" t="s">
         <v>1130</v>
       </c>
       <c r="B1138" s="0">
-        <v>1175</v>
+        <v>855</v>
       </c>
     </row>
     <row r="1139" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1139" s="0" t="s">
         <v>1131</v>
       </c>
       <c r="B1139" s="0">
-        <v>122</v>
+        <v>233</v>
       </c>
     </row>
     <row r="1140" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1140" s="0" t="s">
         <v>1132</v>
       </c>
       <c r="B1140" s="0">
-        <v>155</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="1141" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1141" s="0" t="s">
         <v>1133</v>
       </c>
       <c r="B1141" s="0">
-        <v>228</v>
+        <v>122</v>
       </c>
     </row>
     <row r="1142" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1142" s="0" t="s">
         <v>1134</v>
       </c>
       <c r="B1142" s="0">
-        <v>238</v>
+        <v>228</v>
       </c>
     </row>
     <row r="1143" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1143" s="0" t="s">
         <v>1135</v>
       </c>
       <c r="B1143" s="0">
-        <v>115</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1144" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1144" s="0" t="s">
         <v>1136</v>
       </c>
       <c r="B1144" s="0">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1145" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1145" s="0" t="s">
         <v>1137</v>
       </c>
       <c r="B1145" s="0">
-        <v>120</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1146" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1146" s="0" t="s">
         <v>1138</v>
       </c>
       <c r="B1146" s="0">
-        <v>267</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1147" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1147" s="0" t="s">
         <v>1139</v>
       </c>
       <c r="B1147" s="0">
-        <v>87</v>
+        <v>283</v>
       </c>
     </row>
     <row r="1148" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1148" s="0" t="s">
         <v>1140</v>
       </c>
       <c r="B1148" s="0">
-        <v>110</v>
+        <v>87</v>
       </c>
     </row>
     <row r="1149" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1149" s="0" t="s">
         <v>1141</v>
       </c>
       <c r="B1149" s="0">
-        <v>370</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1150" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1150" s="0" t="s">
         <v>1142</v>
       </c>
       <c r="B1150" s="0">
-        <v>217</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1151" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1151" s="0" t="s">
         <v>1143</v>
       </c>
       <c r="B1151" s="0">
-        <v>135</v>
+        <v>217</v>
       </c>
     </row>
     <row r="1152" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1152" s="0" t="s">
         <v>1144</v>
       </c>
       <c r="B1152" s="0">
-        <v>530</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1153" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1153" s="0" t="s">
         <v>1145</v>
       </c>
       <c r="B1153" s="0">
-        <v>343</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1154" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1154" s="0" t="s">
         <v>1146</v>
       </c>
       <c r="B1154" s="0">
-        <v>254</v>
+        <v>343</v>
       </c>
     </row>
     <row r="1155" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1155" s="0" t="s">
         <v>1147</v>
       </c>
       <c r="B1155" s="0">
-        <v>213</v>
+        <v>254</v>
       </c>
     </row>
     <row r="1156" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1156" s="0" t="s">
         <v>1148</v>
       </c>
       <c r="B1156" s="0">
-        <v>270</v>
+        <v>226</v>
       </c>
     </row>
     <row r="1157" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1157" s="0" t="s">
         <v>1149</v>
       </c>
       <c r="B1157" s="0">
-        <v>132</v>
+        <v>288</v>
       </c>
     </row>
     <row r="1158" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1158" s="0" t="s">
         <v>1150</v>
       </c>
       <c r="B1158" s="0">
-        <v>825</v>
+        <v>132</v>
       </c>
     </row>
     <row r="1159" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1159" s="0" t="s">
         <v>1151</v>
       </c>
       <c r="B1159" s="0">
-        <v>210</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1160" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1160" s="0" t="s">
         <v>1152</v>
       </c>
       <c r="B1160" s="0">
-        <v>920</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1161" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1161" s="0" t="s">
         <v>1153</v>
       </c>
       <c r="B1161" s="0">
-        <v>213</v>
+        <v>920</v>
       </c>
     </row>
     <row r="1162" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1162" s="0" t="s">
         <v>1154</v>
       </c>
       <c r="B1162" s="0">
-        <v>160</v>
+        <v>213</v>
       </c>
     </row>
     <row r="1163" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1163" s="0" t="s">
         <v>1155</v>
       </c>
       <c r="B1163" s="0">
-        <v>112</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1164" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1164" s="0" t="s">
         <v>1156</v>
       </c>
       <c r="B1164" s="0">
-        <v>1080</v>
+        <v>112</v>
       </c>
     </row>
     <row r="1165" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1165" s="0" t="s">
         <v>1157</v>
       </c>
       <c r="B1165" s="0">
-        <v>210</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="1166" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1166" s="0" t="s">
         <v>1158</v>
       </c>
       <c r="B1166" s="0">
-        <v>70</v>
+        <v>223</v>
       </c>
     </row>
     <row r="1167" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1167" s="0" t="s">
         <v>1159</v>
       </c>
       <c r="B1167" s="0">
-        <v>180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1168" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1168" s="0" t="s">
         <v>1160</v>
       </c>
       <c r="B1168" s="0">
         <v>205</v>
       </c>
     </row>
     <row r="1169" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1169" s="0" t="s">
         <v>1161</v>
       </c>
       <c r="B1169" s="0">
-        <v>520</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1170" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1170" s="0" t="s">
         <v>1162</v>
       </c>
       <c r="B1170" s="0">
         <v>565</v>
       </c>
     </row>
     <row r="1171" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1171" s="0" t="s">
         <v>1163</v>
       </c>
       <c r="B1171" s="0">
-        <v>115</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1172" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1172" s="0" t="s">
         <v>1164</v>
       </c>
       <c r="B1172" s="0">
-        <v>535</v>
+        <v>578</v>
       </c>
     </row>
     <row r="1173" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1173" s="0" t="s">
         <v>1165</v>
       </c>
       <c r="B1173" s="0">
         <v>137</v>
       </c>
     </row>
     <row r="1174" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1174" s="0" t="s">
         <v>1166</v>
       </c>
       <c r="B1174" s="0">
         <v>700</v>
       </c>
     </row>
     <row r="1175" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1175" s="0" t="s">
         <v>1167</v>
       </c>
       <c r="B1175" s="0">
-        <v>425</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1176" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1176" s="0" t="s">
         <v>1168</v>
       </c>
       <c r="B1176" s="0">
         <v>110</v>
       </c>
     </row>
     <row r="1177" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1177" s="0" t="s">
         <v>1169</v>
       </c>
       <c r="B1177" s="0">
         <v>110</v>
       </c>
     </row>
     <row r="1178" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1178" s="0" t="s">
         <v>1170</v>
       </c>
       <c r="B1178" s="0">
         <v>135</v>
       </c>
@@ -16970,507 +16988,507 @@
       <c r="B1185" s="0">
         <v>430</v>
       </c>
     </row>
     <row r="1186" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1186" s="0" t="s">
         <v>1178</v>
       </c>
       <c r="B1186" s="0">
         <v>226</v>
       </c>
     </row>
     <row r="1187" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1187" s="0" t="s">
         <v>1179</v>
       </c>
       <c r="B1187" s="0">
         <v>208</v>
       </c>
     </row>
     <row r="1188" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1188" s="0" t="s">
         <v>1180</v>
       </c>
       <c r="B1188" s="0">
-        <v>285</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1189" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1189" s="0" t="s">
         <v>1181</v>
       </c>
       <c r="B1189" s="0">
-        <v>378</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1190" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1190" s="0" t="s">
         <v>1182</v>
       </c>
       <c r="B1190" s="0">
         <v>1420</v>
       </c>
     </row>
     <row r="1191" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1191" s="0" t="s">
         <v>1183</v>
       </c>
       <c r="B1191" s="0">
         <v>138</v>
       </c>
     </row>
     <row r="1192" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1192" s="0" t="s">
         <v>1184</v>
       </c>
       <c r="B1192" s="0">
-        <v>554</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1193" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1193" s="0" t="s">
         <v>1185</v>
       </c>
       <c r="B1193" s="0">
         <v>108</v>
       </c>
     </row>
     <row r="1194" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1194" s="0" t="s">
         <v>1186</v>
       </c>
       <c r="B1194" s="0">
-        <v>1640</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="1195" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1195" s="0" t="s">
         <v>1187</v>
       </c>
       <c r="B1195" s="0">
         <v>450</v>
       </c>
     </row>
     <row r="1196" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1196" s="0" t="s">
         <v>1188</v>
       </c>
       <c r="B1196" s="0">
-        <v>175</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1197" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1197" s="0" t="s">
         <v>1189</v>
       </c>
       <c r="B1197" s="0">
-        <v>280</v>
+        <v>860</v>
       </c>
     </row>
     <row r="1198" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1198" s="0" t="s">
         <v>1190</v>
       </c>
       <c r="B1198" s="0">
-        <v>815</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1199" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1199" s="0" t="s">
         <v>1191</v>
       </c>
       <c r="B1199" s="0">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1200" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1200" s="0" t="s">
         <v>1192</v>
       </c>
       <c r="B1200" s="0">
-        <v>235</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1201" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1201" s="0" t="s">
         <v>1193</v>
       </c>
       <c r="B1201" s="0">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1202" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1202" s="0" t="s">
         <v>1194</v>
       </c>
       <c r="B1202" s="0">
-        <v>245</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1203" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1203" s="0" t="s">
         <v>1195</v>
       </c>
       <c r="B1203" s="0">
-        <v>110</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1204" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1204" s="0" t="s">
         <v>1196</v>
       </c>
       <c r="B1204" s="0">
-        <v>625</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="1205" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1205" s="0" t="s">
         <v>1197</v>
       </c>
       <c r="B1205" s="0">
-        <v>1290</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1206" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1206" s="0" t="s">
         <v>1198</v>
       </c>
       <c r="B1206" s="0">
-        <v>285</v>
+        <v>615</v>
       </c>
     </row>
     <row r="1207" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1207" s="0" t="s">
         <v>1199</v>
       </c>
       <c r="B1207" s="0">
-        <v>615</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1208" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1208" s="0" t="s">
         <v>1200</v>
       </c>
       <c r="B1208" s="0">
-        <v>150</v>
+        <v>685</v>
       </c>
     </row>
     <row r="1209" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1209" s="0" t="s">
         <v>1201</v>
       </c>
       <c r="B1209" s="0">
-        <v>685</v>
+        <v>795</v>
       </c>
     </row>
     <row r="1210" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1210" s="0" t="s">
         <v>1202</v>
       </c>
       <c r="B1210" s="0">
-        <v>415</v>
+        <v>138</v>
       </c>
     </row>
     <row r="1211" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1211" s="0" t="s">
         <v>1203</v>
       </c>
       <c r="B1211" s="0">
-        <v>795</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1212" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1212" s="0" t="s">
         <v>1204</v>
       </c>
       <c r="B1212" s="0">
-        <v>130</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1213" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1213" s="0" t="s">
         <v>1205</v>
       </c>
       <c r="B1213" s="0">
-        <v>175</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1214" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1214" s="0" t="s">
         <v>1206</v>
       </c>
       <c r="B1214" s="0">
-        <v>185</v>
+        <v>172</v>
       </c>
     </row>
     <row r="1215" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1215" s="0" t="s">
         <v>1207</v>
       </c>
       <c r="B1215" s="0">
-        <v>115</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1216" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1216" s="0" t="s">
         <v>1208</v>
       </c>
       <c r="B1216" s="0">
-        <v>172</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1217" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1217" s="0" t="s">
         <v>1209</v>
       </c>
       <c r="B1217" s="0">
-        <v>225</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1218" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1218" s="0" t="s">
         <v>1210</v>
       </c>
       <c r="B1218" s="0">
-        <v>75</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="1219" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1219" s="0" t="s">
         <v>1211</v>
       </c>
       <c r="B1219" s="0">
-        <v>425</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1220" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1220" s="0" t="s">
         <v>1212</v>
       </c>
       <c r="B1220" s="0">
-        <v>1135</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1221" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1221" s="0" t="s">
         <v>1213</v>
       </c>
       <c r="B1221" s="0">
-        <v>750</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1222" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1222" s="0" t="s">
         <v>1214</v>
       </c>
       <c r="B1222" s="0">
-        <v>185</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="1223" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1223" s="0" t="s">
         <v>1215</v>
       </c>
       <c r="B1223" s="0">
-        <v>440</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1224" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1224" s="0" t="s">
         <v>1216</v>
       </c>
       <c r="B1224" s="0">
-        <v>1670</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1225" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1225" s="0" t="s">
         <v>1217</v>
       </c>
       <c r="B1225" s="0">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1226" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1226" s="0" t="s">
         <v>1218</v>
       </c>
       <c r="B1226" s="0">
-        <v>565</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1227" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1227" s="0" t="s">
         <v>1219</v>
       </c>
       <c r="B1227" s="0">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1228" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1228" s="0" t="s">
         <v>1220</v>
       </c>
       <c r="B1228" s="0">
-        <v>130</v>
+        <v>171</v>
       </c>
     </row>
     <row r="1229" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1229" s="0" t="s">
         <v>1221</v>
       </c>
       <c r="B1229" s="0">
-        <v>220</v>
+        <v>585</v>
       </c>
     </row>
     <row r="1230" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1230" s="0" t="s">
         <v>1222</v>
       </c>
       <c r="B1230" s="0">
-        <v>235</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1231" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1231" s="0" t="s">
         <v>1223</v>
       </c>
       <c r="B1231" s="0">
-        <v>171</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1232" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1232" s="0" t="s">
         <v>1224</v>
       </c>
       <c r="B1232" s="0">
-        <v>555</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1233" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1233" s="0" t="s">
         <v>1225</v>
       </c>
       <c r="B1233" s="0">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1234" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1234" s="0" t="s">
         <v>1226</v>
       </c>
       <c r="B1234" s="0">
-        <v>265</v>
+        <v>515</v>
       </c>
     </row>
     <row r="1235" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1235" s="0" t="s">
         <v>1227</v>
       </c>
       <c r="B1235" s="0">
-        <v>213</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1236" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1236" s="0" t="s">
         <v>1228</v>
       </c>
       <c r="B1236" s="0">
-        <v>235</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="1237" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1237" s="0" t="s">
         <v>1229</v>
       </c>
       <c r="B1237" s="0">
-        <v>235</v>
+        <v>655</v>
       </c>
     </row>
     <row r="1238" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1238" s="0" t="s">
         <v>1230</v>
       </c>
       <c r="B1238" s="0">
-        <v>515</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1239" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1239" s="0" t="s">
         <v>1231</v>
       </c>
       <c r="B1239" s="0">
-        <v>605</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1240" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1240" s="0" t="s">
         <v>1232</v>
       </c>
       <c r="B1240" s="0">
-        <v>2198</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1241" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1241" s="0" t="s">
         <v>1233</v>
       </c>
       <c r="B1241" s="0">
-        <v>655</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1242" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1242" s="0" t="s">
         <v>1234</v>
       </c>
       <c r="B1242" s="0">
-        <v>575</v>
+        <v>820</v>
       </c>
     </row>
     <row r="1243" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1243" s="0" t="s">
         <v>1235</v>
       </c>
       <c r="B1243" s="0">
-        <v>195</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1244" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1244" s="0" t="s">
         <v>1236</v>
       </c>
       <c r="B1244" s="0">
-        <v>190</v>
+        <v>398</v>
       </c>
     </row>
     <row r="1245" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1245" s="0" t="s">
         <v>1237</v>
       </c>
       <c r="B1245" s="0">
-        <v>445</v>
+        <v>256</v>
       </c>
     </row>
     <row r="1246" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A1246" s="3" t="s">
         <v>1238</v>
       </c>
       <c r="B1246" s="0"/>
     </row>
     <row r="1247" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1247" s="0" t="s">
         <v>1239</v>
       </c>
       <c r="B1247" s="0">
         <v>3920</v>
       </c>
     </row>
     <row r="1248" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1248" s="0" t="s">
         <v>1240</v>
       </c>
       <c r="B1248" s="0">
         <v>4930</v>
       </c>
     </row>
     <row r="1249" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
@@ -17480,51 +17498,51 @@
       <c r="B1249" s="0">
         <v>270</v>
       </c>
     </row>
     <row r="1250" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1250" s="0" t="s">
         <v>1242</v>
       </c>
       <c r="B1250" s="0">
         <v>325</v>
       </c>
     </row>
     <row r="1251" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1251" s="0" t="s">
         <v>1243</v>
       </c>
       <c r="B1251" s="0">
         <v>245</v>
       </c>
     </row>
     <row r="1252" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1252" s="0" t="s">
         <v>1244</v>
       </c>
       <c r="B1252" s="0">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1253" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1253" s="0" t="s">
         <v>1245</v>
       </c>
       <c r="B1253" s="0">
         <v>1310</v>
       </c>
     </row>
     <row r="1254" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1254" s="0" t="s">
         <v>1246</v>
       </c>
       <c r="B1254" s="0">
         <v>2855</v>
       </c>
     </row>
     <row r="1255" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1255" s="0" t="s">
         <v>1247</v>
       </c>
       <c r="B1255" s="0">
         <v>150</v>
       </c>
@@ -17544,51 +17562,51 @@
       <c r="B1257" s="0">
         <v>1485</v>
       </c>
     </row>
     <row r="1258" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1258" s="0" t="s">
         <v>1250</v>
       </c>
       <c r="B1258" s="0">
         <v>3140</v>
       </c>
     </row>
     <row r="1259" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1259" s="0" t="s">
         <v>1251</v>
       </c>
       <c r="B1259" s="0">
         <v>1910</v>
       </c>
     </row>
     <row r="1260" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1260" s="0" t="s">
         <v>1252</v>
       </c>
       <c r="B1260" s="0">
-        <v>2705</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="1261" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1261" s="0" t="s">
         <v>1253</v>
       </c>
       <c r="B1261" s="0">
         <v>1675</v>
       </c>
     </row>
     <row r="1262" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1262" s="0" t="s">
         <v>1254</v>
       </c>
       <c r="B1262" s="0">
         <v>900</v>
       </c>
     </row>
     <row r="1263" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1263" s="0" t="s">
         <v>1255</v>
       </c>
       <c r="B1263" s="0">
         <v>1520</v>
       </c>
@@ -17624,67 +17642,67 @@
       <c r="B1267" s="0">
         <v>1620</v>
       </c>
     </row>
     <row r="1268" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1268" s="0" t="s">
         <v>1260</v>
       </c>
       <c r="B1268" s="0">
         <v>1930</v>
       </c>
     </row>
     <row r="1269" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1269" s="0" t="s">
         <v>1261</v>
       </c>
       <c r="B1269" s="0">
         <v>1920</v>
       </c>
     </row>
     <row r="1270" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1270" s="0" t="s">
         <v>1262</v>
       </c>
       <c r="B1270" s="0">
-        <v>1920</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="1271" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1271" s="0" t="s">
         <v>1263</v>
       </c>
       <c r="B1271" s="0">
         <v>2405</v>
       </c>
     </row>
     <row r="1272" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1272" s="0" t="s">
         <v>1264</v>
       </c>
       <c r="B1272" s="0">
-        <v>3580</v>
+        <v>3725</v>
       </c>
     </row>
     <row r="1273" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1273" s="0" t="s">
         <v>1265</v>
       </c>
       <c r="B1273" s="0">
         <v>3200</v>
       </c>
     </row>
     <row r="1274" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1274" s="0" t="s">
         <v>1266</v>
       </c>
       <c r="B1274" s="0">
         <v>1280</v>
       </c>
     </row>
     <row r="1275" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1275" s="0" t="s">
         <v>1267</v>
       </c>
       <c r="B1275" s="0">
         <v>1920</v>
       </c>
@@ -17726,67 +17744,67 @@
       <c r="B1280" s="0">
         <v>335</v>
       </c>
     </row>
     <row r="1281" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1281" s="0" t="s">
         <v>1273</v>
       </c>
       <c r="B1281" s="0">
         <v>375</v>
       </c>
     </row>
     <row r="1282" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1282" s="0" t="s">
         <v>1274</v>
       </c>
       <c r="B1282" s="0">
         <v>455</v>
       </c>
     </row>
     <row r="1283" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1283" s="0" t="s">
         <v>1275</v>
       </c>
       <c r="B1283" s="0">
-        <v>116</v>
+        <v>123</v>
       </c>
     </row>
     <row r="1284" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1284" s="0" t="s">
         <v>1276</v>
       </c>
       <c r="B1284" s="0">
         <v>160</v>
       </c>
     </row>
     <row r="1285" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1285" s="0" t="s">
         <v>1277</v>
       </c>
       <c r="B1285" s="0">
-        <v>158</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1286" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1286" s="0" t="s">
         <v>1278</v>
       </c>
       <c r="B1286" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="1287" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1287" s="0" t="s">
         <v>1279</v>
       </c>
       <c r="B1287" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="1288" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1288" s="0" t="s">
         <v>1280</v>
       </c>
       <c r="B1288" s="0">
         <v>515</v>
       </c>
@@ -17822,67 +17840,67 @@
       <c r="B1292" s="0">
         <v>57</v>
       </c>
     </row>
     <row r="1293" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1293" s="0" t="s">
         <v>1285</v>
       </c>
       <c r="B1293" s="0">
         <v>85</v>
       </c>
     </row>
     <row r="1294" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1294" s="0" t="s">
         <v>1286</v>
       </c>
       <c r="B1294" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="1295" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1295" s="0" t="s">
         <v>1287</v>
       </c>
       <c r="B1295" s="0">
-        <v>64</v>
+        <v>68</v>
       </c>
     </row>
     <row r="1296" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1296" s="0" t="s">
         <v>1288</v>
       </c>
       <c r="B1296" s="0">
-        <v>98</v>
+        <v>103</v>
       </c>
     </row>
     <row r="1297" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1297" s="0" t="s">
         <v>1289</v>
       </c>
       <c r="B1297" s="0">
-        <v>84</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1298" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1298" s="0" t="s">
         <v>1290</v>
       </c>
       <c r="B1298" s="0">
         <v>42</v>
       </c>
     </row>
     <row r="1299" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1299" s="0" t="s">
         <v>1291</v>
       </c>
       <c r="B1299" s="0">
         <v>395</v>
       </c>
     </row>
     <row r="1300" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1300" s="0" t="s">
         <v>1292</v>
       </c>
       <c r="B1300" s="0">
         <v>165</v>
       </c>
@@ -18200,99 +18218,99 @@
       <c r="B1341" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="1342" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1342" s="0" t="s">
         <v>1334</v>
       </c>
       <c r="B1342" s="0">
         <v>175</v>
       </c>
     </row>
     <row r="1343" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1343" s="0" t="s">
         <v>1335</v>
       </c>
       <c r="B1343" s="0">
         <v>110</v>
       </c>
     </row>
     <row r="1344" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1344" s="0" t="s">
         <v>1336</v>
       </c>
       <c r="B1344" s="0">
-        <v>147</v>
+        <v>158</v>
       </c>
     </row>
     <row r="1345" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1345" s="0" t="s">
         <v>1337</v>
       </c>
       <c r="B1345" s="0">
         <v>74</v>
       </c>
     </row>
     <row r="1346" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1346" s="0" t="s">
         <v>1338</v>
       </c>
       <c r="B1346" s="0">
         <v>90</v>
       </c>
     </row>
     <row r="1347" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1347" s="0" t="s">
         <v>1339</v>
       </c>
       <c r="B1347" s="0">
         <v>98</v>
       </c>
     </row>
     <row r="1348" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1348" s="0" t="s">
         <v>1340</v>
       </c>
       <c r="B1348" s="0">
         <v>107</v>
       </c>
     </row>
     <row r="1349" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1349" s="0" t="s">
         <v>1341</v>
       </c>
       <c r="B1349" s="0">
-        <v>124</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1350" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1350" s="0" t="s">
         <v>1342</v>
       </c>
       <c r="B1350" s="0">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1351" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1351" s="0" t="s">
         <v>1343</v>
       </c>
       <c r="B1351" s="0">
         <v>221</v>
       </c>
     </row>
     <row r="1352" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1352" s="0" t="s">
         <v>1344</v>
       </c>
       <c r="B1352" s="0">
         <v>332</v>
       </c>
     </row>
     <row r="1353" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1353" s="0" t="s">
         <v>1345</v>
       </c>
       <c r="B1353" s="0">
         <v>206</v>
       </c>
@@ -18536,7862 +18554,7910 @@
       <c r="B1383" s="0">
         <v>192</v>
       </c>
     </row>
     <row r="1384" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1384" s="0" t="s">
         <v>1375</v>
       </c>
       <c r="B1384" s="0">
         <v>90</v>
       </c>
     </row>
     <row r="1385" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1385" s="0" t="s">
         <v>1376</v>
       </c>
       <c r="B1385" s="0">
         <v>388</v>
       </c>
     </row>
     <row r="1386" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1386" s="0" t="s">
         <v>1377</v>
       </c>
       <c r="B1386" s="0">
-        <v>40</v>
+        <v>46</v>
       </c>
     </row>
     <row r="1387" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1387" s="0" t="s">
         <v>1378</v>
       </c>
       <c r="B1387" s="0">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1388" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1388" s="0" t="s">
         <v>1379</v>
       </c>
       <c r="B1388" s="0">
         <v>222</v>
       </c>
     </row>
     <row r="1389" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1389" s="0" t="s">
         <v>1380</v>
       </c>
       <c r="B1389" s="0">
         <v>55</v>
       </c>
     </row>
     <row r="1390" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1390" s="0" t="s">
         <v>1381</v>
       </c>
       <c r="B1390" s="0">
         <v>87</v>
       </c>
     </row>
     <row r="1391" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1391" s="0" t="s">
         <v>1382</v>
       </c>
       <c r="B1391" s="0">
         <v>575</v>
       </c>
     </row>
     <row r="1392" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1392" s="0" t="s">
         <v>1383</v>
       </c>
       <c r="B1392" s="0">
-        <v>45</v>
+        <v>408</v>
       </c>
     </row>
     <row r="1393" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1393" s="0" t="s">
         <v>1384</v>
       </c>
       <c r="B1393" s="0">
-        <v>408</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1394" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1394" s="0" t="s">
         <v>1385</v>
       </c>
       <c r="B1394" s="0">
-        <v>405</v>
+        <v>27</v>
       </c>
     </row>
     <row r="1395" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1395" s="0" t="s">
         <v>1386</v>
       </c>
       <c r="B1395" s="0">
-        <v>27</v>
+        <v>733</v>
       </c>
     </row>
     <row r="1396" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1396" s="0" t="s">
         <v>1387</v>
       </c>
       <c r="B1396" s="0">
-        <v>733</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="1397" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1397" s="0" t="s">
         <v>1388</v>
       </c>
       <c r="B1397" s="0">
-        <v>1322</v>
+        <v>950</v>
       </c>
     </row>
     <row r="1398" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1398" s="0" t="s">
         <v>1389</v>
       </c>
       <c r="B1398" s="0">
-        <v>950</v>
+        <v>248</v>
       </c>
     </row>
     <row r="1399" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1399" s="0" t="s">
         <v>1390</v>
       </c>
       <c r="B1399" s="0">
-        <v>360</v>
+        <v>896</v>
       </c>
     </row>
     <row r="1400" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1400" s="0" t="s">
         <v>1391</v>
       </c>
       <c r="B1400" s="0">
-        <v>232</v>
+        <v>595</v>
       </c>
     </row>
     <row r="1401" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1401" s="0" t="s">
         <v>1392</v>
       </c>
       <c r="B1401" s="0">
-        <v>896</v>
+        <v>112</v>
       </c>
     </row>
     <row r="1402" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1402" s="0" t="s">
         <v>1393</v>
       </c>
       <c r="B1402" s="0">
-        <v>595</v>
+        <v>366</v>
       </c>
     </row>
     <row r="1403" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1403" s="0" t="s">
         <v>1394</v>
       </c>
       <c r="B1403" s="0">
-        <v>112</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1404" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1404" s="0" t="s">
         <v>1395</v>
       </c>
       <c r="B1404" s="0">
-        <v>366</v>
+        <v>263</v>
       </c>
     </row>
     <row r="1405" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1405" s="0" t="s">
         <v>1396</v>
       </c>
       <c r="B1405" s="0">
-        <v>160</v>
+        <v>572</v>
       </c>
     </row>
     <row r="1406" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1406" s="0" t="s">
         <v>1397</v>
       </c>
       <c r="B1406" s="0">
-        <v>263</v>
+        <v>592</v>
       </c>
     </row>
     <row r="1407" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1407" s="0" t="s">
         <v>1398</v>
       </c>
       <c r="B1407" s="0">
-        <v>560</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1408" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1408" s="0" t="s">
         <v>1399</v>
       </c>
       <c r="B1408" s="0">
-        <v>592</v>
+        <v>406</v>
       </c>
     </row>
     <row r="1409" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1409" s="0" t="s">
         <v>1400</v>
       </c>
       <c r="B1409" s="0">
-        <v>165</v>
+        <v>456</v>
       </c>
     </row>
     <row r="1410" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1410" s="0" t="s">
         <v>1401</v>
       </c>
       <c r="B1410" s="0">
-        <v>406</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1411" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1411" s="0" t="s">
         <v>1402</v>
       </c>
       <c r="B1411" s="0">
-        <v>420</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1412" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1412" s="0" t="s">
         <v>1403</v>
       </c>
       <c r="B1412" s="0">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1413" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1413" s="0" t="s">
         <v>1404</v>
       </c>
       <c r="B1413" s="0">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1414" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1414" s="0" t="s">
         <v>1405</v>
       </c>
       <c r="B1414" s="0">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1415" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1415" s="0" t="s">
         <v>1406</v>
       </c>
       <c r="B1415" s="0">
-        <v>290</v>
+        <v>398</v>
       </c>
     </row>
     <row r="1416" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1416" s="0" t="s">
         <v>1407</v>
       </c>
       <c r="B1416" s="0">
-        <v>100</v>
+        <v>288</v>
       </c>
     </row>
     <row r="1417" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1417" s="0" t="s">
         <v>1408</v>
       </c>
       <c r="B1417" s="0">
-        <v>398</v>
+        <v>730</v>
       </c>
     </row>
     <row r="1418" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1418" s="0" t="s">
         <v>1409</v>
       </c>
       <c r="B1418" s="0">
-        <v>288</v>
+        <v>193</v>
       </c>
     </row>
     <row r="1419" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1419" s="0" t="s">
         <v>1410</v>
       </c>
       <c r="B1419" s="0">
-        <v>1320</v>
+        <v>111</v>
       </c>
     </row>
     <row r="1420" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1420" s="0" t="s">
         <v>1411</v>
       </c>
       <c r="B1420" s="0">
-        <v>730</v>
+        <v>26</v>
       </c>
     </row>
     <row r="1421" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1421" s="0" t="s">
         <v>1412</v>
       </c>
       <c r="B1421" s="0">
-        <v>105</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1422" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1422" s="0" t="s">
         <v>1413</v>
       </c>
       <c r="B1422" s="0">
-        <v>193</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1423" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1423" s="0" t="s">
         <v>1414</v>
       </c>
       <c r="B1423" s="0">
-        <v>108</v>
+        <v>268</v>
       </c>
     </row>
     <row r="1424" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1424" s="0" t="s">
         <v>1415</v>
       </c>
       <c r="B1424" s="0">
-        <v>26</v>
+        <v>383</v>
       </c>
     </row>
     <row r="1425" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1425" s="0" t="s">
         <v>1416</v>
       </c>
       <c r="B1425" s="0">
-        <v>530</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1426" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1426" s="0" t="s">
         <v>1417</v>
       </c>
       <c r="B1426" s="0">
-        <v>625</v>
+        <v>87</v>
       </c>
     </row>
     <row r="1427" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1427" s="0" t="s">
         <v>1418</v>
       </c>
       <c r="B1427" s="0">
-        <v>268</v>
+        <v>153</v>
       </c>
     </row>
     <row r="1428" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1428" s="0" t="s">
         <v>1419</v>
       </c>
       <c r="B1428" s="0">
-        <v>383</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1429" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1429" s="0" t="s">
         <v>1420</v>
       </c>
       <c r="B1429" s="0">
-        <v>310</v>
+        <v>294</v>
       </c>
     </row>
     <row r="1430" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1430" s="0" t="s">
         <v>1421</v>
       </c>
       <c r="B1430" s="0">
-        <v>185</v>
+        <v>304</v>
       </c>
     </row>
     <row r="1431" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1431" s="0" t="s">
         <v>1422</v>
       </c>
       <c r="B1431" s="0">
-        <v>87</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1432" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1432" s="0" t="s">
         <v>1423</v>
       </c>
       <c r="B1432" s="0">
-        <v>153</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1433" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1433" s="0" t="s">
         <v>1424</v>
       </c>
       <c r="B1433" s="0">
-        <v>650</v>
+        <v>277</v>
       </c>
     </row>
     <row r="1434" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1434" s="0" t="s">
         <v>1425</v>
       </c>
       <c r="B1434" s="0">
-        <v>294</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1435" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1435" s="0" t="s">
         <v>1426</v>
       </c>
       <c r="B1435" s="0">
-        <v>304</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1436" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1436" s="0" t="s">
         <v>1427</v>
       </c>
       <c r="B1436" s="0">
-        <v>280</v>
+        <v>910</v>
       </c>
     </row>
     <row r="1437" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1437" s="0" t="s">
         <v>1428</v>
       </c>
       <c r="B1437" s="0">
-        <v>80</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1438" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1438" s="0" t="s">
         <v>1429</v>
       </c>
       <c r="B1438" s="0">
-        <v>277</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1439" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1439" s="0" t="s">
         <v>1430</v>
       </c>
       <c r="B1439" s="0">
-        <v>84</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1440" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1440" s="0" t="s">
         <v>1431</v>
       </c>
       <c r="B1440" s="0">
-        <v>95</v>
+        <v>228</v>
       </c>
     </row>
     <row r="1441" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1441" s="0" t="s">
         <v>1432</v>
       </c>
       <c r="B1441" s="0">
-        <v>355</v>
-[...3 lines deleted...]
-      <c r="A1442" s="3" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="1442" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1442" s="0" t="s">
         <v>1433</v>
       </c>
-      <c r="B1442" s="0"/>
-[...2 lines deleted...]
-      <c r="A1443" s="0" t="s">
+      <c r="B1442" s="0">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="1443" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1443" s="3" t="s">
         <v>1434</v>
       </c>
-      <c r="B1443" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1443" s="0"/>
     </row>
     <row r="1444" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1444" s="0" t="s">
         <v>1435</v>
       </c>
       <c r="B1444" s="0">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1445" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1445" s="0" t="s">
         <v>1436</v>
       </c>
       <c r="B1445" s="0">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1446" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1446" s="0" t="s">
         <v>1437</v>
       </c>
       <c r="B1446" s="0">
-        <v>55</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1447" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1447" s="0" t="s">
         <v>1438</v>
       </c>
       <c r="B1447" s="0">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1448" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1448" s="0" t="s">
         <v>1439</v>
       </c>
       <c r="B1448" s="0">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1449" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1449" s="0" t="s">
         <v>1440</v>
       </c>
       <c r="B1449" s="0">
         <v>40</v>
       </c>
     </row>
     <row r="1450" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1450" s="0" t="s">
         <v>1441</v>
       </c>
       <c r="B1450" s="0">
         <v>40</v>
       </c>
     </row>
     <row r="1451" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1451" s="0" t="s">
         <v>1442</v>
       </c>
       <c r="B1451" s="0">
         <v>40</v>
       </c>
     </row>
     <row r="1452" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1452" s="0" t="s">
         <v>1443</v>
       </c>
       <c r="B1452" s="0">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1453" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1453" s="0" t="s">
         <v>1444</v>
       </c>
       <c r="B1453" s="0">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1454" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1454" s="0" t="s">
         <v>1445</v>
       </c>
       <c r="B1454" s="0">
-        <v>20</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1455" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1455" s="0" t="s">
         <v>1446</v>
       </c>
       <c r="B1455" s="0">
-        <v>32</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1456" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1456" s="0" t="s">
         <v>1447</v>
       </c>
       <c r="B1456" s="0">
-        <v>40</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1457" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1457" s="0" t="s">
         <v>1448</v>
       </c>
       <c r="B1457" s="0">
         <v>40</v>
       </c>
     </row>
     <row r="1458" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1458" s="0" t="s">
         <v>1449</v>
       </c>
       <c r="B1458" s="0">
-        <v>173</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1459" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1459" s="0" t="s">
         <v>1450</v>
       </c>
       <c r="B1459" s="0">
-        <v>130</v>
+        <v>173</v>
       </c>
     </row>
     <row r="1460" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1460" s="0" t="s">
         <v>1451</v>
       </c>
       <c r="B1460" s="0">
-        <v>115</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1461" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1461" s="0" t="s">
         <v>1452</v>
       </c>
       <c r="B1461" s="0">
-        <v>80</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1462" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1462" s="0" t="s">
         <v>1453</v>
       </c>
       <c r="B1462" s="0">
-        <v>20</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1463" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1463" s="0" t="s">
         <v>1454</v>
       </c>
       <c r="B1463" s="0">
-        <v>40</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1464" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1464" s="0" t="s">
         <v>1455</v>
       </c>
       <c r="B1464" s="0">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1465" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1465" s="0" t="s">
         <v>1456</v>
       </c>
       <c r="B1465" s="0">
-        <v>160</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1466" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1466" s="0" t="s">
         <v>1457</v>
       </c>
       <c r="B1466" s="0">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1467" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1467" s="0" t="s">
         <v>1458</v>
       </c>
       <c r="B1467" s="0">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1468" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1468" s="0" t="s">
         <v>1459</v>
       </c>
       <c r="B1468" s="0">
-        <v>160</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1469" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1469" s="0" t="s">
         <v>1460</v>
       </c>
       <c r="B1469" s="0">
-        <v>214</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1470" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1470" s="0" t="s">
         <v>1461</v>
       </c>
       <c r="B1470" s="0">
-        <v>200</v>
+        <v>214</v>
       </c>
     </row>
     <row r="1471" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1471" s="0" t="s">
         <v>1462</v>
       </c>
       <c r="B1471" s="0">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1472" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1472" s="0" t="s">
         <v>1463</v>
       </c>
       <c r="B1472" s="0">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1473" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1473" s="0" t="s">
         <v>1464</v>
       </c>
       <c r="B1473" s="0">
-        <v>43</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1474" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1474" s="0" t="s">
         <v>1465</v>
       </c>
       <c r="B1474" s="0">
         <v>43</v>
       </c>
     </row>
     <row r="1475" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1475" s="0" t="s">
         <v>1466</v>
       </c>
       <c r="B1475" s="0">
-        <v>60</v>
+        <v>43</v>
       </c>
     </row>
     <row r="1476" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1476" s="0" t="s">
         <v>1467</v>
       </c>
       <c r="B1476" s="0">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1477" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1477" s="0" t="s">
         <v>1468</v>
       </c>
       <c r="B1477" s="0">
-        <v>70</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1478" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1478" s="0" t="s">
         <v>1469</v>
       </c>
       <c r="B1478" s="0">
         <v>70</v>
       </c>
     </row>
     <row r="1479" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1479" s="0" t="s">
         <v>1470</v>
       </c>
       <c r="B1479" s="0">
         <v>70</v>
       </c>
     </row>
     <row r="1480" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1480" s="0" t="s">
         <v>1471</v>
       </c>
       <c r="B1480" s="0">
-        <v>180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1481" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1481" s="0" t="s">
         <v>1472</v>
       </c>
       <c r="B1481" s="0">
-        <v>470</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1482" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1482" s="0" t="s">
         <v>1473</v>
       </c>
       <c r="B1482" s="0">
-        <v>90</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1483" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1483" s="0" t="s">
         <v>1474</v>
       </c>
       <c r="B1483" s="0">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1484" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1484" s="0" t="s">
         <v>1475</v>
       </c>
       <c r="B1484" s="0">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1485" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1485" s="0" t="s">
         <v>1476</v>
       </c>
       <c r="B1485" s="0">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1486" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1486" s="0" t="s">
         <v>1477</v>
       </c>
       <c r="B1486" s="0">
-        <v>32</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1487" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1487" s="0" t="s">
         <v>1478</v>
       </c>
       <c r="B1487" s="0">
-        <v>87</v>
+        <v>32</v>
       </c>
     </row>
     <row r="1488" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1488" s="0" t="s">
         <v>1479</v>
       </c>
       <c r="B1488" s="0">
-        <v>90</v>
+        <v>87</v>
       </c>
     </row>
     <row r="1489" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1489" s="0" t="s">
         <v>1480</v>
       </c>
       <c r="B1489" s="0">
-        <v>329</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1490" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1490" s="0" t="s">
         <v>1481</v>
       </c>
       <c r="B1490" s="0">
-        <v>145</v>
+        <v>329</v>
       </c>
     </row>
     <row r="1491" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1491" s="0" t="s">
         <v>1482</v>
       </c>
       <c r="B1491" s="0">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1492" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1492" s="0" t="s">
         <v>1483</v>
       </c>
       <c r="B1492" s="0">
-        <v>130</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1493" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1493" s="0" t="s">
         <v>1484</v>
       </c>
       <c r="B1493" s="0">
-        <v>248</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1494" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1494" s="0" t="s">
         <v>1485</v>
       </c>
       <c r="B1494" s="0">
-        <v>14</v>
+        <v>248</v>
       </c>
     </row>
     <row r="1495" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1495" s="0" t="s">
         <v>1486</v>
       </c>
       <c r="B1495" s="0">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1496" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1496" s="0" t="s">
         <v>1487</v>
       </c>
       <c r="B1496" s="0">
-        <v>27</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1497" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1497" s="0" t="s">
         <v>1488</v>
       </c>
       <c r="B1497" s="0">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="1498" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1498" s="0" t="s">
         <v>1489</v>
       </c>
       <c r="B1498" s="0">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1499" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1499" s="0" t="s">
         <v>1490</v>
       </c>
       <c r="B1499" s="0">
-        <v>53</v>
+        <v>18</v>
       </c>
     </row>
     <row r="1500" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1500" s="0" t="s">
         <v>1491</v>
       </c>
       <c r="B1500" s="0">
-        <v>27</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1501" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1501" s="0" t="s">
         <v>1492</v>
       </c>
       <c r="B1501" s="0">
-        <v>12</v>
+        <v>27</v>
       </c>
     </row>
     <row r="1502" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1502" s="0" t="s">
         <v>1493</v>
       </c>
       <c r="B1502" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="1503" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1503" s="0" t="s">
         <v>1494</v>
       </c>
       <c r="B1503" s="0">
-        <v>370</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1504" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1504" s="0" t="s">
         <v>1495</v>
       </c>
       <c r="B1504" s="0">
-        <v>80</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1505" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1505" s="0" t="s">
         <v>1496</v>
       </c>
       <c r="B1505" s="0">
-        <v>40</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1506" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1506" s="0" t="s">
         <v>1497</v>
       </c>
       <c r="B1506" s="0">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1507" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1507" s="0" t="s">
         <v>1498</v>
       </c>
       <c r="B1507" s="0">
-        <v>355</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1508" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1508" s="0" t="s">
         <v>1499</v>
       </c>
       <c r="B1508" s="0">
-        <v>80</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1509" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1509" s="0" t="s">
         <v>1500</v>
       </c>
       <c r="B1509" s="0">
         <v>80</v>
       </c>
     </row>
     <row r="1510" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1510" s="0" t="s">
         <v>1501</v>
       </c>
       <c r="B1510" s="0">
-        <v>615</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1511" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1511" s="0" t="s">
         <v>1502</v>
       </c>
       <c r="B1511" s="0">
-        <v>295</v>
+        <v>615</v>
       </c>
     </row>
     <row r="1512" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1512" s="0" t="s">
         <v>1503</v>
       </c>
       <c r="B1512" s="0">
-        <v>258</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1513" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1513" s="0" t="s">
         <v>1504</v>
       </c>
       <c r="B1513" s="0">
-        <v>590</v>
+        <v>258</v>
       </c>
     </row>
     <row r="1514" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1514" s="0" t="s">
         <v>1505</v>
       </c>
       <c r="B1514" s="0">
-        <v>80</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1515" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1515" s="0" t="s">
         <v>1506</v>
       </c>
       <c r="B1515" s="0">
         <v>80</v>
       </c>
     </row>
     <row r="1516" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1516" s="0" t="s">
         <v>1507</v>
       </c>
       <c r="B1516" s="0">
-        <v>95</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1517" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1517" s="0" t="s">
         <v>1508</v>
       </c>
       <c r="B1517" s="0">
-        <v>40</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1518" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1518" s="0" t="s">
         <v>1509</v>
       </c>
       <c r="B1518" s="0">
-        <v>85</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1519" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1519" s="0" t="s">
         <v>1510</v>
       </c>
       <c r="B1519" s="0">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1520" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1520" s="0" t="s">
         <v>1511</v>
       </c>
       <c r="B1520" s="0">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1521" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1521" s="0" t="s">
         <v>1512</v>
       </c>
       <c r="B1521" s="0">
         <v>70</v>
       </c>
     </row>
     <row r="1522" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1522" s="0" t="s">
         <v>1513</v>
       </c>
       <c r="B1522" s="0">
-        <v>30</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1523" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1523" s="0" t="s">
         <v>1514</v>
       </c>
       <c r="B1523" s="0">
-        <v>70</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1524" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1524" s="0" t="s">
         <v>1515</v>
       </c>
       <c r="B1524" s="0">
-        <v>30</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1525" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1525" s="0" t="s">
         <v>1516</v>
       </c>
       <c r="B1525" s="0">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1526" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1526" s="0" t="s">
         <v>1517</v>
       </c>
       <c r="B1526" s="0">
-        <v>70</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1527" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1527" s="0" t="s">
         <v>1518</v>
       </c>
       <c r="B1527" s="0">
         <v>70</v>
       </c>
     </row>
     <row r="1528" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1528" s="0" t="s">
         <v>1519</v>
       </c>
       <c r="B1528" s="0">
-        <v>30</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1529" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1529" s="0" t="s">
         <v>1520</v>
       </c>
       <c r="B1529" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="1530" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1530" s="0" t="s">
         <v>1521</v>
       </c>
       <c r="B1530" s="0">
-        <v>70</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1531" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1531" s="0" t="s">
         <v>1522</v>
       </c>
       <c r="B1531" s="0">
-        <v>5</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1532" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1532" s="0" t="s">
         <v>1523</v>
       </c>
       <c r="B1532" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1533" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1533" s="0" t="s">
         <v>1524</v>
       </c>
       <c r="B1533" s="0">
-        <v>110</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1534" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1534" s="0" t="s">
         <v>1525</v>
       </c>
       <c r="B1534" s="0">
-        <v>165</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1535" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1535" s="0" t="s">
         <v>1526</v>
       </c>
       <c r="B1535" s="0">
-        <v>87</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1536" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1536" s="0" t="s">
         <v>1527</v>
       </c>
       <c r="B1536" s="0">
-        <v>90</v>
+        <v>87</v>
       </c>
     </row>
     <row r="1537" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1537" s="0" t="s">
         <v>1528</v>
       </c>
       <c r="B1537" s="0">
-        <v>41</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1538" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1538" s="0" t="s">
         <v>1529</v>
       </c>
       <c r="B1538" s="0">
-        <v>105</v>
+        <v>41</v>
       </c>
     </row>
     <row r="1539" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1539" s="0" t="s">
         <v>1530</v>
       </c>
       <c r="B1539" s="0">
-        <v>4</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1540" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1540" s="0" t="s">
         <v>1531</v>
       </c>
       <c r="B1540" s="0">
-        <v>98</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1541" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1541" s="0" t="s">
         <v>1532</v>
       </c>
       <c r="B1541" s="0">
-        <v>50</v>
+        <v>98</v>
       </c>
     </row>
     <row r="1542" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1542" s="0" t="s">
         <v>1533</v>
       </c>
       <c r="B1542" s="0">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1543" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1543" s="0" t="s">
         <v>1534</v>
       </c>
       <c r="B1543" s="0">
-        <v>22</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1544" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1544" s="0" t="s">
         <v>1535</v>
       </c>
       <c r="B1544" s="0">
-        <v>150</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1545" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1545" s="0" t="s">
         <v>1536</v>
       </c>
       <c r="B1545" s="0">
-        <v>19</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1546" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1546" s="0" t="s">
         <v>1537</v>
       </c>
       <c r="B1546" s="0">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="1547" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1547" s="0" t="s">
         <v>1538</v>
       </c>
       <c r="B1547" s="0">
-        <v>40</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1548" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1548" s="0" t="s">
         <v>1539</v>
       </c>
       <c r="B1548" s="0">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1549" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1549" s="0" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B1549" s="0">
         <v>20</v>
       </c>
     </row>
-    <row r="1549" spans="1:2">
-[...6 lines deleted...]
-      <c r="A1550" s="3" t="s">
+    <row r="1550" spans="1:2">
+      <c r="A1550" s="2" t="s">
         <v>1541</v>
       </c>
       <c r="B1550" s="0"/>
     </row>
-    <row r="1551" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
-      <c r="A1551" s="0" t="s">
+    <row r="1551" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1551" s="3" t="s">
         <v>1542</v>
       </c>
-      <c r="B1551" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1551" s="0"/>
     </row>
     <row r="1552" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1552" s="0" t="s">
         <v>1543</v>
       </c>
       <c r="B1552" s="0">
-        <v>29730.37</v>
+        <v>27089.56</v>
       </c>
     </row>
     <row r="1553" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1553" s="0" t="s">
         <v>1544</v>
       </c>
       <c r="B1553" s="0">
-        <v>54880.29</v>
+        <v>29730.37</v>
       </c>
     </row>
     <row r="1554" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1554" s="0" t="s">
         <v>1545</v>
       </c>
       <c r="B1554" s="0">
-        <v>35640.4</v>
+        <v>54880.29</v>
       </c>
     </row>
     <row r="1555" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1555" s="0" t="s">
         <v>1546</v>
       </c>
       <c r="B1555" s="0">
-        <v>40847.32</v>
+        <v>35640.4</v>
       </c>
     </row>
     <row r="1556" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1556" s="0" t="s">
         <v>1547</v>
       </c>
       <c r="B1556" s="0">
+        <v>40847.32</v>
+      </c>
+    </row>
+    <row r="1557" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1557" s="0" t="s">
+        <v>1548</v>
+      </c>
+      <c r="B1557" s="0">
         <v>65162.39</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B1557" s="0"/>
     </row>
     <row r="1558" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A1558" s="3" t="s">
         <v>1549</v>
       </c>
       <c r="B1558" s="0"/>
     </row>
     <row r="1559" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A1559" s="3" t="s">
         <v>1550</v>
       </c>
       <c r="B1559" s="0"/>
     </row>
     <row r="1560" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A1560" s="3" t="s">
         <v>1551</v>
       </c>
       <c r="B1560" s="0"/>
     </row>
     <row r="1561" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A1561" s="3" t="s">
         <v>1552</v>
       </c>
       <c r="B1561" s="0"/>
     </row>
-    <row r="1562" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
-      <c r="A1562" s="0" t="s">
+    <row r="1562" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1562" s="3" t="s">
         <v>1553</v>
       </c>
-      <c r="B1562" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1562" s="0"/>
     </row>
     <row r="1563" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1563" s="0" t="s">
         <v>1554</v>
       </c>
       <c r="B1563" s="0">
-        <v>495</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1564" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1564" s="0" t="s">
         <v>1555</v>
       </c>
       <c r="B1564" s="0">
-        <v>38</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1565" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1565" s="0" t="s">
         <v>1556</v>
       </c>
       <c r="B1565" s="0">
-        <v>780</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1566" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1566" s="0" t="s">
         <v>1557</v>
       </c>
       <c r="B1566" s="0">
-        <v>960</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1567" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1567" s="0" t="s">
         <v>1558</v>
       </c>
       <c r="B1567" s="0">
-        <v>95</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1568" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1568" s="0" t="s">
         <v>1559</v>
       </c>
       <c r="B1568" s="0">
-        <v>60</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1569" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1569" s="0" t="s">
         <v>1560</v>
       </c>
       <c r="B1569" s="0">
-        <v>56</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1570" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1570" s="0" t="s">
         <v>1561</v>
       </c>
       <c r="B1570" s="0">
         <v>56</v>
       </c>
     </row>
     <row r="1571" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1571" s="0" t="s">
         <v>1562</v>
       </c>
       <c r="B1571" s="0">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="1572" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1572" s="0" t="s">
         <v>1563</v>
       </c>
       <c r="B1572" s="0">
-        <v>815</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1573" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1573" s="0" t="s">
         <v>1564</v>
       </c>
       <c r="B1573" s="0">
-        <v>960</v>
+        <v>815</v>
       </c>
     </row>
     <row r="1574" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1574" s="0" t="s">
         <v>1565</v>
       </c>
       <c r="B1574" s="0">
-        <v>48</v>
+        <v>960</v>
       </c>
     </row>
     <row r="1575" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1575" s="0" t="s">
         <v>1566</v>
       </c>
       <c r="B1575" s="0">
-        <v>66</v>
+        <v>52</v>
       </c>
     </row>
     <row r="1576" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1576" s="0" t="s">
         <v>1567</v>
       </c>
       <c r="B1576" s="0">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="1577" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1577" s="0" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B1577" s="0">
         <v>1390</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B1577" s="0"/>
     </row>
     <row r="1578" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A1578" s="3" t="s">
         <v>1569</v>
       </c>
       <c r="B1578" s="0"/>
     </row>
-    <row r="1579" spans="1:2">
-      <c r="A1579" s="2" t="s">
+    <row r="1579" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1579" s="3" t="s">
         <v>1570</v>
       </c>
       <c r="B1579" s="0"/>
     </row>
     <row r="1580" spans="1:2">
       <c r="A1580" s="2" t="s">
         <v>1571</v>
       </c>
       <c r="B1580" s="0"/>
     </row>
-    <row r="1581" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
-      <c r="A1581" s="3" t="s">
+    <row r="1581" spans="1:2">
+      <c r="A1581" s="2" t="s">
         <v>1572</v>
       </c>
       <c r="B1581" s="0"/>
     </row>
-    <row r="1582" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
-      <c r="A1582" s="0" t="s">
+    <row r="1582" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1582" s="3" t="s">
         <v>1573</v>
       </c>
-      <c r="B1582" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1582" s="0"/>
     </row>
     <row r="1583" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1583" s="0" t="s">
         <v>1574</v>
       </c>
       <c r="B1583" s="0">
-        <v>132</v>
+        <v>138</v>
       </c>
     </row>
     <row r="1584" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1584" s="0" t="s">
         <v>1575</v>
       </c>
       <c r="B1584" s="0">
-        <v>265</v>
+        <v>132</v>
       </c>
     </row>
     <row r="1585" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1585" s="0" t="s">
         <v>1576</v>
       </c>
       <c r="B1585" s="0">
-        <v>337</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1586" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1586" s="0" t="s">
         <v>1577</v>
       </c>
       <c r="B1586" s="0">
-        <v>558</v>
+        <v>337</v>
       </c>
     </row>
     <row r="1587" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1587" s="0" t="s">
         <v>1578</v>
       </c>
       <c r="B1587" s="0">
-        <v>1078</v>
+        <v>558</v>
       </c>
     </row>
     <row r="1588" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1588" s="0" t="s">
         <v>1579</v>
       </c>
       <c r="B1588" s="0">
-        <v>244</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="1589" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1589" s="0" t="s">
         <v>1580</v>
       </c>
       <c r="B1589" s="0">
-        <v>300</v>
+        <v>244</v>
       </c>
     </row>
     <row r="1590" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1590" s="0" t="s">
         <v>1581</v>
       </c>
       <c r="B1590" s="0">
-        <v>308</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1591" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1591" s="0" t="s">
         <v>1582</v>
       </c>
       <c r="B1591" s="0">
-        <v>505</v>
+        <v>308</v>
       </c>
     </row>
     <row r="1592" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1592" s="0" t="s">
         <v>1583</v>
       </c>
       <c r="B1592" s="0">
-        <v>570</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1593" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1593" s="0" t="s">
         <v>1584</v>
       </c>
       <c r="B1593" s="0">
-        <v>15</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1594" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1594" s="0" t="s">
         <v>1585</v>
       </c>
       <c r="B1594" s="0">
-        <v>190</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1595" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1595" s="0" t="s">
         <v>1586</v>
       </c>
       <c r="B1595" s="0">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1596" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1596" s="0" t="s">
         <v>1587</v>
       </c>
       <c r="B1596" s="0">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1597" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1597" s="0" t="s">
         <v>1588</v>
       </c>
       <c r="B1597" s="0">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1598" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1598" s="0" t="s">
         <v>1589</v>
       </c>
       <c r="B1598" s="0">
-        <v>245</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1599" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1599" s="0" t="s">
         <v>1590</v>
       </c>
       <c r="B1599" s="0">
-        <v>145</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1600" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1600" s="0" t="s">
         <v>1591</v>
       </c>
       <c r="B1600" s="0">
-        <v>450</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1601" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1601" s="0" t="s">
         <v>1592</v>
       </c>
       <c r="B1601" s="0">
-        <v>366</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1602" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1602" s="0" t="s">
         <v>1593</v>
       </c>
       <c r="B1602" s="0">
-        <v>1370</v>
+        <v>366</v>
       </c>
     </row>
     <row r="1603" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1603" s="0" t="s">
         <v>1594</v>
       </c>
       <c r="B1603" s="0">
-        <v>730</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="1604" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1604" s="0" t="s">
         <v>1595</v>
       </c>
       <c r="B1604" s="0">
-        <v>225</v>
+        <v>730</v>
       </c>
     </row>
     <row r="1605" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1605" s="0" t="s">
         <v>1596</v>
       </c>
       <c r="B1605" s="0">
-        <v>402</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1606" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1606" s="0" t="s">
         <v>1597</v>
       </c>
       <c r="B1606" s="0">
-        <v>260</v>
+        <v>402</v>
       </c>
     </row>
     <row r="1607" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1607" s="0" t="s">
         <v>1598</v>
       </c>
       <c r="B1607" s="0">
-        <v>685</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1608" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1608" s="0" t="s">
         <v>1599</v>
       </c>
       <c r="B1608" s="0">
-        <v>610</v>
+        <v>685</v>
       </c>
     </row>
     <row r="1609" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1609" s="0" t="s">
         <v>1600</v>
       </c>
       <c r="B1609" s="0">
-        <v>798</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1610" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1610" s="0" t="s">
         <v>1601</v>
       </c>
       <c r="B1610" s="0">
-        <v>402</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1611" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1611" s="0" t="s">
         <v>1602</v>
       </c>
       <c r="B1611" s="0">
-        <v>238</v>
+        <v>402</v>
       </c>
     </row>
     <row r="1612" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1612" s="0" t="s">
         <v>1603</v>
       </c>
       <c r="B1612" s="0">
-        <v>335</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1613" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1613" s="0" t="s">
         <v>1604</v>
       </c>
       <c r="B1613" s="0">
-        <v>410</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1614" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1614" s="0" t="s">
         <v>1605</v>
       </c>
       <c r="B1614" s="0">
-        <v>217</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1615" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1615" s="0" t="s">
         <v>1606</v>
       </c>
       <c r="B1615" s="0">
-        <v>165</v>
+        <v>217</v>
       </c>
     </row>
     <row r="1616" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1616" s="0" t="s">
         <v>1607</v>
       </c>
       <c r="B1616" s="0">
-        <v>15</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1617" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1617" s="0" t="s">
         <v>1608</v>
       </c>
       <c r="B1617" s="0">
-        <v>355</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1618" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1618" s="0" t="s">
         <v>1609</v>
       </c>
       <c r="B1618" s="0">
-        <v>380</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1619" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1619" s="0" t="s">
         <v>1610</v>
       </c>
       <c r="B1619" s="0">
-        <v>610</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1620" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1620" s="0" t="s">
         <v>1611</v>
       </c>
       <c r="B1620" s="0">
-        <v>325</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1621" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1621" s="0" t="s">
         <v>1612</v>
       </c>
       <c r="B1621" s="0">
-        <v>268</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1622" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1622" s="0" t="s">
         <v>1613</v>
       </c>
       <c r="B1622" s="0">
-        <v>308</v>
+        <v>268</v>
       </c>
     </row>
     <row r="1623" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1623" s="0" t="s">
         <v>1614</v>
       </c>
       <c r="B1623" s="0">
-        <v>240</v>
+        <v>308</v>
       </c>
     </row>
     <row r="1624" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1624" s="0" t="s">
         <v>1615</v>
       </c>
       <c r="B1624" s="0">
-        <v>1080</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1625" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1625" s="0" t="s">
         <v>1616</v>
       </c>
       <c r="B1625" s="0">
-        <v>296</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="1626" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1626" s="0" t="s">
         <v>1617</v>
       </c>
       <c r="B1626" s="0">
-        <v>820</v>
+        <v>296</v>
       </c>
     </row>
     <row r="1627" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1627" s="0" t="s">
         <v>1618</v>
       </c>
       <c r="B1627" s="0">
-        <v>515</v>
+        <v>820</v>
       </c>
     </row>
     <row r="1628" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1628" s="0" t="s">
         <v>1619</v>
       </c>
       <c r="B1628" s="0">
-        <v>684</v>
+        <v>515</v>
       </c>
     </row>
     <row r="1629" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1629" s="0" t="s">
         <v>1620</v>
       </c>
       <c r="B1629" s="0">
-        <v>1078</v>
+        <v>684</v>
       </c>
     </row>
     <row r="1630" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1630" s="0" t="s">
         <v>1621</v>
       </c>
       <c r="B1630" s="0">
-        <v>325</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="1631" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1631" s="0" t="s">
         <v>1622</v>
       </c>
       <c r="B1631" s="0">
-        <v>405</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1632" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1632" s="0" t="s">
         <v>1623</v>
       </c>
       <c r="B1632" s="0">
-        <v>275</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1633" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1633" s="0" t="s">
         <v>1624</v>
       </c>
       <c r="B1633" s="0">
-        <v>254</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1634" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1634" s="0" t="s">
         <v>1625</v>
       </c>
       <c r="B1634" s="0">
-        <v>266</v>
+        <v>254</v>
       </c>
     </row>
     <row r="1635" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1635" s="0" t="s">
         <v>1626</v>
       </c>
       <c r="B1635" s="0">
-        <v>246</v>
+        <v>266</v>
       </c>
     </row>
     <row r="1636" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1636" s="0" t="s">
         <v>1627</v>
       </c>
       <c r="B1636" s="0">
-        <v>870</v>
+        <v>246</v>
       </c>
     </row>
     <row r="1637" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1637" s="0" t="s">
         <v>1628</v>
       </c>
       <c r="B1637" s="0">
-        <v>254</v>
+        <v>870</v>
       </c>
     </row>
     <row r="1638" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1638" s="0" t="s">
         <v>1629</v>
       </c>
       <c r="B1638" s="0">
-        <v>532</v>
+        <v>254</v>
       </c>
     </row>
     <row r="1639" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1639" s="0" t="s">
         <v>1630</v>
       </c>
       <c r="B1639" s="0">
-        <v>200</v>
+        <v>532</v>
       </c>
     </row>
     <row r="1640" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1640" s="0" t="s">
         <v>1631</v>
       </c>
       <c r="B1640" s="0">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1641" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1641" s="0" t="s">
         <v>1632</v>
       </c>
       <c r="B1641" s="0">
-        <v>945</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1642" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1642" s="0" t="s">
         <v>1633</v>
       </c>
       <c r="B1642" s="0">
         <v>296</v>
       </c>
     </row>
     <row r="1643" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1643" s="0" t="s">
         <v>1634</v>
       </c>
       <c r="B1643" s="0">
         <v>366</v>
       </c>
     </row>
     <row r="1644" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1644" s="0" t="s">
         <v>1635</v>
       </c>
       <c r="B1644" s="0">
-        <v>155</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1645" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1645" s="0" t="s">
         <v>1636</v>
       </c>
       <c r="B1645" s="0">
         <v>345</v>
       </c>
     </row>
     <row r="1646" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1646" s="0" t="s">
         <v>1637</v>
       </c>
       <c r="B1646" s="0">
         <v>250</v>
       </c>
     </row>
     <row r="1647" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1647" s="0" t="s">
         <v>1638</v>
       </c>
       <c r="B1647" s="0">
         <v>250</v>
       </c>
     </row>
-    <row r="1648" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
-      <c r="A1648" s="3" t="s">
+    <row r="1648" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1648" s="0" t="s">
         <v>1639</v>
       </c>
-      <c r="B1648" s="0"/>
+      <c r="B1648" s="0">
+        <v>245</v>
+      </c>
     </row>
     <row r="1649" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1649" s="0" t="s">
         <v>1640</v>
       </c>
       <c r="B1649" s="0">
-        <v>25</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1650" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1650" s="0" t="s">
         <v>1641</v>
       </c>
       <c r="B1650" s="0">
-        <v>155</v>
-[...3 lines deleted...]
-      <c r="A1651" s="0" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="1651" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1651" s="3" t="s">
         <v>1642</v>
       </c>
-      <c r="B1651" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1651" s="0"/>
     </row>
     <row r="1652" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1652" s="0" t="s">
         <v>1643</v>
       </c>
       <c r="B1652" s="0">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1653" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1653" s="0" t="s">
         <v>1644</v>
       </c>
       <c r="B1653" s="0">
-        <v>30</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1654" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1654" s="0" t="s">
         <v>1645</v>
       </c>
       <c r="B1654" s="0">
-        <v>474</v>
+        <v>52</v>
       </c>
     </row>
     <row r="1655" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1655" s="0" t="s">
         <v>1646</v>
       </c>
       <c r="B1655" s="0">
-        <v>95</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1656" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1656" s="0" t="s">
         <v>1647</v>
       </c>
       <c r="B1656" s="0">
-        <v>65</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1657" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1657" s="0" t="s">
         <v>1648</v>
       </c>
       <c r="B1657" s="0">
-        <v>60</v>
+        <v>474</v>
       </c>
     </row>
     <row r="1658" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1658" s="0" t="s">
         <v>1649</v>
       </c>
       <c r="B1658" s="0">
-        <v>25</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1659" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1659" s="0" t="s">
         <v>1650</v>
       </c>
       <c r="B1659" s="0">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1660" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1660" s="0" t="s">
         <v>1651</v>
       </c>
       <c r="B1660" s="0">
-        <v>46</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1661" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1661" s="0" t="s">
         <v>1652</v>
       </c>
       <c r="B1661" s="0">
-        <v>47</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1662" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1662" s="0" t="s">
         <v>1653</v>
       </c>
       <c r="B1662" s="0">
-        <v>90</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1663" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1663" s="0" t="s">
         <v>1654</v>
       </c>
       <c r="B1663" s="0">
-        <v>95</v>
+        <v>46</v>
       </c>
     </row>
     <row r="1664" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1664" s="0" t="s">
         <v>1655</v>
       </c>
       <c r="B1664" s="0">
-        <v>175</v>
+        <v>47</v>
       </c>
     </row>
     <row r="1665" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1665" s="0" t="s">
         <v>1656</v>
       </c>
       <c r="B1665" s="0">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1666" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1666" s="0" t="s">
         <v>1657</v>
       </c>
       <c r="B1666" s="0">
-        <v>80</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1667" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1667" s="0" t="s">
         <v>1658</v>
       </c>
       <c r="B1667" s="0">
-        <v>88</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1668" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1668" s="0" t="s">
         <v>1659</v>
       </c>
       <c r="B1668" s="0">
-        <v>82</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1669" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1669" s="0" t="s">
         <v>1660</v>
       </c>
       <c r="B1669" s="0">
-        <v>93</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1670" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1670" s="0" t="s">
         <v>1661</v>
       </c>
       <c r="B1670" s="0">
-        <v>95</v>
+        <v>88</v>
       </c>
     </row>
     <row r="1671" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1671" s="0" t="s">
         <v>1662</v>
       </c>
       <c r="B1671" s="0">
-        <v>415</v>
+        <v>82</v>
       </c>
     </row>
     <row r="1672" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1672" s="0" t="s">
         <v>1663</v>
       </c>
       <c r="B1672" s="0">
-        <v>150</v>
+        <v>93</v>
       </c>
     </row>
     <row r="1673" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1673" s="0" t="s">
         <v>1664</v>
       </c>
       <c r="B1673" s="0">
-        <v>197</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1674" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1674" s="0" t="s">
         <v>1665</v>
       </c>
       <c r="B1674" s="0">
-        <v>270</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1675" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1675" s="0" t="s">
         <v>1666</v>
       </c>
       <c r="B1675" s="0">
-        <v>105</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1676" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1676" s="0" t="s">
         <v>1667</v>
       </c>
       <c r="B1676" s="0">
-        <v>170</v>
+        <v>197</v>
       </c>
     </row>
     <row r="1677" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1677" s="0" t="s">
         <v>1668</v>
       </c>
       <c r="B1677" s="0">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1678" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1678" s="0" t="s">
         <v>1669</v>
       </c>
       <c r="B1678" s="0">
-        <v>235</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1679" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1679" s="0" t="s">
         <v>1670</v>
       </c>
       <c r="B1679" s="0">
-        <v>82</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1680" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1680" s="0" t="s">
         <v>1671</v>
       </c>
       <c r="B1680" s="0">
-        <v>115</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1681" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1681" s="0" t="s">
         <v>1672</v>
       </c>
       <c r="B1681" s="0">
-        <v>135</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1682" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1682" s="0" t="s">
         <v>1673</v>
       </c>
       <c r="B1682" s="0">
-        <v>180</v>
+        <v>82</v>
       </c>
     </row>
     <row r="1683" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1683" s="0" t="s">
         <v>1674</v>
       </c>
       <c r="B1683" s="0">
-        <v>215</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1684" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1684" s="0" t="s">
         <v>1675</v>
       </c>
       <c r="B1684" s="0">
-        <v>520</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1685" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1685" s="0" t="s">
         <v>1676</v>
       </c>
       <c r="B1685" s="0">
-        <v>205</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1686" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1686" s="0" t="s">
         <v>1677</v>
       </c>
       <c r="B1686" s="0">
-        <v>290</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1687" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1687" s="0" t="s">
         <v>1678</v>
       </c>
       <c r="B1687" s="0">
-        <v>45</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1688" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1688" s="0" t="s">
         <v>1679</v>
       </c>
       <c r="B1688" s="0">
-        <v>360</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1689" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1689" s="0" t="s">
         <v>1680</v>
       </c>
       <c r="B1689" s="0">
-        <v>45</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1690" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1690" s="0" t="s">
         <v>1681</v>
       </c>
       <c r="B1690" s="0">
-        <v>122</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1691" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1691" s="0" t="s">
         <v>1682</v>
       </c>
       <c r="B1691" s="0">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1692" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1692" s="0" t="s">
         <v>1683</v>
       </c>
       <c r="B1692" s="0">
-        <v>165</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1693" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1693" s="0" t="s">
         <v>1684</v>
       </c>
       <c r="B1693" s="0">
-        <v>25</v>
+        <v>122</v>
       </c>
     </row>
     <row r="1694" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1694" s="0" t="s">
         <v>1685</v>
       </c>
       <c r="B1694" s="0">
-        <v>55</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1695" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1695" s="0" t="s">
         <v>1686</v>
       </c>
       <c r="B1695" s="0">
-        <v>58</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1696" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1696" s="0" t="s">
         <v>1687</v>
       </c>
       <c r="B1696" s="0">
-        <v>92</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1697" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1697" s="0" t="s">
         <v>1688</v>
       </c>
       <c r="B1697" s="0">
-        <v>129</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1698" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1698" s="0" t="s">
         <v>1689</v>
       </c>
       <c r="B1698" s="0">
-        <v>225</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1699" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1699" s="0" t="s">
         <v>1690</v>
       </c>
       <c r="B1699" s="0">
-        <v>48</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1700" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1700" s="0" t="s">
         <v>1691</v>
       </c>
       <c r="B1700" s="0">
-        <v>95</v>
+        <v>129</v>
       </c>
     </row>
     <row r="1701" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1701" s="0" t="s">
         <v>1692</v>
       </c>
       <c r="B1701" s="0">
-        <v>75</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1702" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1702" s="0" t="s">
         <v>1693</v>
       </c>
       <c r="B1702" s="0">
-        <v>148</v>
+        <v>48</v>
       </c>
     </row>
     <row r="1703" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1703" s="0" t="s">
         <v>1694</v>
       </c>
       <c r="B1703" s="0">
-        <v>90</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1704" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1704" s="0" t="s">
         <v>1695</v>
       </c>
       <c r="B1704" s="0">
-        <v>225</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1705" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1705" s="0" t="s">
         <v>1696</v>
       </c>
       <c r="B1705" s="0">
-        <v>182</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1706" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1706" s="0" t="s">
         <v>1697</v>
       </c>
       <c r="B1706" s="0">
-        <v>712</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1707" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1707" s="0" t="s">
         <v>1698</v>
       </c>
       <c r="B1707" s="0">
-        <v>148</v>
+        <v>182</v>
       </c>
     </row>
     <row r="1708" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1708" s="0" t="s">
         <v>1699</v>
       </c>
       <c r="B1708" s="0">
-        <v>280</v>
+        <v>655</v>
       </c>
     </row>
     <row r="1709" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1709" s="0" t="s">
         <v>1700</v>
       </c>
       <c r="B1709" s="0">
-        <v>55</v>
+        <v>148</v>
       </c>
     </row>
     <row r="1710" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1710" s="0" t="s">
         <v>1701</v>
       </c>
       <c r="B1710" s="0">
-        <v>75</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1711" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1711" s="0" t="s">
         <v>1702</v>
       </c>
       <c r="B1711" s="0">
-        <v>136</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1712" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1712" s="0" t="s">
         <v>1703</v>
       </c>
       <c r="B1712" s="0">
-        <v>576</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1713" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1713" s="0" t="s">
         <v>1704</v>
       </c>
       <c r="B1713" s="0">
-        <v>215</v>
+        <v>136</v>
       </c>
     </row>
     <row r="1714" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1714" s="0" t="s">
         <v>1705</v>
       </c>
       <c r="B1714" s="0">
-        <v>175</v>
+        <v>576</v>
       </c>
     </row>
     <row r="1715" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1715" s="0" t="s">
         <v>1706</v>
       </c>
       <c r="B1715" s="0">
-        <v>264</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1716" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1716" s="0" t="s">
         <v>1707</v>
       </c>
       <c r="B1716" s="0">
-        <v>408</v>
+        <v>264</v>
       </c>
     </row>
     <row r="1717" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1717" s="0" t="s">
         <v>1708</v>
       </c>
       <c r="B1717" s="0">
-        <v>50</v>
+        <v>408</v>
       </c>
     </row>
     <row r="1718" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1718" s="0" t="s">
         <v>1709</v>
       </c>
       <c r="B1718" s="0">
-        <v>270</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1719" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1719" s="0" t="s">
         <v>1710</v>
       </c>
       <c r="B1719" s="0">
-        <v>49</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1720" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1720" s="0" t="s">
         <v>1711</v>
       </c>
       <c r="B1720" s="0">
-        <v>395</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1721" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1721" s="0" t="s">
         <v>1712</v>
       </c>
       <c r="B1721" s="0">
-        <v>112</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1722" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1722" s="0" t="s">
         <v>1713</v>
       </c>
       <c r="B1722" s="0">
-        <v>210</v>
+        <v>112</v>
       </c>
     </row>
     <row r="1723" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1723" s="0" t="s">
         <v>1714</v>
       </c>
       <c r="B1723" s="0">
-        <v>85</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1724" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1724" s="0" t="s">
         <v>1715</v>
       </c>
       <c r="B1724" s="0">
-        <v>95</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1725" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1725" s="0" t="s">
         <v>1716</v>
       </c>
       <c r="B1725" s="0">
-        <v>235</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1726" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1726" s="0" t="s">
         <v>1717</v>
       </c>
       <c r="B1726" s="0">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1727" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1727" s="0" t="s">
+        <v>1718</v>
+      </c>
+      <c r="B1727" s="0">
         <v>82</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B1727" s="0"/>
     </row>
     <row r="1728" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1728" s="0" t="s">
         <v>1719</v>
       </c>
       <c r="B1728" s="0">
-        <v>110</v>
-[...3 lines deleted...]
-      <c r="A1729" s="0" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1729" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1729" s="3" t="s">
         <v>1720</v>
       </c>
-      <c r="B1729" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1729" s="0"/>
     </row>
     <row r="1730" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1730" s="0" t="s">
         <v>1721</v>
       </c>
       <c r="B1730" s="0">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1731" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1731" s="0" t="s">
         <v>1722</v>
       </c>
       <c r="B1731" s="0">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1732" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1732" s="0" t="s">
         <v>1723</v>
       </c>
       <c r="B1732" s="0">
-        <v>597</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1733" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1733" s="0" t="s">
         <v>1724</v>
       </c>
       <c r="B1733" s="0">
-        <v>550</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1734" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1734" s="0" t="s">
         <v>1725</v>
       </c>
       <c r="B1734" s="0">
-        <v>290</v>
+        <v>597</v>
       </c>
     </row>
     <row r="1735" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1735" s="0" t="s">
         <v>1726</v>
       </c>
       <c r="B1735" s="0">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1736" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1736" s="0" t="s">
         <v>1727</v>
       </c>
       <c r="B1736" s="0">
-        <v>80</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1737" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1737" s="0" t="s">
         <v>1728</v>
       </c>
       <c r="B1737" s="0">
-        <v>45</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1738" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1738" s="0" t="s">
         <v>1729</v>
       </c>
       <c r="B1738" s="0">
-        <v>255</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1739" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1739" s="0" t="s">
         <v>1730</v>
       </c>
       <c r="B1739" s="0">
-        <v>198</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1740" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1740" s="0" t="s">
         <v>1731</v>
       </c>
       <c r="B1740" s="0">
-        <v>325</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1741" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1741" s="0" t="s">
         <v>1732</v>
       </c>
       <c r="B1741" s="0">
-        <v>1270</v>
+        <v>198</v>
       </c>
     </row>
     <row r="1742" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1742" s="0" t="s">
         <v>1733</v>
       </c>
       <c r="B1742" s="0">
-        <v>490</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1743" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1743" s="0" t="s">
         <v>1734</v>
       </c>
       <c r="B1743" s="0">
-        <v>495</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="1744" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1744" s="0" t="s">
         <v>1735</v>
       </c>
       <c r="B1744" s="0">
-        <v>475</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1745" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1745" s="0" t="s">
         <v>1736</v>
       </c>
       <c r="B1745" s="0">
-        <v>450</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1746" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1746" s="0" t="s">
         <v>1737</v>
       </c>
       <c r="B1746" s="0">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1747" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1747" s="0" t="s">
         <v>1738</v>
       </c>
       <c r="B1747" s="0">
-        <v>485</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1748" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1748" s="0" t="s">
         <v>1739</v>
       </c>
       <c r="B1748" s="0">
-        <v>310</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1749" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1749" s="0" t="s">
         <v>1740</v>
       </c>
       <c r="B1749" s="0">
-        <v>375</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1750" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1750" s="0" t="s">
         <v>1741</v>
       </c>
       <c r="B1750" s="0">
-        <v>410</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1751" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1751" s="0" t="s">
         <v>1742</v>
       </c>
       <c r="B1751" s="0">
-        <v>395</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1752" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1752" s="0" t="s">
         <v>1743</v>
       </c>
       <c r="B1752" s="0">
-        <v>530</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1753" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1753" s="0" t="s">
         <v>1744</v>
       </c>
       <c r="B1753" s="0">
-        <v>430</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1754" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1754" s="0" t="s">
         <v>1745</v>
       </c>
       <c r="B1754" s="0">
-        <v>795</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1755" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1755" s="0" t="s">
         <v>1746</v>
       </c>
       <c r="B1755" s="0">
-        <v>690</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1756" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1756" s="0" t="s">
         <v>1747</v>
       </c>
       <c r="B1756" s="0">
-        <v>235</v>
+        <v>795</v>
       </c>
     </row>
     <row r="1757" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1757" s="0" t="s">
         <v>1748</v>
       </c>
       <c r="B1757" s="0">
-        <v>445</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1758" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1758" s="0" t="s">
         <v>1749</v>
       </c>
       <c r="B1758" s="0">
-        <v>125</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1759" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1759" s="0" t="s">
         <v>1750</v>
       </c>
       <c r="B1759" s="0">
-        <v>645</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1760" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1760" s="0" t="s">
         <v>1751</v>
       </c>
       <c r="B1760" s="0">
-        <v>1015</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1761" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1761" s="0" t="s">
         <v>1752</v>
       </c>
       <c r="B1761" s="0">
-        <v>330</v>
+        <v>645</v>
       </c>
     </row>
     <row r="1762" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1762" s="0" t="s">
         <v>1753</v>
       </c>
       <c r="B1762" s="0">
-        <v>1510</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="1763" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1763" s="0" t="s">
         <v>1754</v>
       </c>
       <c r="B1763" s="0">
-        <v>633</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1764" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1764" s="0" t="s">
         <v>1755</v>
       </c>
       <c r="B1764" s="0">
-        <v>398</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="1765" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1765" s="0" t="s">
         <v>1756</v>
       </c>
       <c r="B1765" s="0">
-        <v>282</v>
+        <v>633</v>
       </c>
     </row>
     <row r="1766" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1766" s="0" t="s">
         <v>1757</v>
       </c>
       <c r="B1766" s="0">
-        <v>490</v>
+        <v>398</v>
       </c>
     </row>
     <row r="1767" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1767" s="0" t="s">
         <v>1758</v>
       </c>
       <c r="B1767" s="0">
-        <v>256</v>
+        <v>282</v>
       </c>
     </row>
     <row r="1768" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1768" s="0" t="s">
         <v>1759</v>
       </c>
       <c r="B1768" s="0">
-        <v>95</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1769" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1769" s="0" t="s">
         <v>1760</v>
       </c>
       <c r="B1769" s="0">
-        <v>1350</v>
+        <v>256</v>
       </c>
     </row>
     <row r="1770" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1770" s="0" t="s">
         <v>1761</v>
       </c>
       <c r="B1770" s="0">
-        <v>415</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1771" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1771" s="0" t="s">
         <v>1762</v>
       </c>
       <c r="B1771" s="0">
-        <v>2090</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="1772" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1772" s="0" t="s">
         <v>1763</v>
       </c>
       <c r="B1772" s="0">
-        <v>500</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1773" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1773" s="0" t="s">
         <v>1764</v>
       </c>
       <c r="B1773" s="0">
-        <v>370</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="1774" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1774" s="0" t="s">
         <v>1765</v>
       </c>
       <c r="B1774" s="0">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1775" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1775" s="0" t="s">
         <v>1766</v>
       </c>
       <c r="B1775" s="0">
-        <v>897</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1776" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1776" s="0" t="s">
         <v>1767</v>
       </c>
       <c r="B1776" s="0">
-        <v>953</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1777" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1777" s="0" t="s">
         <v>1768</v>
       </c>
       <c r="B1777" s="0">
-        <v>138</v>
+        <v>897</v>
       </c>
     </row>
     <row r="1778" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1778" s="0" t="s">
         <v>1769</v>
       </c>
       <c r="B1778" s="0">
-        <v>440</v>
+        <v>953</v>
       </c>
     </row>
     <row r="1779" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1779" s="0" t="s">
         <v>1770</v>
       </c>
       <c r="B1779" s="0">
-        <v>675</v>
+        <v>138</v>
       </c>
     </row>
     <row r="1780" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1780" s="0" t="s">
         <v>1771</v>
       </c>
       <c r="B1780" s="0">
-        <v>880</v>
-[...3 lines deleted...]
-      <c r="A1781" s="3" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="1781" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1781" s="0" t="s">
         <v>1772</v>
       </c>
-      <c r="B1781" s="0"/>
+      <c r="B1781" s="0">
+        <v>675</v>
+      </c>
     </row>
     <row r="1782" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1782" s="0" t="s">
         <v>1773</v>
       </c>
       <c r="B1782" s="0">
-        <v>220</v>
-[...3 lines deleted...]
-      <c r="A1783" s="0" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="1783" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1783" s="3" t="s">
         <v>1774</v>
       </c>
-      <c r="B1783" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1783" s="0"/>
     </row>
     <row r="1784" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1784" s="0" t="s">
         <v>1775</v>
       </c>
       <c r="B1784" s="0">
-        <v>449</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1785" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1785" s="0" t="s">
         <v>1776</v>
       </c>
       <c r="B1785" s="0">
-        <v>1320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1786" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1786" s="0" t="s">
         <v>1777</v>
       </c>
       <c r="B1786" s="0">
-        <v>1055</v>
+        <v>449</v>
       </c>
     </row>
     <row r="1787" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1787" s="0" t="s">
         <v>1778</v>
       </c>
       <c r="B1787" s="0">
-        <v>285</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="1788" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1788" s="0" t="s">
         <v>1779</v>
       </c>
       <c r="B1788" s="0">
-        <v>870</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="1789" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1789" s="0" t="s">
         <v>1780</v>
       </c>
       <c r="B1789" s="0">
-        <v>1010</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1790" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1790" s="0" t="s">
         <v>1781</v>
       </c>
       <c r="B1790" s="0">
-        <v>550</v>
+        <v>870</v>
       </c>
     </row>
     <row r="1791" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1791" s="0" t="s">
         <v>1782</v>
       </c>
       <c r="B1791" s="0">
-        <v>530</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1792" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1792" s="0" t="s">
         <v>1783</v>
       </c>
       <c r="B1792" s="0">
-        <v>1270</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1793" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1793" s="0" t="s">
         <v>1784</v>
       </c>
       <c r="B1793" s="0">
-        <v>1960</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1794" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1794" s="0" t="s">
         <v>1785</v>
       </c>
       <c r="B1794" s="0">
-        <v>780</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="1795" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1795" s="0" t="s">
         <v>1786</v>
       </c>
       <c r="B1795" s="0">
-        <v>2595</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="1796" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1796" s="0" t="s">
         <v>1787</v>
       </c>
       <c r="B1796" s="0">
-        <v>360</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1797" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1797" s="0" t="s">
         <v>1788</v>
       </c>
       <c r="B1797" s="0">
-        <v>550</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="1798" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1798" s="0" t="s">
         <v>1789</v>
       </c>
       <c r="B1798" s="0">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1799" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1799" s="0" t="s">
         <v>1790</v>
       </c>
       <c r="B1799" s="0">
-        <v>341</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1800" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1800" s="0" t="s">
         <v>1791</v>
       </c>
       <c r="B1800" s="0">
-        <v>855</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1801" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1801" s="0" t="s">
         <v>1792</v>
       </c>
       <c r="B1801" s="0">
-        <v>580</v>
+        <v>341</v>
       </c>
     </row>
     <row r="1802" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1802" s="0" t="s">
         <v>1793</v>
       </c>
       <c r="B1802" s="0">
-        <v>526</v>
+        <v>855</v>
       </c>
     </row>
     <row r="1803" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1803" s="0" t="s">
         <v>1794</v>
       </c>
       <c r="B1803" s="0">
-        <v>365</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1804" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1804" s="0" t="s">
         <v>1795</v>
       </c>
       <c r="B1804" s="0">
-        <v>510</v>
+        <v>526</v>
       </c>
     </row>
     <row r="1805" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1805" s="0" t="s">
         <v>1796</v>
       </c>
       <c r="B1805" s="0">
-        <v>526</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1806" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1806" s="0" t="s">
         <v>1797</v>
       </c>
       <c r="B1806" s="0">
-        <v>1890</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1807" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1807" s="0" t="s">
         <v>1798</v>
       </c>
       <c r="B1807" s="0">
-        <v>520</v>
+        <v>526</v>
       </c>
     </row>
     <row r="1808" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1808" s="0" t="s">
         <v>1799</v>
       </c>
       <c r="B1808" s="0">
-        <v>2098</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="1809" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1809" s="0" t="s">
         <v>1800</v>
       </c>
       <c r="B1809" s="0">
-        <v>1198</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1810" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1810" s="0" t="s">
         <v>1801</v>
       </c>
       <c r="B1810" s="0">
-        <v>880</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="1811" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1811" s="0" t="s">
         <v>1802</v>
       </c>
       <c r="B1811" s="0">
-        <v>2930</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="1812" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1812" s="0" t="s">
         <v>1803</v>
       </c>
       <c r="B1812" s="0">
-        <v>850</v>
+        <v>880</v>
       </c>
     </row>
     <row r="1813" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1813" s="0" t="s">
         <v>1804</v>
       </c>
       <c r="B1813" s="0">
-        <v>1350</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="1814" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1814" s="0" t="s">
         <v>1805</v>
       </c>
       <c r="B1814" s="0">
-        <v>425</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1815" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1815" s="0" t="s">
         <v>1806</v>
       </c>
       <c r="B1815" s="0">
-        <v>1230</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="1816" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1816" s="0" t="s">
         <v>1807</v>
       </c>
       <c r="B1816" s="0">
-        <v>210</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1817" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1817" s="0" t="s">
         <v>1808</v>
       </c>
       <c r="B1817" s="0">
-        <v>230</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="1818" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1818" s="0" t="s">
         <v>1809</v>
       </c>
       <c r="B1818" s="0">
-        <v>157</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1819" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1819" s="0" t="s">
         <v>1810</v>
       </c>
       <c r="B1819" s="0">
-        <v>1710</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1820" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1820" s="0" t="s">
         <v>1811</v>
       </c>
       <c r="B1820" s="0">
-        <v>1725</v>
+        <v>157</v>
       </c>
     </row>
     <row r="1821" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1821" s="0" t="s">
         <v>1812</v>
       </c>
       <c r="B1821" s="0">
-        <v>857</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="1822" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1822" s="0" t="s">
         <v>1813</v>
       </c>
       <c r="B1822" s="0">
-        <v>615</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="1823" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1823" s="0" t="s">
         <v>1814</v>
       </c>
       <c r="B1823" s="0">
-        <v>355</v>
+        <v>857</v>
       </c>
     </row>
     <row r="1824" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1824" s="0" t="s">
         <v>1815</v>
       </c>
       <c r="B1824" s="0">
-        <v>758</v>
+        <v>615</v>
       </c>
     </row>
     <row r="1825" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1825" s="0" t="s">
         <v>1816</v>
       </c>
       <c r="B1825" s="0">
-        <v>1610</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1826" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1826" s="0" t="s">
         <v>1817</v>
       </c>
       <c r="B1826" s="0">
-        <v>2675</v>
+        <v>758</v>
       </c>
     </row>
     <row r="1827" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1827" s="0" t="s">
         <v>1818</v>
       </c>
       <c r="B1827" s="0">
-        <v>1770</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="1828" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1828" s="0" t="s">
         <v>1819</v>
       </c>
       <c r="B1828" s="0">
-        <v>390</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="1829" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1829" s="0" t="s">
         <v>1820</v>
       </c>
       <c r="B1829" s="0">
-        <v>1610</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="1830" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1830" s="0" t="s">
         <v>1821</v>
       </c>
       <c r="B1830" s="0">
-        <v>1545</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1831" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1831" s="0" t="s">
         <v>1822</v>
       </c>
       <c r="B1831" s="0">
-        <v>2520</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="1832" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1832" s="0" t="s">
         <v>1823</v>
       </c>
       <c r="B1832" s="0">
-        <v>1235</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="1833" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1833" s="0" t="s">
         <v>1824</v>
       </c>
       <c r="B1833" s="0">
-        <v>1710</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="1834" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1834" s="0" t="s">
         <v>1825</v>
       </c>
       <c r="B1834" s="0">
-        <v>455</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="1835" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1835" s="0" t="s">
         <v>1826</v>
       </c>
       <c r="B1835" s="0">
-        <v>305</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="1836" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1836" s="0" t="s">
         <v>1827</v>
       </c>
       <c r="B1836" s="0">
-        <v>1480</v>
+        <v>455</v>
       </c>
     </row>
     <row r="1837" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1837" s="0" t="s">
         <v>1828</v>
       </c>
       <c r="B1837" s="0">
-        <v>1175</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1838" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1838" s="0" t="s">
         <v>1829</v>
       </c>
       <c r="B1838" s="0">
-        <v>1215</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="1839" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1839" s="0" t="s">
         <v>1830</v>
       </c>
       <c r="B1839" s="0">
-        <v>1842</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="1840" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1840" s="0" t="s">
         <v>1831</v>
       </c>
       <c r="B1840" s="0">
-        <v>2130</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="1841" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1841" s="0" t="s">
         <v>1832</v>
       </c>
       <c r="B1841" s="0">
-        <v>470</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="1842" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1842" s="0" t="s">
         <v>1833</v>
       </c>
       <c r="B1842" s="0">
-        <v>1710</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="1843" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1843" s="0" t="s">
         <v>1834</v>
       </c>
       <c r="B1843" s="0">
-        <v>2542</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1844" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1844" s="0" t="s">
         <v>1835</v>
       </c>
       <c r="B1844" s="0">
-        <v>1992</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="1845" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1845" s="0" t="s">
         <v>1836</v>
       </c>
       <c r="B1845" s="0">
-        <v>1240</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="1846" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1846" s="0" t="s">
         <v>1837</v>
       </c>
       <c r="B1846" s="0">
-        <v>255</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="1847" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1847" s="0" t="s">
         <v>1838</v>
       </c>
       <c r="B1847" s="0">
-        <v>450</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="1848" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1848" s="0" t="s">
         <v>1839</v>
       </c>
       <c r="B1848" s="0">
-        <v>405</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1849" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1849" s="0" t="s">
         <v>1840</v>
       </c>
       <c r="B1849" s="0">
-        <v>570</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1850" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1850" s="0" t="s">
         <v>1841</v>
       </c>
       <c r="B1850" s="0">
-        <v>2395</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1851" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1851" s="0" t="s">
         <v>1842</v>
       </c>
       <c r="B1851" s="0">
-        <v>1345</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1852" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1852" s="0" t="s">
         <v>1843</v>
       </c>
       <c r="B1852" s="0">
-        <v>680</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="1853" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1853" s="0" t="s">
         <v>1844</v>
       </c>
       <c r="B1853" s="0">
-        <v>1435</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="1854" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1854" s="0" t="s">
         <v>1845</v>
       </c>
       <c r="B1854" s="0">
-        <v>1345</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1855" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1855" s="0" t="s">
         <v>1846</v>
       </c>
       <c r="B1855" s="0">
-        <v>655</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="1856" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1856" s="0" t="s">
         <v>1847</v>
       </c>
       <c r="B1856" s="0">
-        <v>3195</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="1857" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1857" s="0" t="s">
         <v>1848</v>
       </c>
       <c r="B1857" s="0">
-        <v>1935</v>
+        <v>655</v>
       </c>
     </row>
     <row r="1858" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1858" s="0" t="s">
         <v>1849</v>
       </c>
       <c r="B1858" s="0">
-        <v>1170</v>
+        <v>3195</v>
       </c>
     </row>
     <row r="1859" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1859" s="0" t="s">
         <v>1850</v>
       </c>
       <c r="B1859" s="0">
-        <v>500</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="1860" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1860" s="0" t="s">
         <v>1851</v>
       </c>
       <c r="B1860" s="0">
-        <v>815</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="1861" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1861" s="0" t="s">
         <v>1852</v>
       </c>
       <c r="B1861" s="0">
-        <v>595</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1862" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1862" s="0" t="s">
         <v>1853</v>
       </c>
       <c r="B1862" s="0">
-        <v>390</v>
+        <v>815</v>
       </c>
     </row>
     <row r="1863" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1863" s="0" t="s">
         <v>1854</v>
       </c>
       <c r="B1863" s="0">
-        <v>2210</v>
+        <v>595</v>
       </c>
     </row>
     <row r="1864" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1864" s="0" t="s">
         <v>1855</v>
       </c>
       <c r="B1864" s="0">
-        <v>885</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1865" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1865" s="0" t="s">
         <v>1856</v>
       </c>
       <c r="B1865" s="0">
-        <v>420</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="1866" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1866" s="0" t="s">
         <v>1857</v>
       </c>
       <c r="B1866" s="0">
-        <v>690</v>
+        <v>885</v>
       </c>
     </row>
     <row r="1867" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1867" s="0" t="s">
         <v>1858</v>
       </c>
       <c r="B1867" s="0">
-        <v>1430</v>
+        <v>455</v>
       </c>
     </row>
     <row r="1868" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1868" s="0" t="s">
         <v>1859</v>
       </c>
       <c r="B1868" s="0">
-        <v>345</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1869" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1869" s="0" t="s">
         <v>1860</v>
       </c>
       <c r="B1869" s="0">
-        <v>965</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="1870" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1870" s="0" t="s">
         <v>1861</v>
       </c>
       <c r="B1870" s="0">
-        <v>1260</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1871" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1871" s="0" t="s">
         <v>1862</v>
       </c>
       <c r="B1871" s="0">
-        <v>1490</v>
+        <v>965</v>
       </c>
     </row>
     <row r="1872" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1872" s="0" t="s">
         <v>1863</v>
       </c>
       <c r="B1872" s="0">
-        <v>210</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="1873" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1873" s="0" t="s">
         <v>1864</v>
       </c>
       <c r="B1873" s="0">
-        <v>1515</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="1874" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1874" s="0" t="s">
         <v>1865</v>
       </c>
       <c r="B1874" s="0">
-        <v>840</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1875" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1875" s="0" t="s">
         <v>1866</v>
       </c>
       <c r="B1875" s="0">
-        <v>1905</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="1876" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1876" s="0" t="s">
         <v>1867</v>
       </c>
       <c r="B1876" s="0">
-        <v>845</v>
-[...3 lines deleted...]
-      <c r="A1877" s="3" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="1877" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1877" s="0" t="s">
         <v>1868</v>
       </c>
-      <c r="B1877" s="0"/>
+      <c r="B1877" s="0">
+        <v>1905</v>
+      </c>
     </row>
     <row r="1878" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1878" s="0" t="s">
         <v>1869</v>
       </c>
       <c r="B1878" s="0">
-        <v>15</v>
-[...3 lines deleted...]
-      <c r="A1879" s="0" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="1879" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1879" s="3" t="s">
         <v>1870</v>
       </c>
-      <c r="B1879" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1879" s="0"/>
     </row>
     <row r="1880" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1880" s="0" t="s">
         <v>1871</v>
       </c>
       <c r="B1880" s="0">
-        <v>82</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1881" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1881" s="0" t="s">
         <v>1872</v>
       </c>
       <c r="B1881" s="0">
-        <v>25</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1882" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1882" s="0" t="s">
         <v>1873</v>
       </c>
       <c r="B1882" s="0">
-        <v>28</v>
+        <v>82</v>
       </c>
     </row>
     <row r="1883" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1883" s="0" t="s">
         <v>1874</v>
       </c>
       <c r="B1883" s="0">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1884" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1884" s="0" t="s">
         <v>1875</v>
       </c>
       <c r="B1884" s="0">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1885" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1885" s="0" t="s">
         <v>1876</v>
       </c>
       <c r="B1885" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="1886" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1886" s="0" t="s">
         <v>1877</v>
       </c>
       <c r="B1886" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="1887" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1887" s="0" t="s">
         <v>1878</v>
       </c>
       <c r="B1887" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="1888" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1888" s="0" t="s">
         <v>1879</v>
       </c>
       <c r="B1888" s="0">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1889" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1889" s="0" t="s">
         <v>1880</v>
       </c>
       <c r="B1889" s="0">
-        <v>25</v>
-[...3 lines deleted...]
-      <c r="A1890" s="3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1890" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1890" s="0" t="s">
         <v>1881</v>
       </c>
-      <c r="B1890" s="0"/>
+      <c r="B1890" s="0">
+        <v>32</v>
+      </c>
     </row>
     <row r="1891" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1891" s="0" t="s">
         <v>1882</v>
       </c>
       <c r="B1891" s="0">
-        <v>12</v>
-[...3 lines deleted...]
-      <c r="A1892" s="0" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="1892" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1892" s="3" t="s">
         <v>1883</v>
       </c>
-      <c r="B1892" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1892" s="0"/>
     </row>
     <row r="1893" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1893" s="0" t="s">
         <v>1884</v>
       </c>
       <c r="B1893" s="0">
-        <v>140</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1894" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1894" s="0" t="s">
         <v>1885</v>
       </c>
       <c r="B1894" s="0">
-        <v>130</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1895" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1895" s="0" t="s">
         <v>1886</v>
       </c>
       <c r="B1895" s="0">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1896" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1896" s="0" t="s">
         <v>1887</v>
       </c>
       <c r="B1896" s="0">
-        <v>290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1897" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1897" s="0" t="s">
         <v>1888</v>
       </c>
       <c r="B1897" s="0">
-        <v>25</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1898" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1898" s="0" t="s">
         <v>1889</v>
       </c>
       <c r="B1898" s="0">
-        <v>35</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1899" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1899" s="0" t="s">
         <v>1890</v>
       </c>
       <c r="B1899" s="0">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1900" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1900" s="0" t="s">
         <v>1891</v>
       </c>
       <c r="B1900" s="0">
-        <v>65</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1901" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1901" s="0" t="s">
         <v>1892</v>
       </c>
       <c r="B1901" s="0">
-        <v>70</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1902" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1902" s="0" t="s">
         <v>1893</v>
       </c>
       <c r="B1902" s="0">
-        <v>186</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1903" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1903" s="0" t="s">
         <v>1894</v>
       </c>
       <c r="B1903" s="0">
-        <v>15</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1904" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1904" s="0" t="s">
         <v>1895</v>
       </c>
       <c r="B1904" s="0">
-        <v>110</v>
+        <v>186</v>
       </c>
     </row>
     <row r="1905" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1905" s="0" t="s">
         <v>1896</v>
       </c>
       <c r="B1905" s="0">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1906" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1906" s="0" t="s">
         <v>1897</v>
       </c>
       <c r="B1906" s="0">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1907" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1907" s="0" t="s">
         <v>1898</v>
       </c>
       <c r="B1907" s="0">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1908" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1908" s="0" t="s">
         <v>1899</v>
       </c>
       <c r="B1908" s="0">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1909" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1909" s="0" t="s">
         <v>1900</v>
       </c>
       <c r="B1909" s="0">
-        <v>15</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1910" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1910" s="0" t="s">
         <v>1901</v>
       </c>
       <c r="B1910" s="0">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1911" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1911" s="0" t="s">
         <v>1902</v>
       </c>
       <c r="B1911" s="0">
-        <v>170</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1912" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1912" s="0" t="s">
         <v>1903</v>
       </c>
       <c r="B1912" s="0">
-        <v>175</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1913" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1913" s="0" t="s">
         <v>1904</v>
       </c>
       <c r="B1913" s="0">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1914" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1914" s="0" t="s">
         <v>1905</v>
       </c>
       <c r="B1914" s="0">
-        <v>15</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1915" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1915" s="0" t="s">
         <v>1906</v>
       </c>
       <c r="B1915" s="0">
-        <v>15</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1916" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1916" s="0" t="s">
         <v>1907</v>
       </c>
       <c r="B1916" s="0">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1917" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1917" s="0" t="s">
         <v>1908</v>
       </c>
       <c r="B1917" s="0">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1918" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1918" s="0" t="s">
         <v>1909</v>
       </c>
       <c r="B1918" s="0">
-        <v>190</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1919" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1919" s="0" t="s">
         <v>1910</v>
       </c>
       <c r="B1919" s="0">
-        <v>450</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1920" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1920" s="0" t="s">
         <v>1911</v>
       </c>
       <c r="B1920" s="0">
-        <v>83</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1921" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1921" s="0" t="s">
         <v>1912</v>
       </c>
       <c r="B1921" s="0">
-        <v>12</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1922" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1922" s="0" t="s">
         <v>1913</v>
       </c>
       <c r="B1922" s="0">
-        <v>14</v>
+        <v>83</v>
       </c>
     </row>
     <row r="1923" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1923" s="0" t="s">
         <v>1914</v>
       </c>
       <c r="B1923" s="0">
-        <v>90</v>
+        <v>12</v>
       </c>
     </row>
     <row r="1924" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1924" s="0" t="s">
         <v>1915</v>
       </c>
       <c r="B1924" s="0">
-        <v>132</v>
+        <v>14</v>
       </c>
     </row>
     <row r="1925" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1925" s="0" t="s">
         <v>1916</v>
       </c>
       <c r="B1925" s="0">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1926" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1926" s="0" t="s">
         <v>1917</v>
       </c>
       <c r="B1926" s="0">
-        <v>135</v>
+        <v>132</v>
       </c>
     </row>
     <row r="1927" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1927" s="0" t="s">
         <v>1918</v>
       </c>
       <c r="B1927" s="0">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1928" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1928" s="0" t="s">
         <v>1919</v>
       </c>
       <c r="B1928" s="0">
-        <v>20</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1929" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1929" s="0" t="s">
         <v>1920</v>
       </c>
       <c r="B1929" s="0">
-        <v>85</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1930" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1930" s="0" t="s">
         <v>1921</v>
       </c>
       <c r="B1930" s="0">
-        <v>70</v>
+        <v>20</v>
       </c>
     </row>
     <row r="1931" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1931" s="0" t="s">
         <v>1922</v>
       </c>
       <c r="B1931" s="0">
-        <v>95</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1932" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1932" s="0" t="s">
         <v>1923</v>
       </c>
       <c r="B1932" s="0">
-        <v>95</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1933" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1933" s="0" t="s">
         <v>1924</v>
       </c>
       <c r="B1933" s="0">
-        <v>25</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1934" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1934" s="0" t="s">
         <v>1925</v>
       </c>
       <c r="B1934" s="0">
-        <v>25</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1935" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1935" s="0" t="s">
         <v>1926</v>
       </c>
       <c r="B1935" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="1936" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1936" s="0" t="s">
         <v>1927</v>
       </c>
       <c r="B1936" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="1937" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1937" s="0" t="s">
         <v>1928</v>
       </c>
       <c r="B1937" s="0">
-        <v>105</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1938" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1938" s="0" t="s">
         <v>1929</v>
       </c>
       <c r="B1938" s="0">
-        <v>125</v>
+        <v>25</v>
       </c>
     </row>
     <row r="1939" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1939" s="0" t="s">
         <v>1930</v>
       </c>
       <c r="B1939" s="0">
-        <v>10</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1940" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1940" s="0" t="s">
         <v>1931</v>
       </c>
       <c r="B1940" s="0">
-        <v>10</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1941" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1941" s="0" t="s">
         <v>1932</v>
       </c>
       <c r="B1941" s="0">
-        <v>95</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1942" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1942" s="0" t="s">
         <v>1933</v>
       </c>
       <c r="B1942" s="0">
-        <v>85</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1943" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1943" s="0" t="s">
         <v>1934</v>
       </c>
       <c r="B1943" s="0">
-        <v>85</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1944" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1944" s="0" t="s">
         <v>1935</v>
       </c>
       <c r="B1944" s="0">
-        <v>120</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1945" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1945" s="0" t="s">
         <v>1936</v>
       </c>
       <c r="B1945" s="0">
-        <v>22</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1946" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1946" s="0" t="s">
         <v>1937</v>
       </c>
       <c r="B1946" s="0">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1947" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1947" s="0" t="s">
         <v>1938</v>
       </c>
       <c r="B1947" s="0">
-        <v>70</v>
+        <v>22</v>
       </c>
     </row>
     <row r="1948" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1948" s="0" t="s">
         <v>1939</v>
       </c>
       <c r="B1948" s="0">
-        <v>110</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1949" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1949" s="0" t="s">
         <v>1940</v>
       </c>
       <c r="B1949" s="0">
-        <v>110</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1950" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1950" s="0" t="s">
         <v>1941</v>
       </c>
       <c r="B1950" s="0">
         <v>110</v>
       </c>
     </row>
     <row r="1951" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1951" s="0" t="s">
         <v>1942</v>
       </c>
       <c r="B1951" s="0">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1952" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1952" s="0" t="s">
         <v>1943</v>
       </c>
       <c r="B1952" s="0">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1953" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1953" s="0" t="s">
         <v>1944</v>
       </c>
       <c r="B1953" s="0">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1954" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1954" s="0" t="s">
         <v>1945</v>
       </c>
       <c r="B1954" s="0">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1955" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1955" s="0" t="s">
         <v>1946</v>
       </c>
       <c r="B1955" s="0">
-        <v>104</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1956" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1956" s="0" t="s">
         <v>1947</v>
       </c>
       <c r="B1956" s="0">
-        <v>15</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1957" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1957" s="0" t="s">
         <v>1948</v>
       </c>
       <c r="B1957" s="0">
-        <v>40</v>
+        <v>104</v>
       </c>
     </row>
     <row r="1958" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1958" s="0" t="s">
         <v>1949</v>
       </c>
       <c r="B1958" s="0">
-        <v>118</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1959" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1959" s="0" t="s">
         <v>1950</v>
       </c>
       <c r="B1959" s="0">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1960" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1960" s="0" t="s">
         <v>1951</v>
       </c>
       <c r="B1960" s="0">
-        <v>80</v>
+        <v>118</v>
       </c>
     </row>
     <row r="1961" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1961" s="0" t="s">
         <v>1952</v>
       </c>
       <c r="B1961" s="0">
-        <v>480</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1962" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1962" s="0" t="s">
         <v>1953</v>
       </c>
       <c r="B1962" s="0">
-        <v>40</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1963" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1963" s="0" t="s">
         <v>1954</v>
       </c>
       <c r="B1963" s="0">
-        <v>100</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1964" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1964" s="0" t="s">
         <v>1955</v>
       </c>
       <c r="B1964" s="0">
-        <v>115</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1965" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1965" s="0" t="s">
         <v>1956</v>
       </c>
       <c r="B1965" s="0">
-        <v>77</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1966" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1966" s="0" t="s">
         <v>1957</v>
       </c>
       <c r="B1966" s="0">
-        <v>10</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1967" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1967" s="0" t="s">
         <v>1958</v>
       </c>
       <c r="B1967" s="0">
-        <v>95</v>
+        <v>77</v>
       </c>
     </row>
     <row r="1968" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1968" s="0" t="s">
         <v>1959</v>
       </c>
       <c r="B1968" s="0">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1969" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1969" s="0" t="s">
         <v>1960</v>
       </c>
       <c r="B1969" s="0">
-        <v>90</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1970" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1970" s="0" t="s">
         <v>1961</v>
       </c>
       <c r="B1970" s="0">
-        <v>160</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1971" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1971" s="0" t="s">
         <v>1962</v>
       </c>
       <c r="B1971" s="0">
-        <v>395</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1972" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1972" s="0" t="s">
         <v>1963</v>
       </c>
       <c r="B1972" s="0">
-        <v>17</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1973" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1973" s="0" t="s">
         <v>1964</v>
       </c>
       <c r="B1973" s="0">
-        <v>165</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1974" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1974" s="0" t="s">
         <v>1965</v>
       </c>
       <c r="B1974" s="0">
-        <v>88</v>
-[...3 lines deleted...]
-      <c r="A1975" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="1975" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A1975" s="0" t="s">
         <v>1966</v>
       </c>
-      <c r="B1975" s="0"/>
+      <c r="B1975" s="0">
+        <v>165</v>
+      </c>
     </row>
     <row r="1976" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1976" s="0" t="s">
         <v>1967</v>
       </c>
       <c r="B1976" s="0">
-        <v>28</v>
-[...3 lines deleted...]
-      <c r="A1977" s="0" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="1977" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A1977" s="3" t="s">
         <v>1968</v>
       </c>
-      <c r="B1977" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B1977" s="0"/>
     </row>
     <row r="1978" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1978" s="0" t="s">
         <v>1969</v>
       </c>
       <c r="B1978" s="0">
-        <v>5</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1979" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1979" s="0" t="s">
         <v>1970</v>
       </c>
       <c r="B1979" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="1980" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1980" s="0" t="s">
         <v>1971</v>
       </c>
       <c r="B1980" s="0">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1981" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1981" s="0" t="s">
         <v>1972</v>
       </c>
       <c r="B1981" s="0">
-        <v>2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1982" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1982" s="0" t="s">
         <v>1973</v>
       </c>
       <c r="B1982" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="1983" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1983" s="0" t="s">
         <v>1974</v>
       </c>
       <c r="B1983" s="0">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1984" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1984" s="0" t="s">
         <v>1975</v>
       </c>
       <c r="B1984" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="1985" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1985" s="0" t="s">
         <v>1976</v>
       </c>
       <c r="B1985" s="0">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1986" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1986" s="0" t="s">
         <v>1977</v>
       </c>
       <c r="B1986" s="0">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1987" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1987" s="0" t="s">
         <v>1978</v>
       </c>
       <c r="B1987" s="0">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="1988" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1988" s="0" t="s">
         <v>1979</v>
       </c>
       <c r="B1988" s="0">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1989" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1989" s="0" t="s">
         <v>1980</v>
       </c>
       <c r="B1989" s="0">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1990" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1990" s="0" t="s">
         <v>1981</v>
       </c>
       <c r="B1990" s="0">
-        <v>8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1991" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1991" s="0" t="s">
         <v>1982</v>
       </c>
       <c r="B1991" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="1992" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1992" s="0" t="s">
         <v>1983</v>
       </c>
       <c r="B1992" s="0">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="1993" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1993" s="0" t="s">
         <v>1984</v>
       </c>
       <c r="B1993" s="0">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1994" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1994" s="0" t="s">
         <v>1985</v>
       </c>
       <c r="B1994" s="0">
-        <v>35</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1995" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1995" s="0" t="s">
         <v>1986</v>
       </c>
       <c r="B1995" s="0">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1996" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1996" s="0" t="s">
         <v>1987</v>
       </c>
       <c r="B1996" s="0">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1997" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1997" s="0" t="s">
         <v>1988</v>
       </c>
       <c r="B1997" s="0">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1998" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1998" s="0" t="s">
         <v>1989</v>
       </c>
       <c r="B1998" s="0">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1999" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A1999" s="0" t="s">
         <v>1990</v>
       </c>
       <c r="B1999" s="0">
-        <v>5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="2000" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2000" s="0" t="s">
         <v>1991</v>
       </c>
       <c r="B2000" s="0">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2001" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2001" s="0" t="s">
         <v>1992</v>
       </c>
       <c r="B2001" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="2002" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2002" s="0" t="s">
         <v>1993</v>
       </c>
       <c r="B2002" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="2003" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2003" s="0" t="s">
         <v>1994</v>
       </c>
       <c r="B2003" s="0">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="2004" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2004" s="0" t="s">
         <v>1995</v>
       </c>
       <c r="B2004" s="0">
-        <v>25</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2005" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2005" s="0" t="s">
         <v>1996</v>
       </c>
       <c r="B2005" s="0">
-        <v>83</v>
+        <v>25</v>
       </c>
     </row>
     <row r="2006" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2006" s="0" t="s">
         <v>1997</v>
       </c>
       <c r="B2006" s="0">
-        <v>10</v>
+        <v>83</v>
       </c>
     </row>
     <row r="2007" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2007" s="0" t="s">
         <v>1998</v>
       </c>
       <c r="B2007" s="0">
-        <v>35</v>
+        <v>10</v>
       </c>
     </row>
     <row r="2008" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2008" s="0" t="s">
         <v>1999</v>
       </c>
       <c r="B2008" s="0">
-        <v>15</v>
+        <v>35</v>
       </c>
     </row>
     <row r="2009" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2009" s="0" t="s">
         <v>2000</v>
       </c>
       <c r="B2009" s="0">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="2010" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2010" s="0" t="s">
         <v>2001</v>
       </c>
       <c r="B2010" s="0">
-        <v>105</v>
+        <v>10</v>
       </c>
     </row>
     <row r="2011" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2011" s="0" t="s">
         <v>2002</v>
       </c>
       <c r="B2011" s="0">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="2012" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2012" s="0" t="s">
+        <v>2003</v>
+      </c>
+      <c r="B2012" s="0">
         <v>400</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B2012" s="0"/>
     </row>
     <row r="2013" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2013" s="0" t="s">
         <v>2004</v>
       </c>
       <c r="B2013" s="0">
-        <v>180</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2014" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2014" s="0" t="s">
         <v>2005</v>
       </c>
       <c r="B2014" s="0">
-        <v>55</v>
-[...3 lines deleted...]
-      <c r="A2015" s="0" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2015" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2015" s="3" t="s">
         <v>2006</v>
       </c>
-      <c r="B2015" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2015" s="0"/>
     </row>
     <row r="2016" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2016" s="0" t="s">
         <v>2007</v>
       </c>
       <c r="B2016" s="0">
-        <v>395</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2017" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2017" s="0" t="s">
         <v>2008</v>
       </c>
       <c r="B2017" s="0">
-        <v>145</v>
+        <v>55</v>
       </c>
     </row>
     <row r="2018" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2018" s="0" t="s">
         <v>2009</v>
       </c>
       <c r="B2018" s="0">
-        <v>170</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2019" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2019" s="0" t="s">
         <v>2010</v>
       </c>
       <c r="B2019" s="0">
-        <v>65</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2020" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2020" s="0" t="s">
         <v>2011</v>
       </c>
       <c r="B2020" s="0">
-        <v>98</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2021" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2021" s="0" t="s">
         <v>2012</v>
       </c>
       <c r="B2021" s="0">
-        <v>395</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2022" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2022" s="0" t="s">
         <v>2013</v>
       </c>
       <c r="B2022" s="0">
-        <v>15</v>
+        <v>65</v>
       </c>
     </row>
     <row r="2023" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2023" s="0" t="s">
         <v>2014</v>
       </c>
       <c r="B2023" s="0">
-        <v>290</v>
+        <v>98</v>
       </c>
     </row>
     <row r="2024" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2024" s="0" t="s">
         <v>2015</v>
       </c>
       <c r="B2024" s="0">
-        <v>330</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2025" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2025" s="0" t="s">
         <v>2016</v>
       </c>
       <c r="B2025" s="0">
-        <v>220</v>
+        <v>15</v>
       </c>
     </row>
     <row r="2026" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2026" s="0" t="s">
         <v>2017</v>
       </c>
       <c r="B2026" s="0">
-        <v>275</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2027" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2027" s="0" t="s">
         <v>2018</v>
       </c>
       <c r="B2027" s="0">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="2028" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2028" s="0" t="s">
         <v>2019</v>
       </c>
       <c r="B2028" s="0">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2029" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2029" s="0" t="s">
         <v>2020</v>
       </c>
       <c r="B2029" s="0">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2030" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2030" s="0" t="s">
         <v>2021</v>
       </c>
       <c r="B2030" s="0">
-        <v>435</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2031" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2031" s="0" t="s">
         <v>2022</v>
       </c>
       <c r="B2031" s="0">
-        <v>455</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2032" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2032" s="0" t="s">
         <v>2023</v>
       </c>
       <c r="B2032" s="0">
-        <v>770</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2033" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2033" s="0" t="s">
         <v>2024</v>
       </c>
       <c r="B2033" s="0">
-        <v>325</v>
+        <v>435</v>
       </c>
     </row>
     <row r="2034" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2034" s="0" t="s">
         <v>2025</v>
       </c>
       <c r="B2034" s="0">
-        <v>194</v>
+        <v>455</v>
       </c>
     </row>
     <row r="2035" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2035" s="0" t="s">
         <v>2026</v>
       </c>
       <c r="B2035" s="0">
-        <v>150</v>
+        <v>770</v>
       </c>
     </row>
     <row r="2036" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2036" s="0" t="s">
         <v>2027</v>
       </c>
       <c r="B2036" s="0">
-        <v>20</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2037" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2037" s="0" t="s">
         <v>2028</v>
       </c>
       <c r="B2037" s="0">
-        <v>370</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2038" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2038" s="0" t="s">
         <v>2029</v>
       </c>
       <c r="B2038" s="0">
-        <v>1640</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2039" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2039" s="0" t="s">
         <v>2030</v>
       </c>
       <c r="B2039" s="0">
-        <v>90</v>
+        <v>20</v>
       </c>
     </row>
     <row r="2040" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2040" s="0" t="s">
         <v>2031</v>
       </c>
       <c r="B2040" s="0">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="2041" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2041" s="0" t="s">
         <v>2032</v>
       </c>
       <c r="B2041" s="0">
-        <v>1290</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="2042" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2042" s="0" t="s">
         <v>2033</v>
       </c>
       <c r="B2042" s="0">
-        <v>215</v>
+        <v>90</v>
       </c>
     </row>
     <row r="2043" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2043" s="0" t="s">
         <v>2034</v>
       </c>
       <c r="B2043" s="0">
-        <v>215</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2044" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2044" s="0" t="s">
         <v>2035</v>
       </c>
       <c r="B2044" s="0">
-        <v>23</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="2045" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2045" s="0" t="s">
         <v>2036</v>
       </c>
       <c r="B2045" s="0">
-        <v>254</v>
+        <v>215</v>
       </c>
     </row>
     <row r="2046" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2046" s="0" t="s">
         <v>2037</v>
       </c>
       <c r="B2046" s="0">
-        <v>170</v>
+        <v>215</v>
       </c>
     </row>
     <row r="2047" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2047" s="0" t="s">
         <v>2038</v>
       </c>
       <c r="B2047" s="0">
-        <v>1070</v>
+        <v>23</v>
       </c>
     </row>
     <row r="2048" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2048" s="0" t="s">
         <v>2039</v>
       </c>
       <c r="B2048" s="0">
-        <v>150</v>
+        <v>254</v>
       </c>
     </row>
     <row r="2049" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2049" s="0" t="s">
         <v>2040</v>
       </c>
       <c r="B2049" s="0">
-        <v>460</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2050" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2050" s="0" t="s">
         <v>2041</v>
       </c>
       <c r="B2050" s="0">
-        <v>190</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="2051" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2051" s="0" t="s">
         <v>2042</v>
       </c>
       <c r="B2051" s="0">
-        <v>185</v>
+        <v>460</v>
       </c>
     </row>
     <row r="2052" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2052" s="0" t="s">
         <v>2043</v>
       </c>
       <c r="B2052" s="0">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2053" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2053" s="0" t="s">
         <v>2044</v>
       </c>
       <c r="B2053" s="0">
-        <v>125</v>
+        <v>185</v>
       </c>
     </row>
     <row r="2054" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2054" s="0" t="s">
         <v>2045</v>
       </c>
       <c r="B2054" s="0">
-        <v>548</v>
+        <v>90</v>
       </c>
     </row>
     <row r="2055" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2055" s="0" t="s">
         <v>2046</v>
       </c>
       <c r="B2055" s="0">
-        <v>348</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2056" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2056" s="0" t="s">
         <v>2047</v>
       </c>
       <c r="B2056" s="0">
-        <v>160</v>
+        <v>635</v>
       </c>
     </row>
     <row r="2057" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2057" s="0" t="s">
         <v>2048</v>
       </c>
       <c r="B2057" s="0">
-        <v>216</v>
+        <v>348</v>
       </c>
     </row>
     <row r="2058" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2058" s="0" t="s">
         <v>2049</v>
       </c>
       <c r="B2058" s="0">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2059" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2059" s="0" t="s">
         <v>2050</v>
       </c>
       <c r="B2059" s="0">
-        <v>170</v>
+        <v>216</v>
       </c>
     </row>
     <row r="2060" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2060" s="0" t="s">
         <v>2051</v>
       </c>
       <c r="B2060" s="0">
-        <v>837</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2061" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2061" s="0" t="s">
         <v>2052</v>
       </c>
       <c r="B2061" s="0">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2062" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2062" s="0" t="s">
-        <v>1709</v>
+        <v>2053</v>
       </c>
       <c r="B2062" s="0">
-        <v>270</v>
+        <v>837</v>
       </c>
     </row>
     <row r="2063" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2063" s="0" t="s">
-        <v>2053</v>
+        <v>2054</v>
       </c>
       <c r="B2063" s="0">
-        <v>227</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2064" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2064" s="0" t="s">
-        <v>2054</v>
+        <v>1710</v>
       </c>
       <c r="B2064" s="0">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2065" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2065" s="0" t="s">
         <v>2055</v>
       </c>
       <c r="B2065" s="0">
-        <v>145</v>
+        <v>227</v>
       </c>
     </row>
     <row r="2066" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2066" s="0" t="s">
         <v>2056</v>
       </c>
       <c r="B2066" s="0">
-        <v>2160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2067" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2067" s="0" t="s">
         <v>2057</v>
       </c>
       <c r="B2067" s="0">
-        <v>132</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2068" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2068" s="0" t="s">
         <v>2058</v>
       </c>
       <c r="B2068" s="0">
-        <v>1025</v>
+        <v>132</v>
       </c>
     </row>
     <row r="2069" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2069" s="0" t="s">
         <v>2059</v>
       </c>
       <c r="B2069" s="0">
-        <v>735</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="2070" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2070" s="0" t="s">
         <v>2060</v>
       </c>
       <c r="B2070" s="0">
-        <v>560</v>
+        <v>735</v>
       </c>
     </row>
     <row r="2071" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2071" s="0" t="s">
         <v>2061</v>
       </c>
       <c r="B2071" s="0">
-        <v>795</v>
+        <v>560</v>
       </c>
     </row>
     <row r="2072" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2072" s="0" t="s">
         <v>2062</v>
       </c>
       <c r="B2072" s="0">
-        <v>180</v>
+        <v>795</v>
       </c>
     </row>
     <row r="2073" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2073" s="0" t="s">
         <v>2063</v>
       </c>
       <c r="B2073" s="0">
-        <v>808</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2074" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2074" s="0" t="s">
         <v>2064</v>
       </c>
       <c r="B2074" s="0">
-        <v>150</v>
+        <v>808</v>
       </c>
     </row>
     <row r="2075" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2075" s="0" t="s">
         <v>2065</v>
       </c>
       <c r="B2075" s="0">
-        <v>490</v>
+        <v>155</v>
       </c>
     </row>
     <row r="2076" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2076" s="0" t="s">
         <v>2066</v>
       </c>
       <c r="B2076" s="0">
         <v>420</v>
       </c>
     </row>
     <row r="2077" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2077" s="0" t="s">
         <v>2067</v>
       </c>
       <c r="B2077" s="0">
         <v>753</v>
       </c>
     </row>
-    <row r="2078" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
-      <c r="A2078" s="3" t="s">
+    <row r="2078" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2078" s="0" t="s">
         <v>2068</v>
       </c>
-      <c r="B2078" s="0"/>
+      <c r="B2078" s="0">
+        <v>405</v>
+      </c>
     </row>
     <row r="2079" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2079" s="0" t="s">
         <v>2069</v>
       </c>
       <c r="B2079" s="0">
-        <v>38</v>
+        <v>840</v>
       </c>
     </row>
     <row r="2080" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2080" s="0" t="s">
         <v>2070</v>
       </c>
       <c r="B2080" s="0">
-        <v>52</v>
+        <v>490</v>
       </c>
     </row>
     <row r="2081" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2081" s="0" t="s">
         <v>2071</v>
       </c>
       <c r="B2081" s="0">
-        <v>80</v>
-[...3 lines deleted...]
-      <c r="A2082" s="0" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="2082" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2082" s="3" t="s">
         <v>2072</v>
       </c>
-      <c r="B2082" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2082" s="0"/>
     </row>
     <row r="2083" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2083" s="0" t="s">
         <v>2073</v>
       </c>
       <c r="B2083" s="0">
-        <v>98</v>
+        <v>38</v>
       </c>
     </row>
     <row r="2084" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2084" s="0" t="s">
         <v>2074</v>
       </c>
       <c r="B2084" s="0">
-        <v>155</v>
+        <v>52</v>
       </c>
     </row>
     <row r="2085" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2085" s="0" t="s">
         <v>2075</v>
       </c>
       <c r="B2085" s="0">
-        <v>185</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2086" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2086" s="0" t="s">
         <v>2076</v>
       </c>
       <c r="B2086" s="0">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2087" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2087" s="0" t="s">
         <v>2077</v>
       </c>
       <c r="B2087" s="0">
-        <v>460</v>
-[...3 lines deleted...]
-      <c r="A2088" s="3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="2088" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2088" s="0" t="s">
         <v>2078</v>
       </c>
-      <c r="B2088" s="0"/>
+      <c r="B2088" s="0">
+        <v>155</v>
+      </c>
     </row>
     <row r="2089" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2089" s="0" t="s">
         <v>2079</v>
       </c>
       <c r="B2089" s="0">
-        <v>570</v>
+        <v>185</v>
       </c>
     </row>
     <row r="2090" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2090" s="0" t="s">
         <v>2080</v>
       </c>
       <c r="B2090" s="0">
-        <v>395</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2091" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2091" s="0" t="s">
         <v>2081</v>
       </c>
       <c r="B2091" s="0">
-        <v>415</v>
-[...3 lines deleted...]
-      <c r="A2092" s="0" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="2092" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2092" s="3" t="s">
         <v>2082</v>
       </c>
-      <c r="B2092" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2092" s="0"/>
     </row>
     <row r="2093" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2093" s="0" t="s">
         <v>2083</v>
       </c>
       <c r="B2093" s="0">
-        <v>145</v>
+        <v>570</v>
       </c>
     </row>
     <row r="2094" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2094" s="0" t="s">
         <v>2084</v>
       </c>
       <c r="B2094" s="0">
-        <v>155</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2095" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2095" s="0" t="s">
         <v>2085</v>
       </c>
       <c r="B2095" s="0">
-        <v>88</v>
+        <v>415</v>
       </c>
     </row>
     <row r="2096" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2096" s="0" t="s">
         <v>2086</v>
       </c>
       <c r="B2096" s="0">
-        <v>95</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2097" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2097" s="0" t="s">
         <v>2087</v>
       </c>
       <c r="B2097" s="0">
-        <v>88</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2098" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2098" s="0" t="s">
         <v>2088</v>
       </c>
       <c r="B2098" s="0">
-        <v>125</v>
+        <v>155</v>
       </c>
     </row>
     <row r="2099" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2099" s="0" t="s">
         <v>2089</v>
       </c>
       <c r="B2099" s="0">
-        <v>315</v>
+        <v>88</v>
       </c>
     </row>
     <row r="2100" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2100" s="0" t="s">
         <v>2090</v>
       </c>
       <c r="B2100" s="0">
-        <v>295</v>
+        <v>95</v>
       </c>
     </row>
     <row r="2101" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2101" s="0" t="s">
         <v>2091</v>
       </c>
       <c r="B2101" s="0">
-        <v>80</v>
+        <v>88</v>
       </c>
     </row>
     <row r="2102" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2102" s="0" t="s">
         <v>2092</v>
       </c>
       <c r="B2102" s="0">
-        <v>355</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2103" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2103" s="0" t="s">
         <v>2093</v>
       </c>
       <c r="B2103" s="0">
-        <v>370</v>
+        <v>315</v>
       </c>
     </row>
     <row r="2104" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2104" s="0" t="s">
         <v>2094</v>
       </c>
       <c r="B2104" s="0">
-        <v>55</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2105" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2105" s="0" t="s">
         <v>2095</v>
       </c>
       <c r="B2105" s="0">
-        <v>28</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2106" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2106" s="0" t="s">
         <v>2096</v>
       </c>
       <c r="B2106" s="0">
-        <v>55</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2107" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2107" s="0" t="s">
         <v>2097</v>
       </c>
       <c r="B2107" s="0">
-        <v>45</v>
+        <v>370</v>
       </c>
     </row>
     <row r="2108" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2108" s="0" t="s">
         <v>2098</v>
       </c>
       <c r="B2108" s="0">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="2109" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2109" s="0" t="s">
         <v>2099</v>
       </c>
       <c r="B2109" s="0">
-        <v>45</v>
+        <v>28</v>
       </c>
     </row>
     <row r="2110" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2110" s="0" t="s">
         <v>2100</v>
       </c>
       <c r="B2110" s="0">
-        <v>110</v>
+        <v>55</v>
       </c>
     </row>
     <row r="2111" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2111" s="0" t="s">
         <v>2101</v>
       </c>
       <c r="B2111" s="0">
-        <v>175</v>
+        <v>45</v>
       </c>
     </row>
     <row r="2112" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2112" s="0" t="s">
         <v>2102</v>
       </c>
       <c r="B2112" s="0">
-        <v>115</v>
+        <v>45</v>
       </c>
     </row>
     <row r="2113" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2113" s="0" t="s">
         <v>2103</v>
       </c>
       <c r="B2113" s="0">
-        <v>95</v>
+        <v>45</v>
       </c>
     </row>
     <row r="2114" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2114" s="0" t="s">
         <v>2104</v>
       </c>
       <c r="B2114" s="0">
-        <v>60</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2115" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2115" s="0" t="s">
         <v>2105</v>
       </c>
       <c r="B2115" s="0">
-        <v>60</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2116" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2116" s="0" t="s">
         <v>2106</v>
       </c>
       <c r="B2116" s="0">
-        <v>65</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2117" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2117" s="0" t="s">
         <v>2107</v>
       </c>
       <c r="B2117" s="0">
-        <v>55</v>
+        <v>95</v>
       </c>
     </row>
     <row r="2118" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2118" s="0" t="s">
         <v>2108</v>
       </c>
       <c r="B2118" s="0">
-        <v>307</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2119" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2119" s="0" t="s">
         <v>2109</v>
       </c>
       <c r="B2119" s="0">
-        <v>130</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2120" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2120" s="0" t="s">
         <v>2110</v>
       </c>
       <c r="B2120" s="0">
-        <v>150</v>
+        <v>65</v>
       </c>
     </row>
     <row r="2121" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2121" s="0" t="s">
         <v>2111</v>
       </c>
       <c r="B2121" s="0">
-        <v>160</v>
+        <v>55</v>
       </c>
     </row>
     <row r="2122" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2122" s="0" t="s">
         <v>2112</v>
       </c>
       <c r="B2122" s="0">
-        <v>130</v>
+        <v>307</v>
       </c>
     </row>
     <row r="2123" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2123" s="0" t="s">
         <v>2113</v>
       </c>
       <c r="B2123" s="0">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2124" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2124" s="0" t="s">
         <v>2114</v>
       </c>
       <c r="B2124" s="0">
-        <v>102</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2125" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2125" s="0" t="s">
         <v>2115</v>
       </c>
       <c r="B2125" s="0">
-        <v>85</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2126" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2126" s="0" t="s">
         <v>2116</v>
       </c>
       <c r="B2126" s="0">
-        <v>215</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2127" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2127" s="0" t="s">
         <v>2117</v>
       </c>
       <c r="B2127" s="0">
-        <v>20</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2128" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2128" s="0" t="s">
         <v>2118</v>
       </c>
       <c r="B2128" s="0">
-        <v>80</v>
+        <v>102</v>
       </c>
     </row>
     <row r="2129" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2129" s="0" t="s">
         <v>2119</v>
       </c>
       <c r="B2129" s="0">
-        <v>95</v>
+        <v>85</v>
       </c>
     </row>
     <row r="2130" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2130" s="0" t="s">
         <v>2120</v>
       </c>
       <c r="B2130" s="0">
-        <v>275</v>
+        <v>215</v>
       </c>
     </row>
     <row r="2131" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2131" s="0" t="s">
         <v>2121</v>
       </c>
       <c r="B2131" s="0">
-        <v>45</v>
+        <v>20</v>
       </c>
     </row>
     <row r="2132" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2132" s="0" t="s">
         <v>2122</v>
       </c>
       <c r="B2132" s="0">
-        <v>190</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2133" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2133" s="0" t="s">
         <v>2123</v>
       </c>
       <c r="B2133" s="0">
-        <v>130</v>
+        <v>95</v>
       </c>
     </row>
     <row r="2134" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2134" s="0" t="s">
         <v>2124</v>
       </c>
       <c r="B2134" s="0">
-        <v>130</v>
+        <v>275</v>
       </c>
     </row>
     <row r="2135" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2135" s="0" t="s">
         <v>2125</v>
       </c>
       <c r="B2135" s="0">
-        <v>195</v>
+        <v>45</v>
       </c>
     </row>
     <row r="2136" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2136" s="0" t="s">
         <v>2126</v>
       </c>
       <c r="B2136" s="0">
-        <v>278</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2137" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2137" s="0" t="s">
         <v>2127</v>
       </c>
       <c r="B2137" s="0">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2138" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2138" s="0" t="s">
         <v>2128</v>
       </c>
       <c r="B2138" s="0">
-        <v>95</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2139" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2139" s="0" t="s">
         <v>2129</v>
       </c>
       <c r="B2139" s="0">
-        <v>115</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2140" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2140" s="0" t="s">
         <v>2130</v>
       </c>
       <c r="B2140" s="0">
-        <v>95</v>
+        <v>278</v>
       </c>
     </row>
     <row r="2141" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2141" s="0" t="s">
         <v>2131</v>
       </c>
       <c r="B2141" s="0">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2142" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2142" s="0" t="s">
         <v>2132</v>
       </c>
       <c r="B2142" s="0">
-        <v>65</v>
+        <v>95</v>
       </c>
     </row>
     <row r="2143" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2143" s="0" t="s">
         <v>2133</v>
       </c>
       <c r="B2143" s="0">
-        <v>105</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2144" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2144" s="0" t="s">
         <v>2134</v>
       </c>
       <c r="B2144" s="0">
-        <v>58</v>
+        <v>95</v>
       </c>
     </row>
     <row r="2145" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2145" s="0" t="s">
         <v>2135</v>
       </c>
       <c r="B2145" s="0">
-        <v>60</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2146" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2146" s="0" t="s">
         <v>2136</v>
       </c>
       <c r="B2146" s="0">
-        <v>110</v>
+        <v>65</v>
       </c>
     </row>
     <row r="2147" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2147" s="0" t="s">
         <v>2137</v>
       </c>
       <c r="B2147" s="0">
-        <v>50</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2148" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2148" s="0" t="s">
         <v>2138</v>
       </c>
       <c r="B2148" s="0">
-        <v>30</v>
+        <v>58</v>
       </c>
     </row>
     <row r="2149" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2149" s="0" t="s">
         <v>2139</v>
       </c>
       <c r="B2149" s="0">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2150" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2150" s="0" t="s">
         <v>2140</v>
       </c>
       <c r="B2150" s="0">
-        <v>287</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2151" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2151" s="0" t="s">
         <v>2141</v>
       </c>
       <c r="B2151" s="0">
-        <v>255</v>
+        <v>50</v>
       </c>
     </row>
     <row r="2152" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2152" s="0" t="s">
         <v>2142</v>
       </c>
       <c r="B2152" s="0">
-        <v>126</v>
+        <v>30</v>
       </c>
     </row>
     <row r="2153" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2153" s="0" t="s">
         <v>2143</v>
       </c>
       <c r="B2153" s="0">
-        <v>215</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2154" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2154" s="0" t="s">
         <v>2144</v>
       </c>
       <c r="B2154" s="0">
-        <v>178</v>
+        <v>287</v>
       </c>
     </row>
     <row r="2155" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2155" s="0" t="s">
         <v>2145</v>
       </c>
       <c r="B2155" s="0">
-        <v>68</v>
+        <v>255</v>
       </c>
     </row>
     <row r="2156" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2156" s="0" t="s">
         <v>2146</v>
       </c>
       <c r="B2156" s="0">
-        <v>130</v>
+        <v>126</v>
       </c>
     </row>
     <row r="2157" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2157" s="0" t="s">
         <v>2147</v>
       </c>
       <c r="B2157" s="0">
-        <v>68</v>
+        <v>215</v>
       </c>
     </row>
     <row r="2158" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2158" s="0" t="s">
         <v>2148</v>
       </c>
       <c r="B2158" s="0">
-        <v>130</v>
+        <v>178</v>
       </c>
     </row>
     <row r="2159" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2159" s="0" t="s">
         <v>2149</v>
       </c>
       <c r="B2159" s="0">
-        <v>105</v>
+        <v>68</v>
       </c>
     </row>
     <row r="2160" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2160" s="0" t="s">
         <v>2150</v>
       </c>
       <c r="B2160" s="0">
-        <v>126</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2161" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2161" s="0" t="s">
         <v>2151</v>
       </c>
       <c r="B2161" s="0">
-        <v>46</v>
+        <v>68</v>
       </c>
     </row>
     <row r="2162" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2162" s="0" t="s">
         <v>2152</v>
       </c>
       <c r="B2162" s="0">
-        <v>92</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2163" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2163" s="0" t="s">
         <v>2153</v>
       </c>
       <c r="B2163" s="0">
-        <v>52</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2164" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2164" s="0" t="s">
         <v>2154</v>
       </c>
       <c r="B2164" s="0">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="2165" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2165" s="0" t="s">
         <v>2155</v>
       </c>
       <c r="B2165" s="0">
-        <v>60</v>
+        <v>46</v>
       </c>
     </row>
     <row r="2166" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2166" s="0" t="s">
         <v>2156</v>
       </c>
       <c r="B2166" s="0">
-        <v>110</v>
+        <v>92</v>
       </c>
     </row>
     <row r="2167" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2167" s="0" t="s">
         <v>2157</v>
       </c>
       <c r="B2167" s="0">
-        <v>146</v>
+        <v>52</v>
       </c>
     </row>
     <row r="2168" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2168" s="0" t="s">
         <v>2158</v>
       </c>
       <c r="B2168" s="0">
-        <v>7</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2169" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2169" s="0" t="s">
         <v>2159</v>
       </c>
       <c r="B2169" s="0">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2170" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2170" s="0" t="s">
         <v>2160</v>
       </c>
       <c r="B2170" s="0">
-        <v>98</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2171" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2171" s="0" t="s">
         <v>2161</v>
       </c>
       <c r="B2171" s="0">
-        <v>60</v>
+        <v>146</v>
       </c>
     </row>
     <row r="2172" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2172" s="0" t="s">
         <v>2162</v>
       </c>
       <c r="B2172" s="0">
-        <v>30</v>
+        <v>7</v>
       </c>
     </row>
     <row r="2173" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2173" s="0" t="s">
         <v>2163</v>
       </c>
       <c r="B2173" s="0">
-        <v>70</v>
+        <v>45</v>
       </c>
     </row>
     <row r="2174" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2174" s="0" t="s">
         <v>2164</v>
       </c>
       <c r="B2174" s="0">
-        <v>55</v>
+        <v>98</v>
       </c>
     </row>
     <row r="2175" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2175" s="0" t="s">
         <v>2165</v>
       </c>
       <c r="B2175" s="0">
-        <v>125</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2176" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2176" s="0" t="s">
         <v>2166</v>
       </c>
       <c r="B2176" s="0">
-        <v>240</v>
+        <v>30</v>
       </c>
     </row>
     <row r="2177" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2177" s="0" t="s">
         <v>2167</v>
       </c>
       <c r="B2177" s="0">
-        <v>345</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2178" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2178" s="0" t="s">
         <v>2168</v>
       </c>
       <c r="B2178" s="0">
-        <v>264</v>
+        <v>55</v>
       </c>
     </row>
     <row r="2179" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2179" s="0" t="s">
         <v>2169</v>
       </c>
       <c r="B2179" s="0">
-        <v>393</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2180" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2180" s="0" t="s">
         <v>2170</v>
       </c>
       <c r="B2180" s="0">
-        <v>177</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2181" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2181" s="0" t="s">
         <v>2171</v>
       </c>
       <c r="B2181" s="0">
-        <v>170</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2182" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2182" s="0" t="s">
         <v>2172</v>
       </c>
       <c r="B2182" s="0">
-        <v>60</v>
+        <v>264</v>
       </c>
     </row>
     <row r="2183" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2183" s="0" t="s">
         <v>2173</v>
       </c>
       <c r="B2183" s="0">
-        <v>335</v>
+        <v>393</v>
       </c>
     </row>
     <row r="2184" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2184" s="0" t="s">
-        <v>2161</v>
+        <v>2174</v>
       </c>
       <c r="B2184" s="0">
-        <v>48</v>
+        <v>177</v>
       </c>
     </row>
     <row r="2185" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2185" s="0" t="s">
-        <v>2174</v>
+        <v>2175</v>
       </c>
       <c r="B2185" s="0">
-        <v>245</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2186" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2186" s="0" t="s">
-        <v>2175</v>
+        <v>2176</v>
       </c>
       <c r="B2186" s="0">
-        <v>270</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2187" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2187" s="0" t="s">
-        <v>2176</v>
+        <v>2177</v>
       </c>
       <c r="B2187" s="0">
-        <v>260</v>
+        <v>335</v>
       </c>
     </row>
     <row r="2188" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2188" s="0" t="s">
-        <v>2177</v>
+        <v>2165</v>
       </c>
       <c r="B2188" s="0">
-        <v>385</v>
+        <v>48</v>
       </c>
     </row>
     <row r="2189" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2189" s="0" t="s">
         <v>2178</v>
       </c>
       <c r="B2189" s="0">
-        <v>68</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2190" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2190" s="0" t="s">
         <v>2179</v>
       </c>
       <c r="B2190" s="0">
-        <v>115</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2191" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2191" s="0" t="s">
         <v>2180</v>
       </c>
       <c r="B2191" s="0">
-        <v>1320</v>
-[...3 lines deleted...]
-      <c r="A2192" s="3" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="2192" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2192" s="0" t="s">
         <v>2181</v>
       </c>
-      <c r="B2192" s="0"/>
+      <c r="B2192" s="0">
+        <v>385</v>
+      </c>
     </row>
     <row r="2193" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2193" s="0" t="s">
         <v>2182</v>
       </c>
       <c r="B2193" s="0">
-        <v>153</v>
+        <v>68</v>
       </c>
     </row>
     <row r="2194" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2194" s="0" t="s">
         <v>2183</v>
       </c>
       <c r="B2194" s="0">
-        <v>172</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2195" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2195" s="0" t="s">
         <v>2184</v>
       </c>
       <c r="B2195" s="0">
-        <v>263</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2196" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2196" s="0" t="s">
         <v>2185</v>
       </c>
       <c r="B2196" s="0">
-        <v>315</v>
-[...3 lines deleted...]
-      <c r="A2197" s="0" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="2197" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2197" s="3" t="s">
         <v>2186</v>
       </c>
-      <c r="B2197" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2197" s="0"/>
     </row>
     <row r="2198" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2198" s="0" t="s">
         <v>2187</v>
       </c>
       <c r="B2198" s="0">
-        <v>368</v>
+        <v>153</v>
       </c>
     </row>
     <row r="2199" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2199" s="0" t="s">
         <v>2188</v>
       </c>
       <c r="B2199" s="0">
-        <v>447</v>
+        <v>172</v>
       </c>
     </row>
     <row r="2200" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2200" s="0" t="s">
         <v>2189</v>
       </c>
       <c r="B2200" s="0">
-        <v>380</v>
+        <v>263</v>
       </c>
     </row>
     <row r="2201" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2201" s="0" t="s">
         <v>2190</v>
       </c>
       <c r="B2201" s="0">
-        <v>90</v>
+        <v>315</v>
       </c>
     </row>
     <row r="2202" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2202" s="0" t="s">
         <v>2191</v>
       </c>
       <c r="B2202" s="0">
-        <v>30</v>
+        <v>369</v>
       </c>
     </row>
     <row r="2203" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2203" s="0" t="s">
         <v>2192</v>
       </c>
       <c r="B2203" s="0">
-        <v>55</v>
+        <v>368</v>
       </c>
     </row>
     <row r="2204" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2204" s="0" t="s">
         <v>2193</v>
       </c>
       <c r="B2204" s="0">
-        <v>100</v>
+        <v>447</v>
       </c>
     </row>
     <row r="2205" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2205" s="0" t="s">
         <v>2194</v>
       </c>
       <c r="B2205" s="0">
-        <v>15</v>
+        <v>380</v>
       </c>
     </row>
     <row r="2206" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2206" s="0" t="s">
         <v>2195</v>
       </c>
       <c r="B2206" s="0">
-        <v>4</v>
+        <v>90</v>
       </c>
     </row>
     <row r="2207" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2207" s="0" t="s">
         <v>2196</v>
       </c>
       <c r="B2207" s="0">
-        <v>19</v>
+        <v>30</v>
       </c>
     </row>
     <row r="2208" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2208" s="0" t="s">
         <v>2197</v>
       </c>
       <c r="B2208" s="0">
-        <v>66</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2209" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2209" s="0" t="s">
         <v>2198</v>
       </c>
       <c r="B2209" s="0">
-        <v>140</v>
+        <v>15</v>
       </c>
     </row>
     <row r="2210" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2210" s="0" t="s">
         <v>2199</v>
       </c>
       <c r="B2210" s="0">
-        <v>98</v>
+        <v>4</v>
       </c>
     </row>
     <row r="2211" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2211" s="0" t="s">
         <v>2200</v>
       </c>
       <c r="B2211" s="0">
-        <v>40</v>
+        <v>19</v>
       </c>
     </row>
     <row r="2212" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2212" s="0" t="s">
         <v>2201</v>
       </c>
       <c r="B2212" s="0">
-        <v>50</v>
+        <v>66</v>
       </c>
     </row>
     <row r="2213" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2213" s="0" t="s">
         <v>2202</v>
       </c>
       <c r="B2213" s="0">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2214" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2214" s="0" t="s">
         <v>2203</v>
       </c>
       <c r="B2214" s="0">
-        <v>215</v>
+        <v>98</v>
       </c>
     </row>
     <row r="2215" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2215" s="0" t="s">
         <v>2204</v>
       </c>
       <c r="B2215" s="0">
-        <v>95</v>
+        <v>40</v>
       </c>
     </row>
     <row r="2216" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2216" s="0" t="s">
         <v>2205</v>
       </c>
       <c r="B2216" s="0">
-        <v>110</v>
+        <v>50</v>
       </c>
     </row>
     <row r="2217" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2217" s="0" t="s">
         <v>2206</v>
       </c>
       <c r="B2217" s="0">
-        <v>448</v>
+        <v>100</v>
       </c>
     </row>
     <row r="2218" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2218" s="0" t="s">
         <v>2207</v>
       </c>
       <c r="B2218" s="0">
-        <v>285</v>
+        <v>215</v>
       </c>
     </row>
     <row r="2219" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2219" s="0" t="s">
         <v>2208</v>
       </c>
       <c r="B2219" s="0">
-        <v>463</v>
+        <v>95</v>
       </c>
     </row>
     <row r="2220" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2220" s="0" t="s">
         <v>2209</v>
       </c>
       <c r="B2220" s="0">
-        <v>26</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2221" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2221" s="0" t="s">
         <v>2210</v>
       </c>
       <c r="B2221" s="0">
-        <v>28</v>
+        <v>448</v>
       </c>
     </row>
     <row r="2222" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2222" s="0" t="s">
         <v>2211</v>
       </c>
       <c r="B2222" s="0">
-        <v>28</v>
+        <v>285</v>
       </c>
     </row>
     <row r="2223" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2223" s="0" t="s">
         <v>2212</v>
       </c>
       <c r="B2223" s="0">
-        <v>50</v>
-[...3 lines deleted...]
-      <c r="A2224" s="3" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="2224" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2224" s="0" t="s">
         <v>2213</v>
       </c>
-      <c r="B2224" s="0"/>
+      <c r="B2224" s="0">
+        <v>26</v>
+      </c>
     </row>
     <row r="2225" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2225" s="0" t="s">
         <v>2214</v>
       </c>
       <c r="B2225" s="0">
-        <v>550</v>
+        <v>28</v>
       </c>
     </row>
     <row r="2226" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2226" s="0" t="s">
         <v>2215</v>
       </c>
       <c r="B2226" s="0">
-        <v>320</v>
+        <v>28</v>
       </c>
     </row>
     <row r="2227" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2227" s="0" t="s">
         <v>2216</v>
       </c>
       <c r="B2227" s="0">
-        <v>820</v>
-[...3 lines deleted...]
-      <c r="A2228" s="0" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2228" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2228" s="3" t="s">
         <v>2217</v>
       </c>
-      <c r="B2228" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2228" s="0"/>
     </row>
     <row r="2229" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2229" s="0" t="s">
         <v>2218</v>
       </c>
       <c r="B2229" s="0">
-        <v>1150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="2230" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2230" s="0" t="s">
         <v>2219</v>
       </c>
       <c r="B2230" s="0">
-        <v>1260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2231" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2231" s="0" t="s">
         <v>2220</v>
       </c>
       <c r="B2231" s="0">
-        <v>1625</v>
+        <v>820</v>
       </c>
     </row>
     <row r="2232" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2232" s="0" t="s">
         <v>2221</v>
       </c>
       <c r="B2232" s="0">
-        <v>3050</v>
+        <v>247</v>
       </c>
     </row>
     <row r="2233" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2233" s="0" t="s">
         <v>2222</v>
       </c>
       <c r="B2233" s="0">
-        <v>150</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="2234" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2234" s="0" t="s">
         <v>2223</v>
       </c>
       <c r="B2234" s="0">
-        <v>1670</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="2235" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2235" s="0" t="s">
         <v>2224</v>
       </c>
       <c r="B2235" s="0">
-        <v>320</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="2236" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2236" s="0" t="s">
         <v>2225</v>
       </c>
       <c r="B2236" s="0">
-        <v>3375</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="2237" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2237" s="0" t="s">
         <v>2226</v>
       </c>
       <c r="B2237" s="0">
-        <v>995</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2238" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2238" s="0" t="s">
         <v>2227</v>
       </c>
       <c r="B2238" s="0">
-        <v>3550</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="2239" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2239" s="0" t="s">
         <v>2228</v>
       </c>
       <c r="B2239" s="0">
-        <v>810</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2240" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2240" s="0" t="s">
         <v>2229</v>
       </c>
       <c r="B2240" s="0">
-        <v>1805</v>
+        <v>3375</v>
       </c>
     </row>
     <row r="2241" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2241" s="0" t="s">
         <v>2230</v>
       </c>
       <c r="B2241" s="0">
-        <v>180</v>
+        <v>995</v>
       </c>
     </row>
     <row r="2242" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2242" s="0" t="s">
         <v>2231</v>
       </c>
       <c r="B2242" s="0">
-        <v>450</v>
+        <v>3550</v>
       </c>
     </row>
     <row r="2243" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2243" s="0" t="s">
         <v>2232</v>
       </c>
       <c r="B2243" s="0">
-        <v>2280</v>
+        <v>810</v>
       </c>
     </row>
     <row r="2244" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2244" s="0" t="s">
         <v>2233</v>
       </c>
       <c r="B2244" s="0">
-        <v>3610</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="2245" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2245" s="0" t="s">
         <v>2234</v>
       </c>
       <c r="B2245" s="0">
-        <v>3975</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2246" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2246" s="0" t="s">
         <v>2235</v>
       </c>
       <c r="B2246" s="0">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2247" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2247" s="0" t="s">
         <v>2236</v>
       </c>
       <c r="B2247" s="0">
-        <v>250</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="2248" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2248" s="0" t="s">
         <v>2237</v>
       </c>
       <c r="B2248" s="0">
-        <v>430</v>
+        <v>3610</v>
       </c>
     </row>
     <row r="2249" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2249" s="0" t="s">
         <v>2238</v>
       </c>
       <c r="B2249" s="0">
-        <v>3950</v>
+        <v>3975</v>
       </c>
     </row>
     <row r="2250" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2250" s="0" t="s">
         <v>2239</v>
       </c>
       <c r="B2250" s="0">
-        <v>535</v>
+        <v>340</v>
       </c>
     </row>
     <row r="2251" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2251" s="0" t="s">
         <v>2240</v>
       </c>
       <c r="B2251" s="0">
-        <v>478</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2252" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2252" s="0" t="s">
         <v>2241</v>
       </c>
       <c r="B2252" s="0">
-        <v>80</v>
+        <v>430</v>
       </c>
     </row>
     <row r="2253" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2253" s="0" t="s">
         <v>2242</v>
       </c>
       <c r="B2253" s="0">
-        <v>245</v>
+        <v>3950</v>
       </c>
     </row>
     <row r="2254" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2254" s="0" t="s">
         <v>2243</v>
       </c>
       <c r="B2254" s="0">
-        <v>353</v>
+        <v>535</v>
       </c>
     </row>
     <row r="2255" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2255" s="0" t="s">
         <v>2244</v>
       </c>
       <c r="B2255" s="0">
-        <v>615</v>
+        <v>478</v>
       </c>
     </row>
     <row r="2256" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2256" s="0" t="s">
         <v>2245</v>
       </c>
       <c r="B2256" s="0">
-        <v>205</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2257" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2257" s="0" t="s">
         <v>2246</v>
       </c>
       <c r="B2257" s="0">
-        <v>83</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2258" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2258" s="0" t="s">
         <v>2247</v>
       </c>
       <c r="B2258" s="0">
-        <v>630</v>
+        <v>353</v>
       </c>
     </row>
     <row r="2259" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2259" s="0" t="s">
         <v>2248</v>
       </c>
       <c r="B2259" s="0">
-        <v>240</v>
+        <v>615</v>
       </c>
     </row>
     <row r="2260" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2260" s="0" t="s">
         <v>2249</v>
       </c>
       <c r="B2260" s="0">
-        <v>410</v>
+        <v>205</v>
       </c>
     </row>
     <row r="2261" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2261" s="0" t="s">
         <v>2250</v>
       </c>
       <c r="B2261" s="0">
-        <v>660</v>
+        <v>83</v>
       </c>
     </row>
     <row r="2262" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2262" s="0" t="s">
         <v>2251</v>
       </c>
       <c r="B2262" s="0">
-        <v>444</v>
+        <v>630</v>
       </c>
     </row>
     <row r="2263" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2263" s="0" t="s">
         <v>2252</v>
       </c>
       <c r="B2263" s="0">
-        <v>465</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2264" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2264" s="0" t="s">
         <v>2253</v>
       </c>
       <c r="B2264" s="0">
-        <v>795</v>
+        <v>410</v>
       </c>
     </row>
     <row r="2265" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2265" s="0" t="s">
         <v>2254</v>
       </c>
       <c r="B2265" s="0">
-        <v>558</v>
+        <v>660</v>
       </c>
     </row>
     <row r="2266" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2266" s="0" t="s">
         <v>2255</v>
       </c>
       <c r="B2266" s="0">
-        <v>710</v>
+        <v>444</v>
       </c>
     </row>
     <row r="2267" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2267" s="0" t="s">
         <v>2256</v>
       </c>
       <c r="B2267" s="0">
-        <v>190</v>
+        <v>465</v>
       </c>
     </row>
     <row r="2268" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2268" s="0" t="s">
         <v>2257</v>
       </c>
       <c r="B2268" s="0">
-        <v>555</v>
+        <v>795</v>
       </c>
     </row>
     <row r="2269" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2269" s="0" t="s">
         <v>2258</v>
       </c>
       <c r="B2269" s="0">
-        <v>2075</v>
-[...3 lines deleted...]
-      <c r="A2270" s="2" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="2270" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2270" s="0" t="s">
         <v>2259</v>
       </c>
-      <c r="B2270" s="0"/>
-[...2 lines deleted...]
-      <c r="A2271" s="3" t="s">
+      <c r="B2270" s="0">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="2271" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2271" s="0" t="s">
         <v>2260</v>
       </c>
-      <c r="B2271" s="0"/>
+      <c r="B2271" s="0">
+        <v>555</v>
+      </c>
     </row>
     <row r="2272" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2272" s="0" t="s">
         <v>2261</v>
       </c>
       <c r="B2272" s="0">
-        <v>3280</v>
-[...3 lines deleted...]
-      <c r="A2273" s="3" t="s">
+        <v>2075</v>
+      </c>
+    </row>
+    <row r="2273" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2273" s="0" t="s">
         <v>2262</v>
       </c>
-      <c r="B2273" s="0"/>
-[...2 lines deleted...]
-      <c r="A2274" s="3" t="s">
+      <c r="B2273" s="0">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="2274" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2274" s="0" t="s">
         <v>2263</v>
       </c>
-      <c r="B2274" s="0"/>
-[...2 lines deleted...]
-      <c r="A2275" s="3" t="s">
+      <c r="B2274" s="0">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="2275" spans="1:2">
+      <c r="A2275" s="2" t="s">
         <v>2264</v>
       </c>
       <c r="B2275" s="0"/>
     </row>
-    <row r="2276" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
-      <c r="A2276" s="0" t="s">
+    <row r="2276" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2276" s="3" t="s">
         <v>2265</v>
       </c>
-      <c r="B2276" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2276" s="0"/>
     </row>
     <row r="2277" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2277" s="0" t="s">
         <v>2266</v>
       </c>
       <c r="B2277" s="0">
-        <v>1920</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="2278" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A2278" s="3" t="s">
         <v>2267</v>
       </c>
       <c r="B2278" s="0"/>
     </row>
     <row r="2279" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A2279" s="3" t="s">
         <v>2268</v>
       </c>
       <c r="B2279" s="0"/>
     </row>
     <row r="2280" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A2280" s="3" t="s">
         <v>2269</v>
       </c>
       <c r="B2280" s="0"/>
     </row>
-    <row r="2281" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
-      <c r="A2281" s="3" t="s">
+    <row r="2281" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2281" s="0" t="s">
         <v>2270</v>
       </c>
-      <c r="B2281" s="0"/>
-[...2 lines deleted...]
-      <c r="A2282" s="2" t="s">
+      <c r="B2281" s="0">
+        <v>7140</v>
+      </c>
+    </row>
+    <row r="2282" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2282" s="0" t="s">
         <v>2271</v>
       </c>
-      <c r="B2282" s="0"/>
+      <c r="B2282" s="0">
+        <v>1920</v>
+      </c>
     </row>
     <row r="2283" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A2283" s="3" t="s">
         <v>2272</v>
       </c>
       <c r="B2283" s="0"/>
     </row>
-    <row r="2284" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
-      <c r="A2284" s="0" t="s">
+    <row r="2284" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2284" s="3" t="s">
         <v>2273</v>
       </c>
-      <c r="B2284" s="0">
-[...4 lines deleted...]
-      <c r="A2285" s="0" t="s">
+      <c r="B2284" s="0"/>
+    </row>
+    <row r="2285" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2285" s="3" t="s">
         <v>2274</v>
       </c>
-      <c r="B2285" s="0">
-[...4 lines deleted...]
-      <c r="A2286" s="0" t="s">
+      <c r="B2285" s="0"/>
+    </row>
+    <row r="2286" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2286" s="3" t="s">
         <v>2275</v>
       </c>
-      <c r="B2286" s="0">
-[...4 lines deleted...]
-      <c r="A2287" s="0" t="s">
+      <c r="B2286" s="0"/>
+    </row>
+    <row r="2287" spans="1:2">
+      <c r="A2287" s="2" t="s">
         <v>2276</v>
       </c>
-      <c r="B2287" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2287" s="0"/>
     </row>
     <row r="2288" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A2288" s="3" t="s">
         <v>2277</v>
       </c>
       <c r="B2288" s="0"/>
     </row>
     <row r="2289" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2289" s="0" t="s">
         <v>2278</v>
       </c>
       <c r="B2289" s="0">
-        <v>248</v>
+        <v>998</v>
       </c>
     </row>
     <row r="2290" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2290" s="0" t="s">
         <v>2279</v>
       </c>
       <c r="B2290" s="0">
-        <v>269</v>
+        <v>725</v>
       </c>
     </row>
     <row r="2291" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2291" s="0" t="s">
         <v>2280</v>
       </c>
       <c r="B2291" s="0">
-        <v>205</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="2292" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2292" s="0" t="s">
         <v>2281</v>
       </c>
       <c r="B2292" s="0">
-        <v>65</v>
-[...3 lines deleted...]
-      <c r="A2293" s="0" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="2293" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2293" s="3" t="s">
         <v>2282</v>
       </c>
-      <c r="B2293" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2293" s="0"/>
     </row>
     <row r="2294" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2294" s="0" t="s">
         <v>2283</v>
       </c>
       <c r="B2294" s="0">
-        <v>119</v>
+        <v>248</v>
       </c>
     </row>
     <row r="2295" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2295" s="0" t="s">
         <v>2284</v>
       </c>
       <c r="B2295" s="0">
-        <v>81</v>
+        <v>269</v>
       </c>
     </row>
     <row r="2296" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2296" s="0" t="s">
         <v>2285</v>
       </c>
       <c r="B2296" s="0">
-        <v>100</v>
+        <v>205</v>
       </c>
     </row>
     <row r="2297" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2297" s="0" t="s">
         <v>2286</v>
       </c>
       <c r="B2297" s="0">
-        <v>88</v>
+        <v>65</v>
       </c>
     </row>
     <row r="2298" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2298" s="0" t="s">
         <v>2287</v>
       </c>
       <c r="B2298" s="0">
-        <v>265</v>
+        <v>208</v>
       </c>
     </row>
     <row r="2299" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2299" s="0" t="s">
         <v>2288</v>
       </c>
       <c r="B2299" s="0">
-        <v>125</v>
+        <v>119</v>
       </c>
     </row>
     <row r="2300" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2300" s="0" t="s">
         <v>2289</v>
       </c>
       <c r="B2300" s="0">
-        <v>48</v>
-[...3 lines deleted...]
-      <c r="A2301" s="3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="2301" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2301" s="0" t="s">
         <v>2290</v>
       </c>
-      <c r="B2301" s="0"/>
+      <c r="B2301" s="0">
+        <v>100</v>
+      </c>
     </row>
     <row r="2302" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2302" s="0" t="s">
         <v>2291</v>
       </c>
       <c r="B2302" s="0">
-        <v>813</v>
+        <v>88</v>
       </c>
     </row>
     <row r="2303" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2303" s="0" t="s">
         <v>2292</v>
       </c>
       <c r="B2303" s="0">
-        <v>13</v>
+        <v>265</v>
       </c>
     </row>
     <row r="2304" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2304" s="0" t="s">
         <v>2293</v>
       </c>
       <c r="B2304" s="0">
-        <v>20</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2305" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2305" s="0" t="s">
         <v>2294</v>
       </c>
       <c r="B2305" s="0">
-        <v>5</v>
-[...3 lines deleted...]
-      <c r="A2306" s="0" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="2306" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2306" s="3" t="s">
         <v>2295</v>
       </c>
-      <c r="B2306" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2306" s="0"/>
     </row>
     <row r="2307" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2307" s="0" t="s">
         <v>2296</v>
       </c>
       <c r="B2307" s="0">
-        <v>148</v>
+        <v>813</v>
       </c>
     </row>
     <row r="2308" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2308" s="0" t="s">
         <v>2297</v>
       </c>
       <c r="B2308" s="0">
-        <v>186</v>
-[...3 lines deleted...]
-      <c r="A2309" s="3" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="2309" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2309" s="0" t="s">
         <v>2298</v>
       </c>
-      <c r="B2309" s="0"/>
+      <c r="B2309" s="0">
+        <v>20</v>
+      </c>
     </row>
     <row r="2310" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2310" s="0" t="s">
         <v>2299</v>
       </c>
       <c r="B2310" s="0">
-        <v>172</v>
+        <v>5</v>
       </c>
     </row>
     <row r="2311" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2311" s="0" t="s">
         <v>2300</v>
       </c>
       <c r="B2311" s="0">
-        <v>232</v>
+        <v>25</v>
       </c>
     </row>
     <row r="2312" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2312" s="0" t="s">
         <v>2301</v>
       </c>
       <c r="B2312" s="0">
-        <v>95</v>
+        <v>148</v>
       </c>
     </row>
     <row r="2313" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2313" s="0" t="s">
         <v>2302</v>
       </c>
       <c r="B2313" s="0">
-        <v>340</v>
-[...3 lines deleted...]
-      <c r="A2314" s="0" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="2314" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2314" s="3" t="s">
         <v>2303</v>
       </c>
-      <c r="B2314" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2314" s="0"/>
     </row>
     <row r="2315" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2315" s="0" t="s">
         <v>2304</v>
       </c>
       <c r="B2315" s="0">
-        <v>94</v>
+        <v>172</v>
       </c>
     </row>
     <row r="2316" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2316" s="0" t="s">
         <v>2305</v>
       </c>
       <c r="B2316" s="0">
-        <v>342</v>
+        <v>232</v>
       </c>
     </row>
     <row r="2317" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2317" s="0" t="s">
         <v>2306</v>
       </c>
       <c r="B2317" s="0">
-        <v>45</v>
+        <v>95</v>
       </c>
     </row>
     <row r="2318" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2318" s="0" t="s">
         <v>2307</v>
       </c>
       <c r="B2318" s="0">
-        <v>176</v>
+        <v>340</v>
       </c>
     </row>
     <row r="2319" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2319" s="0" t="s">
         <v>2308</v>
       </c>
       <c r="B2319" s="0">
-        <v>58</v>
+        <v>174</v>
       </c>
     </row>
     <row r="2320" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2320" s="0" t="s">
         <v>2309</v>
       </c>
       <c r="B2320" s="0">
-        <v>113</v>
-[...3 lines deleted...]
-      <c r="A2321" s="3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="2321" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2321" s="0" t="s">
         <v>2310</v>
       </c>
-      <c r="B2321" s="0"/>
+      <c r="B2321" s="0">
+        <v>342</v>
+      </c>
     </row>
     <row r="2322" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2322" s="0" t="s">
         <v>2311</v>
       </c>
       <c r="B2322" s="0">
-        <v>6</v>
+        <v>145</v>
       </c>
     </row>
     <row r="2323" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2323" s="0" t="s">
         <v>2312</v>
       </c>
       <c r="B2323" s="0">
-        <v>60</v>
+        <v>176</v>
       </c>
     </row>
     <row r="2324" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2324" s="0" t="s">
         <v>2313</v>
       </c>
       <c r="B2324" s="0">
-        <v>1340</v>
+        <v>58</v>
       </c>
     </row>
     <row r="2325" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2325" s="0" t="s">
         <v>2314</v>
       </c>
       <c r="B2325" s="0">
-        <v>515</v>
-[...3 lines deleted...]
-      <c r="A2326" s="0" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="2326" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2326" s="3" t="s">
         <v>2315</v>
       </c>
-      <c r="B2326" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2326" s="0"/>
     </row>
     <row r="2327" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2327" s="0" t="s">
         <v>2316</v>
       </c>
       <c r="B2327" s="0">
-        <v>23</v>
+        <v>6</v>
       </c>
     </row>
     <row r="2328" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2328" s="0" t="s">
         <v>2317</v>
       </c>
       <c r="B2328" s="0">
-        <v>215</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2329" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2329" s="0" t="s">
         <v>2318</v>
       </c>
       <c r="B2329" s="0">
-        <v>90</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="2330" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2330" s="0" t="s">
         <v>2319</v>
       </c>
       <c r="B2330" s="0">
-        <v>950</v>
-[...3 lines deleted...]
-      <c r="A2331" s="2" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="2331" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2331" s="0" t="s">
         <v>2320</v>
       </c>
-      <c r="B2331" s="0"/>
-[...2 lines deleted...]
-      <c r="A2332" s="3" t="s">
+      <c r="B2331" s="0">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="2332" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2332" s="0" t="s">
         <v>2321</v>
       </c>
-      <c r="B2332" s="0"/>
-[...2 lines deleted...]
-      <c r="A2333" s="3" t="s">
+      <c r="B2332" s="0">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="2333" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2333" s="0" t="s">
         <v>2322</v>
       </c>
-      <c r="B2333" s="0"/>
+      <c r="B2333" s="0">
+        <v>215</v>
+      </c>
     </row>
     <row r="2334" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2334" s="0" t="s">
         <v>2323</v>
       </c>
       <c r="B2334" s="0">
-        <v>920</v>
+        <v>90</v>
       </c>
     </row>
     <row r="2335" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2335" s="0" t="s">
         <v>2324</v>
       </c>
       <c r="B2335" s="0">
-        <v>265</v>
-[...3 lines deleted...]
-      <c r="A2336" s="0" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="2336" spans="1:2">
+      <c r="A2336" s="2" t="s">
         <v>2325</v>
       </c>
-      <c r="B2336" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2336" s="0"/>
     </row>
     <row r="2337" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
       <c r="A2337" s="3" t="s">
         <v>2326</v>
       </c>
       <c r="B2337" s="0"/>
     </row>
-    <row r="2338" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
-      <c r="A2338" s="0" t="s">
+    <row r="2338" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2338" s="3" t="s">
         <v>2327</v>
       </c>
-      <c r="B2338" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2338" s="0"/>
     </row>
     <row r="2339" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2339" s="0" t="s">
         <v>2328</v>
       </c>
       <c r="B2339" s="0">
-        <v>138</v>
+        <v>920</v>
       </c>
     </row>
     <row r="2340" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2340" s="0" t="s">
         <v>2329</v>
       </c>
       <c r="B2340" s="0">
-        <v>25</v>
+        <v>265</v>
       </c>
     </row>
     <row r="2341" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2341" s="0" t="s">
         <v>2330</v>
       </c>
       <c r="B2341" s="0">
-        <v>25</v>
-[...3 lines deleted...]
-      <c r="A2342" s="0" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="2342" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2342" s="3" t="s">
         <v>2331</v>
       </c>
-      <c r="B2342" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2342" s="0"/>
     </row>
     <row r="2343" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2343" s="0" t="s">
         <v>2332</v>
       </c>
       <c r="B2343" s="0">
-        <v>250</v>
+        <v>215</v>
       </c>
     </row>
     <row r="2344" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2344" s="0" t="s">
         <v>2333</v>
       </c>
       <c r="B2344" s="0">
-        <v>742</v>
+        <v>138</v>
       </c>
     </row>
     <row r="2345" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2345" s="0" t="s">
         <v>2334</v>
       </c>
       <c r="B2345" s="0">
-        <v>1489</v>
+        <v>25</v>
       </c>
     </row>
     <row r="2346" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2346" s="0" t="s">
         <v>2335</v>
       </c>
       <c r="B2346" s="0">
-        <v>4428</v>
-[...3 lines deleted...]
-      <c r="A2347" s="2" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="2347" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2347" s="0" t="s">
         <v>2336</v>
       </c>
-      <c r="B2347" s="0"/>
-[...2 lines deleted...]
-      <c r="A2348" s="3" t="s">
+      <c r="B2347" s="0">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2348" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2348" s="0" t="s">
         <v>2337</v>
       </c>
-      <c r="B2348" s="0"/>
+      <c r="B2348" s="0">
+        <v>742</v>
+      </c>
     </row>
     <row r="2349" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2349" s="0" t="s">
         <v>2338</v>
       </c>
       <c r="B2349" s="0">
-        <v>38</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="2350" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2350" s="0" t="s">
         <v>2339</v>
       </c>
       <c r="B2350" s="0">
-        <v>63</v>
-[...3 lines deleted...]
-      <c r="A2351" s="0" t="s">
+        <v>4428</v>
+      </c>
+    </row>
+    <row r="2351" spans="1:2">
+      <c r="A2351" s="2" t="s">
         <v>2340</v>
       </c>
-      <c r="B2351" s="0">
-[...4 lines deleted...]
-      <c r="A2352" s="0" t="s">
+      <c r="B2351" s="0"/>
+    </row>
+    <row r="2352" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2352" s="3" t="s">
         <v>2341</v>
       </c>
-      <c r="B2352" s="0">
-[...4 lines deleted...]
-      <c r="A2353" s="3" t="s">
+      <c r="B2352" s="0"/>
+    </row>
+    <row r="2353" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2353" s="0" t="s">
         <v>2342</v>
       </c>
-      <c r="B2353" s="0"/>
+      <c r="B2353" s="0">
+        <v>38</v>
+      </c>
     </row>
     <row r="2354" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2354" s="0" t="s">
         <v>2343</v>
       </c>
       <c r="B2354" s="0">
-        <v>75</v>
+        <v>63</v>
       </c>
     </row>
     <row r="2355" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2355" s="0" t="s">
         <v>2344</v>
       </c>
       <c r="B2355" s="0">
-        <v>75</v>
+        <v>103</v>
       </c>
     </row>
     <row r="2356" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2356" s="0" t="s">
         <v>2345</v>
       </c>
       <c r="B2356" s="0">
-        <v>198</v>
+        <v>54</v>
       </c>
     </row>
     <row r="2357" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2357" s="0" t="s">
         <v>2346</v>
       </c>
       <c r="B2357" s="0">
-        <v>31</v>
-[...3 lines deleted...]
-      <c r="A2358" s="0" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="2358" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2358" s="3" t="s">
         <v>2347</v>
       </c>
-      <c r="B2358" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="B2358" s="0"/>
     </row>
     <row r="2359" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2359" s="0" t="s">
         <v>2348</v>
       </c>
       <c r="B2359" s="0">
-        <v>210</v>
+        <v>75</v>
       </c>
     </row>
     <row r="2360" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2360" s="0" t="s">
         <v>2349</v>
       </c>
       <c r="B2360" s="0">
-        <v>410</v>
-[...3 lines deleted...]
-      <c r="A2361" s="3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="2361" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2361" s="0" t="s">
         <v>2350</v>
       </c>
-      <c r="B2361" s="0"/>
+      <c r="B2361" s="0">
+        <v>198</v>
+      </c>
     </row>
     <row r="2362" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2362" s="0" t="s">
         <v>2351</v>
       </c>
       <c r="B2362" s="0">
-        <v>25</v>
+        <v>31</v>
       </c>
     </row>
     <row r="2363" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
       <c r="A2363" s="0" t="s">
         <v>2352</v>
       </c>
       <c r="B2363" s="0">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="2364" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2364" s="0" t="s">
+        <v>2353</v>
+      </c>
+      <c r="B2364" s="0">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="2365" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2365" s="0" t="s">
+        <v>2354</v>
+      </c>
+      <c r="B2365" s="0">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="2366" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2366" s="0" t="s">
+        <v>2355</v>
+      </c>
+      <c r="B2366" s="0">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="2367" spans="1:2" hidden="true" collapsed="true" outlineLevel="1">
+      <c r="A2367" s="3" t="s">
+        <v>2356</v>
+      </c>
+      <c r="B2367" s="0"/>
+    </row>
+    <row r="2368" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2368" s="0" t="s">
+        <v>2357</v>
+      </c>
+      <c r="B2368" s="0">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2369" spans="1:2" hidden="true" collapsed="true" outlineLevel="2">
+      <c r="A2369" s="0" t="s">
+        <v>2358</v>
+      </c>
+      <c r="B2369" s="0">
         <v>300</v>
       </c>
     </row>
-    <row r="2364" spans="1:2">
-[...9 lines deleted...]
-      <c r="B2365" s="0"/>
+    <row r="2370" spans="1:2">
+      <c r="A2370" s="2" t="s">
+        <v>2359</v>
+      </c>
+      <c r="B2370" s="0"/>
+    </row>
+    <row r="2371" spans="1:2">
+      <c r="A2371" s="2" t="s">
+        <v>2360</v>
+      </c>
+      <c r="B2371" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:B5"/>
-    <mergeCell ref="A18:B18"/>
-[...9 lines deleted...]
-    <mergeCell ref="A1080:B1080"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="A46:B46"/>
+    <mergeCell ref="A283:B283"/>
+    <mergeCell ref="A326:B326"/>
+    <mergeCell ref="A374:B374"/>
+    <mergeCell ref="A404:B404"/>
+    <mergeCell ref="A428:B428"/>
+    <mergeCell ref="A429:B429"/>
+    <mergeCell ref="A714:B714"/>
+    <mergeCell ref="A734:B734"/>
+    <mergeCell ref="A1085:B1085"/>
     <mergeCell ref="A1246:B1246"/>
     <mergeCell ref="A1278:B1278"/>
     <mergeCell ref="A1301:B1301"/>
     <mergeCell ref="A1312:B1312"/>
     <mergeCell ref="A1327:B1327"/>
     <mergeCell ref="A1328:B1328"/>
     <mergeCell ref="A1329:B1329"/>
     <mergeCell ref="A1331:B1331"/>
     <mergeCell ref="A1332:B1332"/>
-    <mergeCell ref="A1442:B1442"/>
-    <mergeCell ref="A1549:B1549"/>
+    <mergeCell ref="A1443:B1443"/>
     <mergeCell ref="A1550:B1550"/>
-    <mergeCell ref="A1557:B1557"/>
+    <mergeCell ref="A1551:B1551"/>
     <mergeCell ref="A1558:B1558"/>
     <mergeCell ref="A1559:B1559"/>
     <mergeCell ref="A1560:B1560"/>
     <mergeCell ref="A1561:B1561"/>
-    <mergeCell ref="A1577:B1577"/>
+    <mergeCell ref="A1562:B1562"/>
     <mergeCell ref="A1578:B1578"/>
     <mergeCell ref="A1579:B1579"/>
     <mergeCell ref="A1580:B1580"/>
     <mergeCell ref="A1581:B1581"/>
-    <mergeCell ref="A1648:B1648"/>
-[...13 lines deleted...]
-    <mergeCell ref="A2274:B2274"/>
+    <mergeCell ref="A1582:B1582"/>
+    <mergeCell ref="A1651:B1651"/>
+    <mergeCell ref="A1729:B1729"/>
+    <mergeCell ref="A1783:B1783"/>
+    <mergeCell ref="A1879:B1879"/>
+    <mergeCell ref="A1892:B1892"/>
+    <mergeCell ref="A1977:B1977"/>
+    <mergeCell ref="A2015:B2015"/>
+    <mergeCell ref="A2082:B2082"/>
+    <mergeCell ref="A2092:B2092"/>
+    <mergeCell ref="A2197:B2197"/>
+    <mergeCell ref="A2228:B2228"/>
     <mergeCell ref="A2275:B2275"/>
+    <mergeCell ref="A2276:B2276"/>
     <mergeCell ref="A2278:B2278"/>
     <mergeCell ref="A2279:B2279"/>
     <mergeCell ref="A2280:B2280"/>
-    <mergeCell ref="A2281:B2281"/>
-    <mergeCell ref="A2282:B2282"/>
     <mergeCell ref="A2283:B2283"/>
+    <mergeCell ref="A2284:B2284"/>
+    <mergeCell ref="A2285:B2285"/>
+    <mergeCell ref="A2286:B2286"/>
+    <mergeCell ref="A2287:B2287"/>
     <mergeCell ref="A2288:B2288"/>
-    <mergeCell ref="A2301:B2301"/>
-[...4 lines deleted...]
-    <mergeCell ref="A2333:B2333"/>
+    <mergeCell ref="A2293:B2293"/>
+    <mergeCell ref="A2306:B2306"/>
+    <mergeCell ref="A2314:B2314"/>
+    <mergeCell ref="A2326:B2326"/>
+    <mergeCell ref="A2336:B2336"/>
     <mergeCell ref="A2337:B2337"/>
-    <mergeCell ref="A2347:B2347"/>
-[...4 lines deleted...]
-    <mergeCell ref="A2365:B2365"/>
+    <mergeCell ref="A2338:B2338"/>
+    <mergeCell ref="A2342:B2342"/>
+    <mergeCell ref="A2351:B2351"/>
+    <mergeCell ref="A2352:B2352"/>
+    <mergeCell ref="A2358:B2358"/>
+    <mergeCell ref="A2367:B2367"/>
+    <mergeCell ref="A2370:B2370"/>
+    <mergeCell ref="A2371:B2371"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>